--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Continuing Education Program\CE Databases\Website Updates 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4437C4B6-FADA-460E-8C30-878AA504F06C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{70DB9275-95A8-4256-91EA-817D8946A102}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{3360294A-C5A3-4E03-BF2C-F9ED6972C1D5}"/>
   </bookViews>
   <sheets>
     <sheet name="CE Approved Courses" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3820" uniqueCount="1042">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4041" uniqueCount="1116">
   <si>
     <t>Interpreting Criminal Law into Spanish Equivalency, Technical &amp; Ethical Conciderations</t>
   </si>
   <si>
     <t>(CCIO) Community and Court Interpreters of Ohio</t>
   </si>
   <si>
     <t>Sandro Tomasi</t>
   </si>
   <si>
     <t>10:00am-1:15 pm ET</t>
   </si>
   <si>
     <t>EVENTS | ccio</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>Webinar</t>
   </si>
   <si>
     <t>Spanish</t>
   </si>
   <si>
@@ -2753,59 +2753,50 @@
     <t>nci.arizona.edu</t>
   </si>
   <si>
     <t>SPNT21-21: Note-Taking 101</t>
   </si>
   <si>
     <t>Zoom registration link</t>
   </si>
   <si>
     <t>Self-Paced</t>
   </si>
   <si>
     <t>$172 - $262</t>
   </si>
   <si>
     <t>Virtual course</t>
   </si>
   <si>
     <t>Exploring the effects of AI &amp; generational shifts in the workforce</t>
   </si>
   <si>
     <t>11 am to 12 pm</t>
   </si>
   <si>
     <t>Varios</t>
-  </si>
-[...7 lines deleted...]
-    <t>AI Policy Consortium - DEC Webinar*</t>
   </si>
   <si>
     <t>Registration for upcoming webinars</t>
   </si>
   <si>
     <t>Interpreter Pro Unleashed</t>
   </si>
   <si>
     <t>Intepretrain</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Marco Hanson</t>
   </si>
   <si>
     <t>10 am to 1 pm and 2 to 3 pm</t>
   </si>
   <si>
     <t>Taller de traducción jurídica en materia de sociedades mercantiles</t>
   </si>
   <si>
     <t>Organización Mexicana de Traductores (OMT)</t>
   </si>
@@ -3175,94 +3166,356 @@
   <si>
     <t>LEO's 12 Registration</t>
   </si>
   <si>
     <t>Check w/ provider</t>
   </si>
   <si>
     <t>Advanced Interpreting Techniques: Sight &amp; Simultaneous Mastery</t>
   </si>
   <si>
     <t>$45 &amp;
 Free for members</t>
   </si>
   <si>
     <t>NOTIS –  2025 Conference</t>
   </si>
   <si>
     <t>8:45 AM to 
 6:30 PM</t>
   </si>
   <si>
     <t>NOTIS Registration</t>
   </si>
   <si>
     <t>$130 (Members)</t>
+  </si>
+  <si>
+    <t>Annual Training and Holiday Celebration. The Interpreter's Journey: Thriving Amid Change</t>
+  </si>
+  <si>
+    <t>1 to 6 PM EST</t>
+  </si>
+  <si>
+    <t>De La More Events</t>
+  </si>
+  <si>
+    <t>In-Person Conference</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Neutral </t>
+  </si>
+  <si>
+    <t>Hands on AI - Practicum - 2025</t>
+  </si>
+  <si>
+    <t>6 to 9 PM (PT)</t>
+  </si>
+  <si>
+    <t>The Court Interpreters Online Store</t>
+  </si>
+  <si>
+    <t>The Interpreter's Toolkit: Navigating the Hot Seat in Immigration</t>
+  </si>
+  <si>
+    <t>Asmaa Sabre</t>
+  </si>
+  <si>
+    <t>11 AM - 1:30 PM
+(ET)</t>
+  </si>
+  <si>
+    <t>De La Mora Webinars</t>
+  </si>
+  <si>
+    <t>The Mind and Body of the Interpreter</t>
+  </si>
+  <si>
+    <t>AI in Interpreting Bootcamp</t>
+  </si>
+  <si>
+    <t>6/30/2025 to 7/3/2025</t>
+  </si>
+  <si>
+    <t>AI Bootcamp</t>
+  </si>
+  <si>
+    <t>Medical Entomology</t>
+  </si>
+  <si>
+    <t>Kaylen Hanks</t>
+  </si>
+  <si>
+    <t>8 to 10 AM PT</t>
+  </si>
+  <si>
+    <t>Congreso de San Jerónimo 2025</t>
+  </si>
+  <si>
+    <t>11/10/2025 to 11/14/2025</t>
+  </si>
+  <si>
+    <t>6 to 8 PM</t>
+  </si>
+  <si>
+    <t>OMT - Ciclo Virtual</t>
+  </si>
+  <si>
+    <t>$35 (Approx.)</t>
+  </si>
+  <si>
+    <t>Mindful Interpreting: The 4 Agreements to Elevate Your Practice</t>
+  </si>
+  <si>
+    <t>11 AM to 1:30 PM (ET)</t>
+  </si>
+  <si>
+    <t>La puntuación en español 1</t>
+  </si>
+  <si>
+    <t>Silvia Peña-Alfaro</t>
+  </si>
+  <si>
+    <t>10/15/2025 to 11/19/2025</t>
+  </si>
+  <si>
+    <t>6:30 to 8:30 PM (CT)</t>
+  </si>
+  <si>
+    <t>Registro del Instituto</t>
+  </si>
+  <si>
+    <t>More Stress, Less Success</t>
+  </si>
+  <si>
+    <t>Webinar Registration</t>
+  </si>
+  <si>
+    <t>Key Considerations for the Use of GenAI in Legal Practice and Courts</t>
+  </si>
+  <si>
+    <t>AI Literacy for Courts: A New Framework for Role-Specific Education</t>
+  </si>
+  <si>
+    <t>Modernizing unauthorized practice of law regulations to embrace AI-driven solutions &amp; improve access to justice</t>
+  </si>
+  <si>
+    <t>Live Workshop</t>
+  </si>
+  <si>
+    <t>Ethics Training</t>
+  </si>
+  <si>
+    <t>Danielle Reier &amp; Alisa Kim</t>
+  </si>
+  <si>
+    <t>04/05/2025 &amp; 04/06/2025</t>
+  </si>
+  <si>
+    <t>9 AM to 12 PM (PT)</t>
+  </si>
+  <si>
+    <t>Federal Court Interpreter Preparation Course</t>
+  </si>
+  <si>
+    <t>Southern California School of Interpretation</t>
+  </si>
+  <si>
+    <t>Néstor Wagner</t>
+  </si>
+  <si>
+    <t>Mid May to Mid August, 2025</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>Lectures Home Page</t>
+  </si>
+  <si>
+    <t>Self-Paced Lectures</t>
+  </si>
+  <si>
+    <t>66th Annual Conference - ATA66</t>
+  </si>
+  <si>
+    <t>ATA</t>
+  </si>
+  <si>
+    <t>10/22/2025 to 10/25/2025</t>
+  </si>
+  <si>
+    <t>ATA66 Conference</t>
+  </si>
+  <si>
+    <t>Diff. Tiers</t>
+  </si>
+  <si>
+    <t>To Omit or Not Omit: It Depends</t>
+  </si>
+  <si>
+    <t>James Plunkett &amp; Agustín de la Mora</t>
+  </si>
+  <si>
+    <t>7:30 to 9:30 PM (ET)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bridging Legal Worlds: Essential Terminology for U.S.-Brazilian Court Interpreters  </t>
+  </si>
+  <si>
+    <t>Nattalia Paterson</t>
+  </si>
+  <si>
+    <t>11 AM to 2 PM (ET)</t>
+  </si>
+  <si>
+    <t>AI &amp; the Interpreter's Edge: Skills for the Modern Workflow</t>
+  </si>
+  <si>
+    <t>Nora Díaz</t>
+  </si>
+  <si>
+    <t>12/3/2025
+12/4/2025</t>
+  </si>
+  <si>
+    <t>Course Registration</t>
+  </si>
+  <si>
+    <t>Registration</t>
+  </si>
+  <si>
+    <t>Self-Paced Courses</t>
+  </si>
+  <si>
+    <t>Ethics: The Interpreter's Conundrum</t>
+  </si>
+  <si>
+    <t>Carola Green</t>
+  </si>
+  <si>
+    <t>The Interpreter's Four Agreements</t>
+  </si>
+  <si>
+    <t>Deep Dive into USCIS and EOIR Forms, Jargon, and Interview Procedure</t>
+  </si>
+  <si>
+    <t>Free for SOSi members</t>
+  </si>
+  <si>
+    <t>Interpreting the Oral Decision After Expert Testimony</t>
+  </si>
+  <si>
+    <t>7 to 10 AM (ET)</t>
+  </si>
+  <si>
+    <t>Will AI Take Our Jobs? Who Knew - #1</t>
+  </si>
+  <si>
+    <t>Live Course</t>
+  </si>
+  <si>
+    <t>Adapting to a World of Change - Who Knew - #2</t>
+  </si>
+  <si>
+    <t>Instituto Panhispánico de Lingüística Aplicada</t>
+  </si>
+  <si>
+    <t>5:30 to 8:30 PM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="4"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="12"/>
+      <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor rgb="FF83CCEB"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor rgb="FFC0E6F5"/>
       </patternFill>
     </fill>
     <fill>
@@ -3274,55 +3527,56 @@
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="18" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
@@ -3366,52 +3620,80 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="18" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="3">
+    <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="13">
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
@@ -3429,52 +3711,52 @@
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{888C750E-B291-4C43-B2AE-A6A37B03BAFF}" name="Table1" displayName="Table1" ref="A1:L420" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11">
-  <autoFilter ref="A1:L420" xr:uid="{888C750E-B291-4C43-B2AE-A6A37B03BAFF}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{888C750E-B291-4C43-B2AE-A6A37B03BAFF}" name="Table1" displayName="Table1" ref="A1:L446" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11">
+  <autoFilter ref="A1:L446" xr:uid="{888C750E-B291-4C43-B2AE-A6A37B03BAFF}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:L395">
     <sortCondition ref="A1:A395"/>
   </sortState>
   <tableColumns count="12">
     <tableColumn id="1" xr3:uid="{8D8B5D91-AA9B-472E-87AE-93E7C4634DA1}" name="CEAA#" dataDxfId="10"/>
     <tableColumn id="2" xr3:uid="{C1D2C718-C24A-4AFE-AD84-27596EDCB617}" name="Activity Name" dataDxfId="9"/>
     <tableColumn id="3" xr3:uid="{66E34431-54D3-472E-ACBF-FB694ECADDA3}" name="Provider" dataDxfId="8"/>
     <tableColumn id="4" xr3:uid="{A942E68C-FBD2-48D7-B6CD-5189F3CF6BA2}" name="Instructor(s)" dataDxfId="7"/>
     <tableColumn id="5" xr3:uid="{A6D4AD18-D0CA-46C0-A056-D41810DA5C0B}" name="Date" dataDxfId="6"/>
     <tableColumn id="6" xr3:uid="{D66D7708-662B-4C6E-BA0E-5E3DFCFAA2B4}" name="Time" dataDxfId="5"/>
     <tableColumn id="7" xr3:uid="{BBFA9895-5392-44DC-9172-0211885199A5}" name="Reg. Information" dataDxfId="4"/>
     <tableColumn id="8" xr3:uid="{D206DD27-46ED-4509-BE6C-8DC7989D4C18}" name="CECs" dataDxfId="3"/>
     <tableColumn id="9" xr3:uid="{73D2FCA4-FD20-416E-8790-430CDC923938}" name="Ethics" dataDxfId="2"/>
     <tableColumn id="10" xr3:uid="{EF812793-FAD8-4626-A242-19607892A894}" name="Activity Type" dataDxfId="1"/>
     <tableColumn id="11" xr3:uid="{98DE5F52-DF18-49D0-8DD1-013E55F31FCC}" name="Cost"/>
     <tableColumn id="12" xr3:uid="{AB09CD64-0ED7-44BF-9968-BB1DB3563869}" name="Language" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -3768,108 +4050,108 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-07-enhancing-memory-and-note-taking-skills-for-interpreters-part-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texantranslation.teachable.com/l/products?sortKey=name&amp;sortDirection=asc&amp;page=1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-1-master-calendar-all-languages-self-study-registration-1128662492899?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://athenaskyinterpreting.com/product/applied-consecutive-note-taking-advanced/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nmtia.net/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/store" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cultureandlanguage.net/trainings" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/strategic-interpreting/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/interpreting-administrative-hearings/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-05-upholding-the-code-of-ethics-in-the-emerging-ai-era" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-2-advisals-all-languages-self-study-registration-1128665572109?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-duis-field-sobriety-tests-instructor-led" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/dna-instructor-led" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-08-dui-training-for-interpreters" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notisnet.org/NOTIS-2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.codexconsulting.net/continuing-education/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.cvent.com/event/d1b28789-5906-49ba-8a15-d72794f9ca59/register" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://omt.org.mx/taller-traduccion-juridica" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-05-upholding-the-code-of-ethics-in-the-emerging-ai-era" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-3-individual-calendar-all-languages-self-study-registration-1128667828859?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-1-master-calendar-spanish-self-study-registration-1128681780589?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-domestic-violence" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/leo12-agenda/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://najit.org/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paypal.com/ncp/payment/JF46E84MF48JY" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cultureandlanguage.net/?mc_cid=49f618c353&amp;mc_eid=60cf8a0856" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us02web.zoom.us/webinar/register/WN_oNh-a-wTQoC9vmNyJ58LZQ" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-06-enhancing-memory-and-note-taking-skills-for-interpreters-part-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-2-advisals-spanish-self-study-registration-1128699102399?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-sex-crimes-10-12-10-13" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wyocourts.gov/court-interpreter-services/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpretrain.com/pages/continuing-education-courses-for-interpreters" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://athenaskyinterpreting.com/product/applied-consecutive-note-taking-beginner/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://omt.org.mx/taller-traduccion-juridica-contratos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/store" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cultureandlanguage.net/trainings" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lawweb.colorado.edu/events/details.jsp?id=8651" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/strategic-interpreting/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/mini-webinar-medical-terminology-all-languages-self-study-registration-1128252215749?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/note-taking-101" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-3-individual-calendar-spanish-self-study-registration-1128700386239?aff=erellivmlt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/law/academics/mini-law-school" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-09-advanced-interpreting-techniques-sight-&amp;-simultaneous-mastery-part-1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aiininterpreting.com/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://najit.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zoom.us/webinar/register/WN_ZUPPIm9pQLiEo5aV-UR30w" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-sex-crimes-10-12-10-13" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-07-enhancing-memory-and-note-taking-skills-for-interpreters-part-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texantranslation.teachable.com/l/products?sortKey=name&amp;sortDirection=asc&amp;page=1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://athenaskyinterpreting.com/product/applied-consecutive-note-taking-advanced/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/store" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/10-6-25-Hands-On-AI-Practicum-p680792831" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/court-ordered-mental-health-evaluations" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/COMING-SOON-2026-Adapting-to-a-World-of-Change-Who-Knew-2-in-Series-p633672038" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/interpreting-administrative-hearings/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-2-advisals-all-languages-self-study-registration-1128665572109?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-duis-field-sobriety-tests-instructor-led" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-08-dui-training-for-interpreters" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atanet.org/ata66/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.codexconsulting.net/continuing-education/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.cvent.com/event/3d825b31-9d40-42b2-ba83-969ed2b30a34/summary?environment=P2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://omt.org.mx/taller-traduccion-juridica" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-05-upholding-the-code-of-ethics-in-the-emerging-ai-era" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-3-individual-calendar-all-languages-self-study-registration-1128667828859?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-1-master-calendar-spanish-self-study-registration-1128681780589?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-domestic-violence" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/leo12-agenda/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://languageaccess.courts.ca.gov/court-interpreters-resources/education-and-training/required-ethics-training" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://najit.org/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paypal.com/ncp/payment/JF46E84MF48JY" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-11-ai-and-the-interpreters-edge-skills-for-the-modern-workflow" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/interpreters-4-agreements" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cultureandlanguage.net/?mc_cid=49f618c353&amp;mc_eid=60cf8a0856" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us02web.zoom.us/webinar/register/WN_oNh-a-wTQoC9vmNyJ58LZQ" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-06-enhancing-memory-and-note-taking-skills-for-interpreters-part-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-2-advisals-spanish-self-study-registration-1128699102399?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-sex-crimes-10-12-10-13" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wyocourts.gov/court-interpreter-services/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpretrain.com/pages/continuing-education-courses-for-interpreters" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://athenaskyinterpreting.com/product/applied-consecutive-note-taking-beginner/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://omt.org.mx/taller-traduccion-juridica-contratos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/store" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/10-6-25-Hands-On-AI-Practicum-p680792831" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipla.com.mx/course/la-puntuacion-en-espanol-1/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/ethics-for-court-interpreters" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/12-15-25-Will-AI-Take-Our-Jobs-Who-Knew-1-p651181312" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cultureandlanguage.net/trainings" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lawweb.colorado.edu/events/details.jsp?id=8651" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/strategic-interpreting/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/mini-webinar-medical-terminology-all-languages-self-study-registration-1128252215749?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/note-taking-101" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-3-individual-calendar-spanish-self-study-registration-1128700386239?aff=erellivmlt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/law/academics/mini-law-school" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-09-advanced-interpreting-techniques-sight-&amp;-simultaneous-mastery-part-1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://omt.org.mx/ciclo-virtual-2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreting.com/AI-Enabled/Preparation-for-the-Federal-Exam.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpretrain.com/pages/federal-court-interpreter-exam-training" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aiininterpreting.com/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://najit.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zoom.us/webinar/register/WN_ZUPPIm9pQLiEo5aV-UR30w" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-sex-crimes-10-12-10-13" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-1-master-calendar-all-languages-self-study-registration-1128662492899?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nmtia.net/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/11-17-25-Less-Stress-More-Success-p734151355" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cart.techforword.com/ai-in-interpreting-bootcamp/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cultureandlanguage.net/trainings" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/strategic-interpreting/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-05-upholding-the-code-of-ethics-in-the-emerging-ai-era" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/dna-instructor-led" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notisnet.org/NOTIS-2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/sosi25-01-interpreting-the-oral-decision-after-expert-testimony" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.cvent.com/event/d1b28789-5906-49ba-8a15-d72794f9ca59/register" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/ethics-conundrum" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{50E389D1-1D56-4B5A-833B-A89185D2E728}">
-  <dimension ref="A1:L420"/>
+  <dimension ref="A1:L446"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A414" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
+    <sheetView tabSelected="1" topLeftCell="A428" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <pane xSplit="1" topLeftCell="C1" activePane="topRight" state="frozen"/>
       <selection activeCell="A344" sqref="A344"/>
-      <selection pane="topRight" activeCell="K417" sqref="K417"/>
+      <selection pane="topRight" activeCell="G431" sqref="G431"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="8.54296875" customWidth="1"/>
-    <col min="2" max="2" width="39.08984375" customWidth="1"/>
+    <col min="2" max="2" width="40.453125" customWidth="1"/>
     <col min="3" max="3" width="34.81640625" customWidth="1"/>
     <col min="4" max="4" width="14" customWidth="1"/>
-    <col min="5" max="5" width="11.1796875" customWidth="1"/>
+    <col min="5" max="5" width="12.7265625" customWidth="1"/>
     <col min="6" max="6" width="14.81640625" customWidth="1"/>
     <col min="7" max="7" width="28.81640625" customWidth="1"/>
     <col min="9" max="9" width="8.6328125" customWidth="1"/>
     <col min="10" max="10" width="16.6328125" customWidth="1"/>
     <col min="11" max="11" width="10.81640625" customWidth="1"/>
     <col min="12" max="12" width="18.81640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>845</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>851</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>852</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>846</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>847</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>848</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>849</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>854</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="58" x14ac:dyDescent="0.35">
       <c r="A2" s="1">
         <v>51</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>625</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>626</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>627</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>36</v>
       </c>
       <c r="F2" s="1" t="s">
@@ -7245,189 +7527,189 @@
       </c>
       <c r="G91" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H91" s="1">
         <v>5</v>
       </c>
       <c r="I91" s="1">
         <v>5</v>
       </c>
       <c r="J91" s="1" t="s">
         <v>33</v>
       </c>
       <c r="K91" s="3">
         <v>75</v>
       </c>
       <c r="L91" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A92" s="1">
         <v>22133</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>900</v>
       </c>
       <c r="G92" s="10" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="H92" s="1">
         <v>4</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="K92" s="3">
         <v>60</v>
       </c>
       <c r="L92" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A93" s="1">
         <v>22134</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>900</v>
       </c>
       <c r="G93" s="10" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="H93" s="1">
         <v>6</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="K93" s="3">
         <v>90</v>
       </c>
       <c r="L93" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="94" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A94" s="1">
         <v>22135</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>900</v>
       </c>
       <c r="G94" s="10" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="H94" s="1">
         <v>3</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="K94" s="3">
         <v>45</v>
       </c>
       <c r="L94" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A95" s="1">
         <v>22136</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>900</v>
       </c>
       <c r="G95" s="10" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="H95" s="1">
         <v>4</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="K95" s="3">
         <v>60</v>
       </c>
       <c r="L95" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="96" spans="1:12" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A96" s="1">
         <v>22137</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>615</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>602</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>616</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
@@ -7435,189 +7717,189 @@
       </c>
       <c r="G96" s="1" t="s">
         <v>617</v>
       </c>
       <c r="H96" s="1">
         <v>3</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J96" s="1" t="s">
         <v>33</v>
       </c>
       <c r="K96" s="5">
         <v>70</v>
       </c>
       <c r="L96" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A97" s="1">
         <v>22138</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>900</v>
       </c>
       <c r="G97" s="10" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="H97" s="1">
         <v>4</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="K97" s="3">
         <v>60</v>
       </c>
       <c r="L97" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A98" s="1">
         <v>22139</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>900</v>
       </c>
       <c r="G98" s="10" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="H98" s="1">
         <v>5</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="K98" s="3">
         <v>75</v>
       </c>
       <c r="L98" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="99" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A99" s="1">
         <v>22140</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>436</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>222</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>900</v>
       </c>
       <c r="G99" s="15" t="s">
         <v>436</v>
       </c>
       <c r="H99" s="1">
         <v>1.5</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="K99" s="3">
         <v>25</v>
       </c>
       <c r="L99" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A100" s="1">
         <v>22141</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>436</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>222</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>900</v>
       </c>
       <c r="G100" s="15" t="s">
         <v>436</v>
       </c>
       <c r="H100" s="1">
         <v>1.5</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="K100" s="3">
         <v>25</v>
       </c>
       <c r="L100" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A101" s="1">
         <v>22144</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>453</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>436</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>454</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
@@ -17637,51 +17919,51 @@
       <c r="B365" s="17" t="s">
         <v>860</v>
       </c>
       <c r="C365" s="17" t="s">
         <v>861</v>
       </c>
       <c r="D365" s="17" t="s">
         <v>158</v>
       </c>
       <c r="E365" s="20">
         <v>45920</v>
       </c>
       <c r="F365" s="17" t="s">
         <v>862</v>
       </c>
       <c r="G365" s="10" t="s">
         <v>863</v>
       </c>
       <c r="H365" s="17">
         <v>3</v>
       </c>
       <c r="I365" s="17">
         <v>3</v>
       </c>
       <c r="J365" s="17" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="K365" s="18">
         <v>80</v>
       </c>
       <c r="L365" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="366" spans="1:12" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A366" s="17">
         <v>25040</v>
       </c>
       <c r="B366" s="17" t="s">
         <v>864</v>
       </c>
       <c r="C366" s="17" t="s">
         <v>225</v>
       </c>
       <c r="D366" s="17" t="s">
         <v>865</v>
       </c>
       <c r="E366" s="20">
         <v>45742</v>
       </c>
       <c r="F366" s="23" t="s">
@@ -18031,1781 +18313,2774 @@
       </c>
       <c r="G375" s="10" t="s">
         <v>899</v>
       </c>
       <c r="H375" s="17">
         <v>1</v>
       </c>
       <c r="I375" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J375" s="17" t="s">
         <v>125</v>
       </c>
       <c r="K375" s="19" t="s">
         <v>182</v>
       </c>
       <c r="L375" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="376" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A376" s="17">
         <v>25050</v>
       </c>
       <c r="B376" s="17" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="C376" s="17" t="s">
         <v>545</v>
       </c>
       <c r="D376" s="17" t="s">
         <v>905</v>
       </c>
       <c r="E376" s="20">
         <v>45854</v>
       </c>
       <c r="F376" s="17" t="s">
         <v>904</v>
       </c>
       <c r="G376" s="14" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="H376" s="17">
         <v>1</v>
       </c>
       <c r="I376" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J376" s="17" t="s">
         <v>125</v>
       </c>
       <c r="K376" s="19" t="s">
         <v>182</v>
       </c>
       <c r="L376" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="377" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A377" s="17">
         <v>25051</v>
       </c>
       <c r="B377" s="17" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="C377" s="17" t="s">
         <v>545</v>
       </c>
       <c r="D377" s="17" t="s">
         <v>905</v>
       </c>
       <c r="E377" s="20">
         <v>45889</v>
       </c>
       <c r="F377" s="17" t="s">
         <v>904</v>
       </c>
       <c r="G377" s="11" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="H377" s="17">
         <v>1</v>
       </c>
       <c r="I377" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J377" s="17" t="s">
         <v>125</v>
       </c>
       <c r="K377" s="19" t="s">
         <v>182</v>
       </c>
       <c r="L377" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="378" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A378" s="17">
         <v>25052</v>
       </c>
       <c r="B378" s="17" t="s">
-        <v>1018</v>
+        <v>1015</v>
       </c>
       <c r="C378" s="17" t="s">
         <v>545</v>
       </c>
       <c r="D378" s="17" t="s">
         <v>36</v>
       </c>
       <c r="E378" s="20">
         <v>45917</v>
       </c>
       <c r="F378" s="17" t="s">
         <v>904</v>
       </c>
       <c r="G378" s="11" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="H378" s="17">
         <v>1</v>
       </c>
       <c r="I378" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J378" s="17" t="s">
         <v>125</v>
       </c>
       <c r="K378" s="19" t="s">
         <v>182</v>
       </c>
       <c r="L378" s="19" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="379" spans="1:12" ht="29" x14ac:dyDescent="0.35">
+    <row r="379" spans="1:12" ht="32" x14ac:dyDescent="0.35">
       <c r="A379" s="17">
         <v>25053</v>
       </c>
-      <c r="B379" s="17" t="s">
-        <v>906</v>
+      <c r="B379" s="37" t="s">
+        <v>1072</v>
       </c>
       <c r="C379" s="17" t="s">
         <v>545</v>
       </c>
       <c r="D379" s="17" t="s">
         <v>36</v>
       </c>
       <c r="E379" s="20">
         <v>45945</v>
       </c>
       <c r="F379" s="17" t="s">
         <v>904</v>
       </c>
       <c r="G379" s="11" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="H379" s="17">
         <v>1</v>
       </c>
       <c r="I379" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J379" s="17" t="s">
         <v>125</v>
       </c>
       <c r="K379" s="19" t="s">
         <v>182</v>
       </c>
       <c r="L379" s="19" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="380" spans="1:12" ht="29" x14ac:dyDescent="0.35">
+    <row r="380" spans="1:12" ht="32" x14ac:dyDescent="0.35">
       <c r="A380" s="17">
         <v>25054</v>
       </c>
-      <c r="B380" s="17" t="s">
-        <v>907</v>
+      <c r="B380" s="37" t="s">
+        <v>1073</v>
       </c>
       <c r="C380" s="17" t="s">
         <v>545</v>
       </c>
       <c r="D380" s="17" t="s">
         <v>36</v>
       </c>
       <c r="E380" s="20">
         <v>45980</v>
       </c>
       <c r="F380" s="17" t="s">
         <v>904</v>
       </c>
       <c r="G380" s="11" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="H380" s="17">
         <v>1</v>
       </c>
       <c r="I380" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J380" s="17" t="s">
         <v>125</v>
       </c>
       <c r="K380" s="19" t="s">
         <v>182</v>
       </c>
       <c r="L380" s="19" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="381" spans="1:12" ht="29" x14ac:dyDescent="0.35">
+    <row r="381" spans="1:12" ht="48" x14ac:dyDescent="0.35">
       <c r="A381" s="17">
         <v>25055</v>
       </c>
-      <c r="B381" s="17" t="s">
-        <v>908</v>
+      <c r="B381" s="37" t="s">
+        <v>1074</v>
       </c>
       <c r="C381" s="17" t="s">
         <v>545</v>
       </c>
       <c r="D381" s="17" t="s">
         <v>36</v>
       </c>
       <c r="E381" s="20">
         <v>46008</v>
       </c>
       <c r="F381" s="17" t="s">
         <v>904</v>
       </c>
       <c r="G381" s="12" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="H381" s="17">
         <v>1</v>
       </c>
       <c r="I381" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J381" s="17" t="s">
         <v>125</v>
       </c>
       <c r="K381" s="19" t="s">
         <v>182</v>
       </c>
       <c r="L381" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="382" spans="1:12" ht="29" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A382" s="17">
         <v>25056</v>
       </c>
       <c r="B382" s="17" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="C382" s="17" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="D382" s="17" t="s">
         <v>378</v>
       </c>
       <c r="E382" s="20">
         <v>45822</v>
       </c>
       <c r="F382" s="17" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="G382" s="13" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="H382" s="17">
         <v>4</v>
       </c>
       <c r="I382" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J382" s="17" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="K382" s="18">
         <v>99</v>
       </c>
       <c r="L382" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="383" spans="1:12" ht="63" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A383" s="17">
         <v>25057</v>
       </c>
       <c r="B383" s="17" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="C383" s="17" t="s">
         <v>593</v>
       </c>
       <c r="D383" s="17" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="E383" s="20">
         <v>45823</v>
       </c>
       <c r="F383" s="17" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="G383" s="10" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="H383" s="17">
         <v>3</v>
       </c>
       <c r="I383" s="17">
         <v>1</v>
       </c>
       <c r="J383" s="17" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="K383" s="18">
         <v>80</v>
       </c>
       <c r="L383" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="384" spans="1:12" ht="36" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A384" s="17">
         <v>25058</v>
       </c>
       <c r="B384" s="17" t="s">
+        <v>912</v>
+      </c>
+      <c r="C384" s="17" t="s">
+        <v>913</v>
+      </c>
+      <c r="D384" s="17" t="s">
+        <v>914</v>
+      </c>
+      <c r="E384" s="17" t="s">
         <v>915</v>
       </c>
-      <c r="C384" s="17" t="s">
+      <c r="F384" s="17" t="s">
         <v>916</v>
       </c>
-      <c r="D384" s="17" t="s">
-[...5 lines deleted...]
-      <c r="F384" s="17" t="s">
+      <c r="G384" s="13" t="s">
         <v>919</v>
-      </c>
-[...1 lines deleted...]
-        <v>922</v>
       </c>
       <c r="H384" s="17">
         <v>12</v>
       </c>
       <c r="I384" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J384" s="17" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="K384" s="18">
         <v>250</v>
       </c>
       <c r="L384" s="19" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="385" spans="1:12" ht="26" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A385" s="17">
         <v>25059</v>
       </c>
       <c r="B385" s="17" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="C385" s="17" t="s">
         <v>244</v>
       </c>
       <c r="D385" s="17" t="s">
         <v>285</v>
       </c>
       <c r="E385" s="20">
         <v>45834</v>
       </c>
       <c r="F385" s="17" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="G385" s="10" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="H385" s="17">
         <v>1.5</v>
       </c>
       <c r="I385" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J385" s="17" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="K385" s="18">
         <v>45</v>
       </c>
       <c r="L385" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="386" spans="1:12" ht="31" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A386" s="17">
         <v>25060</v>
       </c>
       <c r="B386" s="17" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="C386" s="17" t="s">
         <v>835</v>
       </c>
       <c r="D386" s="17" t="s">
         <v>36</v>
       </c>
       <c r="E386" s="20" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="F386" s="17" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="G386" s="24" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="H386" s="17">
         <v>9</v>
       </c>
       <c r="I386" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J386" s="17" t="s">
         <v>18</v>
       </c>
       <c r="K386" s="19" t="s">
         <v>14</v>
       </c>
       <c r="L386" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="387" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A387" s="17">
         <v>25061</v>
       </c>
       <c r="B387" s="17" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="C387" s="17" t="s">
         <v>244</v>
       </c>
       <c r="D387" s="17" t="s">
         <v>285</v>
       </c>
       <c r="E387" s="20">
         <v>45805</v>
       </c>
       <c r="F387" s="17" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="G387" s="10" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="H387" s="17">
         <v>1.5</v>
       </c>
       <c r="I387" s="17">
         <v>1.5</v>
       </c>
       <c r="J387" s="17" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="K387" s="18">
         <v>45</v>
       </c>
       <c r="L387" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="388" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A388" s="17">
         <v>25062</v>
       </c>
       <c r="B388" s="17" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="C388" s="17" t="s">
         <v>244</v>
       </c>
       <c r="D388" s="17" t="s">
         <v>285</v>
       </c>
       <c r="E388" s="17" t="s">
         <v>40</v>
       </c>
       <c r="F388" s="17" t="s">
         <v>900</v>
       </c>
       <c r="G388" s="15" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="H388" s="17">
         <v>1.5</v>
       </c>
       <c r="I388" s="17">
         <v>1.5</v>
       </c>
       <c r="J388" s="17" t="s">
         <v>6</v>
       </c>
       <c r="K388" s="18">
         <v>45</v>
       </c>
       <c r="L388" s="17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="389" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A389" s="17">
         <v>25063</v>
       </c>
       <c r="B389" s="17" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="C389" s="17" t="s">
         <v>244</v>
       </c>
       <c r="D389" s="17" t="s">
         <v>285</v>
       </c>
       <c r="E389" s="20">
         <v>45862</v>
       </c>
       <c r="F389" s="17" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="G389" s="10" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="H389" s="17">
         <v>1.5</v>
       </c>
       <c r="I389" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J389" s="17" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="K389" s="18">
         <v>45</v>
       </c>
       <c r="L389" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="390" spans="1:12" ht="31" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A390" s="17">
         <v>25064</v>
       </c>
       <c r="B390" s="17" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="C390" s="17" t="s">
         <v>27</v>
       </c>
       <c r="D390" s="17" t="s">
         <v>28</v>
       </c>
       <c r="E390" s="17" t="s">
         <v>40</v>
       </c>
       <c r="F390" s="17" t="s">
         <v>900</v>
       </c>
       <c r="G390" s="10" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="H390" s="17">
         <v>1</v>
       </c>
       <c r="I390" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J390" s="17" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="K390" s="18">
         <v>15</v>
       </c>
       <c r="L390" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="391" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A391" s="17">
         <v>25065</v>
       </c>
       <c r="B391" s="17" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="C391" s="17" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="D391" s="17" t="s">
         <v>339</v>
       </c>
       <c r="E391" s="17" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="F391" s="17" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="G391" s="15" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="H391" s="17">
         <v>6</v>
       </c>
       <c r="I391" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J391" s="17" t="s">
         <v>125</v>
       </c>
       <c r="K391" s="18">
         <v>135</v>
       </c>
       <c r="L391" s="17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="392" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A392" s="17">
         <v>25066</v>
       </c>
       <c r="B392" s="17" t="s">
         <v>349</v>
       </c>
       <c r="C392" s="17" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="D392" s="17" t="s">
         <v>339</v>
       </c>
       <c r="E392" s="17" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="F392" s="17" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="G392" s="25" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="H392" s="17">
         <v>7</v>
       </c>
       <c r="I392" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J392" s="17" t="s">
         <v>125</v>
       </c>
       <c r="K392" s="18">
         <v>145</v>
       </c>
       <c r="L392" s="17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="393" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A393" s="17">
         <v>25067</v>
       </c>
       <c r="B393" s="17" t="s">
         <v>358</v>
       </c>
       <c r="C393" s="17" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="D393" s="17" t="s">
         <v>339</v>
       </c>
       <c r="E393" s="17" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="F393" s="17" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="G393" s="15" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="H393" s="17">
         <v>8</v>
       </c>
       <c r="I393" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J393" s="17" t="s">
         <v>125</v>
       </c>
       <c r="K393" s="18">
         <v>155</v>
       </c>
       <c r="L393" s="17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="394" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A394" s="17">
         <v>25068</v>
       </c>
       <c r="B394" s="17" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="C394" s="17" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="D394" s="17" t="s">
         <v>339</v>
       </c>
       <c r="E394" s="20">
         <v>45997</v>
       </c>
       <c r="F394" s="17" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="G394" s="25" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="H394" s="17">
         <v>4</v>
       </c>
       <c r="I394" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J394" s="17" t="s">
         <v>125</v>
       </c>
       <c r="K394" s="18">
         <v>105</v>
       </c>
       <c r="L394" s="17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="395" spans="1:12" ht="37" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A395" s="17">
         <v>25069</v>
       </c>
       <c r="B395" s="17" t="s">
         <v>104</v>
       </c>
       <c r="C395" s="17" t="s">
         <v>105</v>
       </c>
       <c r="D395" s="17" t="s">
         <v>106</v>
       </c>
       <c r="E395" s="17" t="s">
         <v>40</v>
       </c>
       <c r="F395" s="17" t="s">
         <v>900</v>
       </c>
       <c r="G395" s="15" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="H395" s="17">
         <v>1</v>
       </c>
       <c r="I395" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J395" s="17" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="K395" s="18">
         <v>59</v>
       </c>
       <c r="L395" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="396" spans="1:12" ht="29.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A396" s="17">
         <v>25070</v>
       </c>
       <c r="B396" s="17" t="s">
         <v>109</v>
       </c>
       <c r="C396" s="17" t="s">
         <v>105</v>
       </c>
       <c r="D396" s="17" t="s">
         <v>106</v>
       </c>
       <c r="E396" s="17" t="s">
         <v>40</v>
       </c>
       <c r="F396" s="17" t="s">
         <v>900</v>
       </c>
       <c r="G396" s="10" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="H396" s="17">
         <v>1</v>
       </c>
       <c r="I396" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J396" s="17" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="K396" s="18">
         <v>59</v>
       </c>
       <c r="L396" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="397" spans="1:12" ht="29" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A397" s="17">
         <v>25071</v>
       </c>
       <c r="B397" s="17" t="s">
         <v>363</v>
       </c>
       <c r="C397" s="17" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="D397" s="17" t="s">
         <v>339</v>
       </c>
       <c r="E397" s="20">
         <v>45969</v>
       </c>
       <c r="F397" s="17" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="G397" s="15" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="H397" s="17">
         <v>5</v>
       </c>
       <c r="I397" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J397" s="17" t="s">
         <v>125</v>
       </c>
       <c r="K397" s="18">
         <v>135</v>
       </c>
       <c r="L397" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="398" spans="1:12" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A398" s="17">
         <v>25072</v>
       </c>
       <c r="B398" s="17" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="C398" s="17" t="s">
         <v>244</v>
       </c>
       <c r="D398" s="17" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="E398" s="20">
         <v>45927</v>
       </c>
       <c r="F398" s="17" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="G398" s="25" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="H398" s="17">
         <v>2.5</v>
       </c>
       <c r="I398" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J398" s="17" t="s">
         <v>125</v>
       </c>
       <c r="K398" s="19" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="L398" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="399" spans="1:12" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A399" s="17">
         <v>25073</v>
       </c>
       <c r="B399" s="17" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="C399" s="17" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D399" s="17" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="E399" s="17" t="s">
         <v>40</v>
       </c>
       <c r="F399" s="17" t="s">
         <v>900</v>
       </c>
       <c r="G399" s="10" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="H399" s="17">
         <v>1</v>
       </c>
       <c r="I399" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J399" s="17" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="K399" s="19" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="L399" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="400" spans="1:12" ht="29" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A400" s="17">
         <v>25074</v>
       </c>
       <c r="B400" s="17" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="C400" s="17" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D400" s="17" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="E400" s="17" t="s">
         <v>40</v>
       </c>
       <c r="F400" s="17" t="s">
         <v>900</v>
       </c>
       <c r="G400" s="10" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="H400" s="17">
         <v>1</v>
       </c>
       <c r="I400" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J400" s="17" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="K400" s="19" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="L400" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="401" spans="1:12" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A401" s="17">
         <v>25075</v>
       </c>
       <c r="B401" s="17" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="C401" s="17" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D401" s="17" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="E401" s="17" t="s">
         <v>40</v>
       </c>
       <c r="F401" s="17" t="s">
         <v>900</v>
       </c>
       <c r="G401" s="10" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="H401" s="17">
         <v>1</v>
       </c>
       <c r="I401" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J401" s="17" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="K401" s="19" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="L401" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="402" spans="1:12" ht="30.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A402" s="17">
         <v>25076</v>
       </c>
       <c r="B402" s="17" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="C402" s="17" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D402" s="17" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="E402" s="17" t="s">
         <v>40</v>
       </c>
       <c r="F402" s="17" t="s">
         <v>900</v>
       </c>
       <c r="G402" s="10" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="H402" s="17">
         <v>2</v>
       </c>
       <c r="I402" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J402" s="17" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="K402" s="19" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="L402" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="403" spans="1:12" ht="27.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A403" s="17">
         <v>25077</v>
       </c>
       <c r="B403" s="17" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="C403" s="17" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D403" s="17" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="E403" s="17" t="s">
         <v>40</v>
       </c>
       <c r="F403" s="17" t="s">
         <v>900</v>
       </c>
       <c r="G403" s="10" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="H403" s="17">
         <v>2</v>
       </c>
       <c r="I403" s="17">
         <v>2</v>
       </c>
       <c r="J403" s="17" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="K403" s="19" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="L403" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="404" spans="1:12" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A404" s="17">
         <v>25078</v>
       </c>
       <c r="B404" s="17" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="C404" s="17" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="D404" s="17" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="E404" s="20">
         <v>45836</v>
       </c>
       <c r="F404" s="17" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="G404" s="10" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="H404" s="17">
         <v>3</v>
       </c>
       <c r="I404" s="17">
         <v>3</v>
       </c>
       <c r="J404" s="17" t="s">
         <v>125</v>
       </c>
       <c r="K404" s="19" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="L404" s="19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="405" spans="1:12" ht="30.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A405" s="17">
         <v>25079</v>
       </c>
       <c r="B405" s="17" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
       <c r="C405" s="17" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="D405" s="17" t="s">
-        <v>984</v>
+        <v>981</v>
       </c>
       <c r="E405" s="20">
         <v>45864</v>
       </c>
       <c r="F405" s="17" t="s">
-        <v>985</v>
+        <v>982</v>
       </c>
       <c r="G405" s="10" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="H405" s="17">
         <v>3</v>
       </c>
       <c r="I405" s="17" t="s">
         <v>5</v>
       </c>
       <c r="J405" s="17" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
       <c r="K405" s="18">
         <v>45</v>
       </c>
       <c r="L405" s="19" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
     </row>
     <row r="406" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A406" s="1">
         <v>25080</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="C406" s="1" t="s">
         <v>244</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="E406" s="1" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="G406" s="10" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="H406" s="1">
         <v>5</v>
       </c>
       <c r="I406" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J406" s="1" t="s">
         <v>125</v>
       </c>
       <c r="K406" s="26" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="L406" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="407" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A407" s="1">
         <v>25081</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>274</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D407" s="1" t="s">
         <v>275</v>
       </c>
       <c r="E407" s="2">
         <v>45897</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="G407" s="10" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="H407" s="1">
         <v>1.5</v>
       </c>
       <c r="I407" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J407" s="1" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="K407" s="27">
         <v>45</v>
       </c>
       <c r="L407" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="408" spans="1:12" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="408" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A408" s="1">
         <v>25082</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="E408" s="1" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
       <c r="G408" s="13" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="H408" s="28">
         <v>12</v>
       </c>
       <c r="I408" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J408" s="1" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="K408" s="27">
         <v>260</v>
       </c>
       <c r="L408" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="409" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A409" s="1">
         <v>25083</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="E409" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F409" s="1" t="s">
         <v>900</v>
       </c>
       <c r="G409" s="29" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="H409" s="1">
         <v>4</v>
       </c>
       <c r="I409" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J409" s="1" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="K409" s="27">
         <v>110</v>
       </c>
       <c r="L409" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="410" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A410" s="1">
         <v>25084</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="E410" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F410" s="1" t="s">
         <v>900</v>
       </c>
       <c r="G410" s="30" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="H410" s="1">
         <v>3</v>
       </c>
       <c r="I410" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J410" s="1" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="K410" s="27">
         <v>95</v>
       </c>
       <c r="L410" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="411" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A411" s="1">
         <v>25085</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="E411" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F411" s="1" t="s">
         <v>900</v>
       </c>
       <c r="G411" s="29" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="H411" s="1">
         <v>3</v>
       </c>
       <c r="I411" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J411" s="1" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="K411" s="27">
         <v>95</v>
       </c>
       <c r="L411" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="412" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A412" s="1">
         <v>25086</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="E412" s="1" t="s">
         <v>40</v>
       </c>
       <c r="F412" s="1" t="s">
         <v>900</v>
       </c>
       <c r="G412" s="30" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="H412" s="1">
         <v>3</v>
       </c>
       <c r="I412" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J412" s="1" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="K412" s="27">
         <v>95</v>
       </c>
       <c r="L412" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="413" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A413" s="1">
         <v>25087</v>
       </c>
       <c r="B413" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="E413" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F413" s="1" t="s">
         <v>1011</v>
       </c>
-      <c r="C413" s="1" t="s">
+      <c r="G413" s="10" t="s">
         <v>1012</v>
-      </c>
-[...10 lines deleted...]
-        <v>1015</v>
       </c>
       <c r="H413" s="1">
         <v>10</v>
       </c>
       <c r="I413" s="1">
         <v>2</v>
       </c>
       <c r="J413" s="1" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="K413" s="26" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="L413" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="414" spans="1:12" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="414" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A414" s="1">
         <v>25089</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="C414" s="1" t="s">
         <v>841</v>
       </c>
       <c r="D414" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E414" s="1" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="G414" s="10" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="H414" s="1">
         <v>9</v>
       </c>
       <c r="I414" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J414" s="1" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
       <c r="K414" s="19" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="L414" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="415" spans="1:12" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A415" s="1">
         <v>25090</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1024</v>
+        <v>1021</v>
       </c>
       <c r="D415" s="1" t="s">
         <v>577</v>
       </c>
       <c r="E415" s="2">
         <v>45915</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>1025</v>
+        <v>1022</v>
       </c>
       <c r="G415" s="10" t="s">
-        <v>1026</v>
+        <v>1023</v>
       </c>
       <c r="H415" s="1">
         <v>3</v>
       </c>
       <c r="I415" s="1">
         <v>3</v>
       </c>
       <c r="J415" s="1" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="K415" s="19" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
       <c r="L415" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="416" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A416" s="1">
         <v>25091</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>658</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="E416" s="2">
         <v>45913</v>
       </c>
       <c r="F416" s="6">
         <v>0.95833333333333337</v>
       </c>
       <c r="G416" s="10" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="H416" s="1">
         <v>3</v>
       </c>
       <c r="I416" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J416" s="1" t="s">
         <v>125</v>
       </c>
       <c r="K416" s="18">
         <v>100</v>
       </c>
       <c r="L416" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="417" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A417" s="1">
         <v>25092</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="C417" s="1" t="s">
         <v>658</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="E417" s="2">
         <v>45914</v>
       </c>
       <c r="F417" s="6">
         <v>0.95833333333333337</v>
       </c>
       <c r="G417" s="10" t="s">
-        <v>1029</v>
+        <v>1026</v>
       </c>
       <c r="H417" s="1">
         <v>3</v>
       </c>
       <c r="I417" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J417" s="1" t="s">
         <v>125</v>
       </c>
       <c r="K417" s="18">
         <v>100</v>
       </c>
       <c r="L417" s="9" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="418" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A418" s="1">
         <v>25093</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="C418" s="1" t="s">
         <v>436</v>
       </c>
       <c r="D418" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>1033</v>
+        <v>1030</v>
       </c>
       <c r="G418" s="10" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="H418" s="1">
         <v>8</v>
       </c>
       <c r="I418" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J418" s="1" t="s">
         <v>459</v>
       </c>
       <c r="K418" s="19" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="L418" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="419" spans="1:12" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A419" s="1">
         <v>25094</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>236</v>
       </c>
       <c r="D419" s="1" t="s">
         <v>275</v>
       </c>
       <c r="E419" s="2">
         <v>45924</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="G419" s="10" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="H419" s="1">
         <v>3</v>
       </c>
       <c r="I419" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J419" s="1" t="s">
         <v>125</v>
       </c>
       <c r="K419" s="18" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="L419" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="420" spans="1:12" ht="29" x14ac:dyDescent="0.35">
       <c r="A420" s="1">
         <v>25095</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1038</v>
+        <v>1035</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>553</v>
       </c>
       <c r="D420" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E420" s="2">
         <v>45913</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="G420" s="10" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="H420" s="1">
         <v>6</v>
       </c>
       <c r="I420" s="1">
         <v>1</v>
       </c>
       <c r="J420" s="1" t="s">
         <v>95</v>
       </c>
       <c r="K420" s="19" t="s">
+        <v>1038</v>
+      </c>
+      <c r="L420" s="9" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="421" spans="1:12" ht="48" x14ac:dyDescent="0.4">
+      <c r="A421" s="1">
+        <v>25096</v>
+      </c>
+      <c r="B421" s="33" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C421" s="33" t="s">
+        <v>236</v>
+      </c>
+      <c r="D421" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="E421" s="34">
+        <v>46003</v>
+      </c>
+      <c r="F421" s="33" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G421" s="31" t="s">
         <v>1041</v>
       </c>
-      <c r="L420" s="9" t="s">
+      <c r="H421" s="33">
+        <v>4.5</v>
+      </c>
+      <c r="I421" s="33">
+        <v>1</v>
+      </c>
+      <c r="J421" s="33" t="s">
+        <v>1042</v>
+      </c>
+      <c r="K421" s="33">
+        <v>20</v>
+      </c>
+      <c r="L421" s="33" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="422" spans="1:12" ht="48" x14ac:dyDescent="0.4">
+      <c r="A422" s="33">
+        <v>25097</v>
+      </c>
+      <c r="B422" s="33" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C422" s="33" t="s">
+        <v>602</v>
+      </c>
+      <c r="D422" s="33" t="s">
+        <v>616</v>
+      </c>
+      <c r="E422" s="33">
+        <v>45936</v>
+      </c>
+      <c r="F422" s="33" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G422" s="31" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H422" s="33">
+        <v>3</v>
+      </c>
+      <c r="I422" s="33">
+        <v>3</v>
+      </c>
+      <c r="J422" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="K422" s="35">
+        <v>75</v>
+      </c>
+      <c r="L422" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="423" spans="1:12" ht="64" x14ac:dyDescent="0.4">
+      <c r="A423" s="33">
+        <v>25098</v>
+      </c>
+      <c r="B423" s="33" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C423" s="33" t="s">
+        <v>236</v>
+      </c>
+      <c r="D423" s="33" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E423" s="34">
+        <v>45948</v>
+      </c>
+      <c r="F423" s="33" t="s">
+        <v>1049</v>
+      </c>
+      <c r="G423" s="31" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H423" s="33">
+        <v>2.5</v>
+      </c>
+      <c r="I423" s="33">
+        <v>2.5</v>
+      </c>
+      <c r="J423" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="K423" s="32" t="s">
+        <v>964</v>
+      </c>
+      <c r="L423" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="424" spans="1:12" ht="48" x14ac:dyDescent="0.4">
+      <c r="A424" s="33">
+        <v>25099</v>
+      </c>
+      <c r="B424" s="33" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C424" s="33" t="s">
+        <v>602</v>
+      </c>
+      <c r="D424" s="33" t="s">
+        <v>616</v>
+      </c>
+      <c r="E424" s="34">
+        <v>45964</v>
+      </c>
+      <c r="F424" s="33" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G424" s="31" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H424" s="33">
+        <v>3</v>
+      </c>
+      <c r="I424" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="J424" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="K424" s="32" t="s">
+        <v>967</v>
+      </c>
+      <c r="L424" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="425" spans="1:12" ht="32" x14ac:dyDescent="0.4">
+      <c r="A425" s="33">
+        <v>25100</v>
+      </c>
+      <c r="B425" s="33" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C425" s="33" t="s">
+        <v>856</v>
+      </c>
+      <c r="D425" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="E425" s="33" t="s">
+        <v>1053</v>
+      </c>
+      <c r="F425" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="G425" s="31" t="s">
+        <v>1054</v>
+      </c>
+      <c r="H425" s="33">
+        <v>6</v>
+      </c>
+      <c r="I425" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="J425" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="K425" s="35">
+        <v>289</v>
+      </c>
+      <c r="L425" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="426" spans="1:12" ht="16" x14ac:dyDescent="0.4">
+      <c r="A426" s="33">
+        <v>25101</v>
+      </c>
+      <c r="B426" s="33" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C426" s="33" t="s">
+        <v>658</v>
+      </c>
+      <c r="D426" s="33" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E426" s="34">
+        <v>45955</v>
+      </c>
+      <c r="F426" s="33" t="s">
+        <v>1057</v>
+      </c>
+      <c r="G426" s="31" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H426" s="33">
+        <v>2</v>
+      </c>
+      <c r="I426" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="J426" s="33" t="s">
+        <v>931</v>
+      </c>
+      <c r="K426" s="35">
+        <v>78</v>
+      </c>
+      <c r="L426" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="427" spans="1:12" ht="48" x14ac:dyDescent="0.4">
+      <c r="A427" s="33">
+        <v>25102</v>
+      </c>
+      <c r="B427" s="33" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C427" s="33" t="s">
+        <v>913</v>
+      </c>
+      <c r="D427" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="E427" s="33" t="s">
+        <v>1059</v>
+      </c>
+      <c r="F427" s="33" t="s">
+        <v>1060</v>
+      </c>
+      <c r="G427" s="31" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H427" s="33">
+        <v>7</v>
+      </c>
+      <c r="I427" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="J427" s="33" t="s">
+        <v>459</v>
+      </c>
+      <c r="K427" s="32" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L427" s="36" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="428" spans="1:12" ht="64" x14ac:dyDescent="0.4">
+      <c r="A428" s="33">
+        <v>25103</v>
+      </c>
+      <c r="B428" s="33" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C428" s="33" t="s">
+        <v>244</v>
+      </c>
+      <c r="D428" s="33" t="s">
+        <v>992</v>
+      </c>
+      <c r="E428" s="34">
+        <v>45983</v>
+      </c>
+      <c r="F428" s="33" t="s">
+        <v>1064</v>
+      </c>
+      <c r="G428" s="31" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H428" s="33">
+        <v>2.5</v>
+      </c>
+      <c r="I428" s="33">
+        <v>2.5</v>
+      </c>
+      <c r="J428" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="K428" s="32" t="s">
+        <v>964</v>
+      </c>
+      <c r="L428" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="429" spans="1:12" ht="48" x14ac:dyDescent="0.4">
+      <c r="A429" s="33">
+        <v>25104</v>
+      </c>
+      <c r="B429" s="33" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C429" s="33" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D429" s="33" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E429" s="33" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F429" s="33" t="s">
+        <v>1068</v>
+      </c>
+      <c r="G429" s="31" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H429" s="33">
+        <v>12</v>
+      </c>
+      <c r="I429" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="J429" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="K429" s="35">
+        <v>147</v>
+      </c>
+      <c r="L429" s="36" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="430" spans="1:12" ht="48" x14ac:dyDescent="0.4">
+      <c r="A430" s="33">
+        <v>25105</v>
+      </c>
+      <c r="B430" s="33" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C430" s="33" t="s">
+        <v>602</v>
+      </c>
+      <c r="D430" s="33" t="s">
+        <v>616</v>
+      </c>
+      <c r="E430" s="34">
+        <v>45978</v>
+      </c>
+      <c r="F430" s="33" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G430" s="31" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H430" s="33">
+        <v>3</v>
+      </c>
+      <c r="I430" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="J430" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="K430" s="35">
+        <v>80</v>
+      </c>
+      <c r="L430" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="431" spans="1:12" ht="48" x14ac:dyDescent="0.4">
+      <c r="A431" s="33">
+        <v>25106</v>
+      </c>
+      <c r="B431" s="33" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C431" s="33" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D431" s="33" t="s">
+        <v>577</v>
+      </c>
+      <c r="E431" s="34">
+        <v>45993</v>
+      </c>
+      <c r="F431" s="33" t="s">
+        <v>1115</v>
+      </c>
+      <c r="G431" s="31" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H431" s="33">
+        <v>3</v>
+      </c>
+      <c r="I431" s="33">
+        <v>3</v>
+      </c>
+      <c r="J431" s="33" t="s">
+        <v>1075</v>
+      </c>
+      <c r="K431" s="35" t="s">
+        <v>182</v>
+      </c>
+      <c r="L431" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="432" spans="1:12" ht="32" x14ac:dyDescent="0.4">
+      <c r="A432" s="33">
+        <v>25107</v>
+      </c>
+      <c r="B432" s="33" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C432" s="33" t="s">
+        <v>966</v>
+      </c>
+      <c r="D432" s="33" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E432" s="33" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F432" s="33" t="s">
+        <v>1079</v>
+      </c>
+      <c r="G432" s="38" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H432" s="33">
+        <v>3</v>
+      </c>
+      <c r="I432" s="33">
+        <v>3</v>
+      </c>
+      <c r="J432" s="33" t="s">
+        <v>1075</v>
+      </c>
+      <c r="K432" s="32" t="s">
+        <v>967</v>
+      </c>
+      <c r="L432" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="433" spans="1:12" ht="48" x14ac:dyDescent="0.4">
+      <c r="A433" s="33">
+        <v>25108</v>
+      </c>
+      <c r="B433" s="33" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C433" s="33" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D433" s="33" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E433" s="33" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F433" s="33" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G433" s="38" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H433" s="33">
+        <v>12</v>
+      </c>
+      <c r="I433" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="J433" s="33" t="s">
+        <v>1086</v>
+      </c>
+      <c r="K433" s="32" t="s">
+        <v>967</v>
+      </c>
+      <c r="L433" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="434" spans="1:12" ht="48" x14ac:dyDescent="0.4">
+      <c r="A434" s="33">
+        <v>25109</v>
+      </c>
+      <c r="B434" s="33" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C434" s="33" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D434" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="E434" s="33" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F434" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="G434" s="38" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H434" s="33">
+        <v>10</v>
+      </c>
+      <c r="I434" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="J434" s="33" t="s">
+        <v>1042</v>
+      </c>
+      <c r="K434" s="32" t="s">
+        <v>1091</v>
+      </c>
+      <c r="L434" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="435" spans="1:12" ht="64" x14ac:dyDescent="0.4">
+      <c r="A435" s="33">
+        <v>25110</v>
+      </c>
+      <c r="B435" s="33" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C435" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="D435" s="33" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E435" s="34">
+        <v>46007</v>
+      </c>
+      <c r="F435" s="33" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G435" s="39" t="s">
+        <v>967</v>
+      </c>
+      <c r="H435" s="33">
+        <v>2</v>
+      </c>
+      <c r="I435" s="33">
+        <v>2</v>
+      </c>
+      <c r="J435" s="33" t="s">
+        <v>1075</v>
+      </c>
+      <c r="K435" s="32" t="s">
+        <v>967</v>
+      </c>
+      <c r="L435" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="436" spans="1:12" ht="32" x14ac:dyDescent="0.4">
+      <c r="A436" s="33">
+        <v>25111</v>
+      </c>
+      <c r="B436" s="33" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C436" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="D436" s="33" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E436" s="34">
+        <v>46046</v>
+      </c>
+      <c r="F436" s="33" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G436" s="39" t="s">
+        <v>967</v>
+      </c>
+      <c r="H436" s="33">
+        <v>3</v>
+      </c>
+      <c r="I436" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="J436" s="33" t="s">
+        <v>1075</v>
+      </c>
+      <c r="K436" s="32" t="s">
+        <v>967</v>
+      </c>
+      <c r="L436" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="437" spans="1:12" ht="32" x14ac:dyDescent="0.4">
+      <c r="A437" s="33">
+        <v>25112</v>
+      </c>
+      <c r="B437" s="33" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C437" s="33" t="s">
+        <v>244</v>
+      </c>
+      <c r="D437" s="33" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E437" s="34" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F437" s="33" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G437" s="38" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H437" s="33">
+        <v>4</v>
+      </c>
+      <c r="I437" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="J437" s="33" t="s">
+        <v>931</v>
+      </c>
+      <c r="K437" s="35">
+        <v>90</v>
+      </c>
+      <c r="L437" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="438" spans="1:12" ht="32" x14ac:dyDescent="0.4">
+      <c r="A438" s="33">
+        <v>25113</v>
+      </c>
+      <c r="B438" s="33" t="s">
+        <v>376</v>
+      </c>
+      <c r="C438" s="33" t="s">
+        <v>377</v>
+      </c>
+      <c r="D438" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="E438" s="33" t="s">
+        <v>40</v>
+      </c>
+      <c r="F438" s="33" t="s">
+        <v>900</v>
+      </c>
+      <c r="G438" s="38" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H438" s="33">
+        <v>12</v>
+      </c>
+      <c r="I438" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="J438" s="33" t="s">
+        <v>1103</v>
+      </c>
+      <c r="K438" s="35">
+        <v>459</v>
+      </c>
+      <c r="L438" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="439" spans="1:12" ht="32" x14ac:dyDescent="0.4">
+      <c r="A439" s="33">
+        <v>25114</v>
+      </c>
+      <c r="B439" s="33" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C439" s="33" t="s">
+        <v>244</v>
+      </c>
+      <c r="D439" s="33" t="s">
+        <v>106</v>
+      </c>
+      <c r="E439" s="33" t="s">
+        <v>40</v>
+      </c>
+      <c r="F439" s="33" t="s">
+        <v>900</v>
+      </c>
+      <c r="G439" s="38" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H439" s="33">
+        <v>2.5</v>
+      </c>
+      <c r="I439" s="33">
+        <v>2.5</v>
+      </c>
+      <c r="J439" s="33" t="s">
+        <v>933</v>
+      </c>
+      <c r="K439" s="35">
+        <v>65</v>
+      </c>
+      <c r="L439" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="440" spans="1:12" ht="16" x14ac:dyDescent="0.4">
+      <c r="A440" s="33">
+        <v>25115</v>
+      </c>
+      <c r="B440" s="33" t="s">
+        <v>243</v>
+      </c>
+      <c r="C440" s="33" t="s">
+        <v>244</v>
+      </c>
+      <c r="D440" s="33" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E440" s="33" t="s">
+        <v>40</v>
+      </c>
+      <c r="F440" s="33" t="s">
+        <v>900</v>
+      </c>
+      <c r="G440" s="38" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H440" s="33">
+        <v>4.5</v>
+      </c>
+      <c r="I440" s="33">
+        <v>4.5</v>
+      </c>
+      <c r="J440" s="33" t="s">
+        <v>931</v>
+      </c>
+      <c r="K440" s="35">
+        <v>120</v>
+      </c>
+      <c r="L440" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="441" spans="1:12" ht="32" x14ac:dyDescent="0.4">
+      <c r="A441" s="33">
+        <v>25116</v>
+      </c>
+      <c r="B441" s="33" t="s">
+        <v>272</v>
+      </c>
+      <c r="C441" s="33" t="s">
+        <v>244</v>
+      </c>
+      <c r="D441" s="33" t="s">
+        <v>992</v>
+      </c>
+      <c r="E441" s="33" t="s">
+        <v>40</v>
+      </c>
+      <c r="F441" s="33" t="s">
+        <v>900</v>
+      </c>
+      <c r="G441" s="38" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H441" s="33">
+        <v>2.5</v>
+      </c>
+      <c r="I441" s="33">
+        <v>2.5</v>
+      </c>
+      <c r="J441" s="33" t="s">
+        <v>933</v>
+      </c>
+      <c r="K441" s="35">
+        <v>60</v>
+      </c>
+      <c r="L441" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="442" spans="1:12" ht="32" x14ac:dyDescent="0.4">
+      <c r="A442" s="33">
+        <v>25117</v>
+      </c>
+      <c r="B442" s="33" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C442" s="33" t="s">
+        <v>244</v>
+      </c>
+      <c r="D442" s="33" t="s">
+        <v>992</v>
+      </c>
+      <c r="E442" s="33" t="s">
+        <v>40</v>
+      </c>
+      <c r="F442" s="33" t="s">
+        <v>900</v>
+      </c>
+      <c r="G442" s="38" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H442" s="33">
+        <v>2.5</v>
+      </c>
+      <c r="I442" s="33">
+        <v>2.5</v>
+      </c>
+      <c r="J442" s="33" t="s">
+        <v>933</v>
+      </c>
+      <c r="K442" s="35">
+        <v>60</v>
+      </c>
+      <c r="L442" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="443" spans="1:12" ht="48" x14ac:dyDescent="0.4">
+      <c r="A443" s="33">
+        <v>25118</v>
+      </c>
+      <c r="B443" s="33" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C443" s="33" t="s">
+        <v>244</v>
+      </c>
+      <c r="D443" s="33" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E443" s="34">
+        <v>45997</v>
+      </c>
+      <c r="F443" s="33" t="s">
+        <v>1064</v>
+      </c>
+      <c r="G443" s="38" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H443" s="33">
+        <v>2.5</v>
+      </c>
+      <c r="I443" s="33">
+        <v>2.5</v>
+      </c>
+      <c r="J443" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="K443" s="32" t="s">
+        <v>1108</v>
+      </c>
+      <c r="L443" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="444" spans="1:12" ht="48" x14ac:dyDescent="0.4">
+      <c r="A444" s="33">
+        <v>25119</v>
+      </c>
+      <c r="B444" s="33" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C444" s="33" t="s">
+        <v>244</v>
+      </c>
+      <c r="D444" s="33" t="s">
+        <v>293</v>
+      </c>
+      <c r="E444" s="34">
+        <v>45668</v>
+      </c>
+      <c r="F444" s="33" t="s">
+        <v>1110</v>
+      </c>
+      <c r="G444" s="38" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H444" s="33">
+        <v>2.5</v>
+      </c>
+      <c r="I444" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="J444" s="33" t="s">
+        <v>125</v>
+      </c>
+      <c r="K444" s="32" t="s">
+        <v>1108</v>
+      </c>
+      <c r="L444" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="445" spans="1:12" ht="48" x14ac:dyDescent="0.4">
+      <c r="A445" s="33">
+        <v>25120</v>
+      </c>
+      <c r="B445" s="33" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C445" s="33" t="s">
+        <v>602</v>
+      </c>
+      <c r="D445" s="33" t="s">
+        <v>616</v>
+      </c>
+      <c r="E445" s="34">
+        <v>46006</v>
+      </c>
+      <c r="F445" s="33" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G445" s="38" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H445" s="33">
+        <v>3</v>
+      </c>
+      <c r="I445" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="J445" s="33" t="s">
+        <v>1112</v>
+      </c>
+      <c r="K445" s="35">
+        <v>80</v>
+      </c>
+      <c r="L445" s="36" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="446" spans="1:12" ht="48" x14ac:dyDescent="0.4">
+      <c r="A446" s="33">
+        <v>25121</v>
+      </c>
+      <c r="B446" s="33" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C446" s="33" t="s">
+        <v>602</v>
+      </c>
+      <c r="D446" s="33" t="s">
+        <v>616</v>
+      </c>
+      <c r="E446" s="33" t="s">
+        <v>967</v>
+      </c>
+      <c r="F446" s="33" t="s">
+        <v>967</v>
+      </c>
+      <c r="G446" s="38" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H446" s="33">
+        <v>3</v>
+      </c>
+      <c r="I446" s="33" t="s">
+        <v>5</v>
+      </c>
+      <c r="J446" s="33" t="s">
+        <v>1112</v>
+      </c>
+      <c r="K446" s="35">
+        <v>80</v>
+      </c>
+      <c r="L446" s="36" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection deleteColumns="0" deleteRows="0" sort="0"/>
   <protectedRanges>
     <protectedRange sqref="G374:G376" name="Locked Row_12"/>
     <protectedRange sqref="G377:G379" name="Locked Row_13"/>
     <protectedRange sqref="G380" name="Locked Row_14"/>
     <protectedRange sqref="G389:G390" name="Locked Row_16"/>
     <protectedRange sqref="G387:G388" name="Locked Row_18"/>
     <protectedRange sqref="G383:G386" name="Locked Row_20"/>
     <protectedRange sqref="G391" name="Locked Row_7"/>
     <protectedRange sqref="G392" name="Locked Row_9"/>
     <protectedRange sqref="G393" name="Locked Row_15"/>
     <protectedRange sqref="G394" name="Locked Row_17"/>
     <protectedRange sqref="G395" name="Locked Row_19"/>
     <protectedRange sqref="G396" name="Locked Row_21"/>
     <protectedRange sqref="G397" name="Locked Row_22"/>
     <protectedRange sqref="G398" name="Locked Row_23"/>
     <protectedRange sqref="G399" name="Locked Row_24"/>
     <protectedRange sqref="G400" name="Locked Row_25"/>
     <protectedRange sqref="G401" name="Locked Row_27"/>
     <protectedRange sqref="G402" name="Locked Row_29"/>
     <protectedRange sqref="G403" name="Locked Row_30"/>
     <protectedRange sqref="G404" name="Locked Row_31"/>
     <protectedRange sqref="G405" name="Locked Row_32"/>
     <protectedRange sqref="G406:G413" name="Locked Row"/>
     <protectedRange sqref="G414:G420" name="Locked Row_2"/>
+    <protectedRange sqref="A421:L430" name="Locked Row_1"/>
+    <protectedRange sqref="B381 B379" name="Locked Row_3"/>
+    <protectedRange sqref="B380" name="Locked Row_2_1"/>
+    <protectedRange sqref="A431:L431 A435:L437 A438:I438 K438:L438 A439:L446" name="Locked Row_4"/>
+    <protectedRange sqref="A432:L434 J438" name="Locked Row_1_1"/>
   </protectedRanges>
   <phoneticPr fontId="4" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="G205" r:id="rId1" display="https://www.cultureandlanguage.net/trainings" xr:uid="{5FDD94D7-886E-4D3F-9AD0-75E6A968D407}"/>
     <hyperlink ref="G77:G81" r:id="rId2" display="https://www.cultureandlanguage.net/trainings" xr:uid="{A5EFFA83-EEC8-4481-8174-111DB80F169C}"/>
     <hyperlink ref="G366" r:id="rId3" xr:uid="{EA0DB030-DDEB-45BA-9B14-4C45CB32CFDB}"/>
     <hyperlink ref="G364" r:id="rId4" xr:uid="{21EE7C43-FBAA-4895-AB64-A81B871D194A}"/>
     <hyperlink ref="G365" r:id="rId5" xr:uid="{9256B4B6-4D11-4052-9D6E-E7BB9127393D}"/>
     <hyperlink ref="G367" r:id="rId6" xr:uid="{8E789011-94ED-48F6-A6DF-686B644C346C}"/>
     <hyperlink ref="G368" r:id="rId7" xr:uid="{3FED1ABC-DF03-4A50-AAE9-2E485F43EEAC}"/>
     <hyperlink ref="G369" r:id="rId8" xr:uid="{BB6336C8-54E4-4623-9AB1-6146CF81403B}"/>
     <hyperlink ref="G370" r:id="rId9" xr:uid="{1E509FB9-2C5F-4FAB-8A9E-D6117D4947DA}"/>
     <hyperlink ref="G372" r:id="rId10" xr:uid="{DA1952D4-F5B5-42B2-9707-5ABBEA3B1C11}"/>
     <hyperlink ref="G373" r:id="rId11" xr:uid="{B29562E5-0E7B-41A7-A607-E02DB1DF7747}"/>
     <hyperlink ref="G374" r:id="rId12" location="/registration" xr:uid="{AE7F2862-1040-4DB1-BD6B-82C16FBD5975}"/>
     <hyperlink ref="G375" r:id="rId13" location="/registration" xr:uid="{7838A1A6-5FA9-418A-92B2-AB2A7C2ACBFD}"/>
     <hyperlink ref="G376" r:id="rId14" xr:uid="{18FFD966-1C2E-4D96-A5E3-C62A1BEB4C07}"/>
     <hyperlink ref="G377" r:id="rId15" xr:uid="{75D77E08-8072-4DFA-ABB0-9F5A72F4A7BA}"/>
     <hyperlink ref="G378" r:id="rId16" xr:uid="{B38AD770-D5DA-4D7C-B7F3-BCA794F83C30}"/>
     <hyperlink ref="G379" r:id="rId17" xr:uid="{1B9E2F68-033C-4E9F-9F7F-C8577E7CB7F1}"/>
     <hyperlink ref="G380" r:id="rId18" xr:uid="{FB70A111-AADD-4C43-B539-4B000A8BE61B}"/>
     <hyperlink ref="G381" r:id="rId19" xr:uid="{C876865A-0A72-4821-9639-28B426D09F7B}"/>
     <hyperlink ref="G382" r:id="rId20" xr:uid="{7E387DC3-239E-4AE8-A9E4-79171B7A610F}"/>
     <hyperlink ref="G383" r:id="rId21" xr:uid="{D633BD18-9102-4B6A-98B2-0FA86F5056C0}"/>
     <hyperlink ref="G384" r:id="rId22" xr:uid="{C05B3D2E-F66C-4004-AE13-5EF11C705FDB}"/>
@@ -19831,54 +21106,78 @@
     <hyperlink ref="G396" r:id="rId42" display="Athena Sky Intepreting Products" xr:uid="{03F3149D-28F1-490B-9087-811B060234BB}"/>
     <hyperlink ref="G397" r:id="rId43" display="https://gso-services.teachable.com/p/webinar-domestic-violence" xr:uid="{E0739C63-2889-416E-94E7-A57ABBB06938}"/>
     <hyperlink ref="G398" r:id="rId44" display="https://www.delamorainstitute.com/sosi" xr:uid="{1C7F7D87-5ECC-465C-8B77-6027E1C6AFB6}"/>
     <hyperlink ref="G399" r:id="rId45" xr:uid="{30C59518-6047-4E45-90A2-F217E4305AA9}"/>
     <hyperlink ref="G400" r:id="rId46" xr:uid="{BBE5D349-4039-44FD-88E9-E68130AB4517}"/>
     <hyperlink ref="G401" r:id="rId47" xr:uid="{7856772F-0DE0-4772-A744-F48C1C95CF00}"/>
     <hyperlink ref="G402" r:id="rId48" xr:uid="{286EC3C6-8540-4B68-9BD5-7716B738011C}"/>
     <hyperlink ref="G403" r:id="rId49" xr:uid="{E7672204-AC2E-4EAA-92FC-C018E105B810}"/>
     <hyperlink ref="G404" r:id="rId50" xr:uid="{D989277B-B03C-41CB-AA73-76687A902F32}"/>
     <hyperlink ref="G405" r:id="rId51" display="https://www.paypal.com/ncp/payment/JF46E84MF48JY" xr:uid="{A7664677-3FEE-4B6A-84E9-D1CF7B6BA012}"/>
     <hyperlink ref="G406" r:id="rId52" xr:uid="{BD21861F-1368-44ED-B17F-D2FDEDA47589}"/>
     <hyperlink ref="G407" r:id="rId53" xr:uid="{CF84A506-89B5-41F3-9593-A3B682339858}"/>
     <hyperlink ref="G408" r:id="rId54" xr:uid="{1853334B-7EF7-4857-9B7D-10B5C2AE1952}"/>
     <hyperlink ref="G409" r:id="rId55" display="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" xr:uid="{3D722B08-D576-4A3F-BFA8-96B4C6F8914F}"/>
     <hyperlink ref="G410" r:id="rId56" display="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" xr:uid="{A1B54EFE-3F03-4C13-A5A3-8E31D2CB41E0}"/>
     <hyperlink ref="G411" r:id="rId57" display="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" xr:uid="{BCB61E91-A8E6-46BC-AC22-BD2E895CC4BC}"/>
     <hyperlink ref="G412" r:id="rId58" display="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" xr:uid="{50437AA1-2D31-4037-97DA-7B7B9180094E}"/>
     <hyperlink ref="G413" r:id="rId59" location="tabH2" xr:uid="{26E497A6-4B4E-4146-859C-4A6FEDF88497}"/>
     <hyperlink ref="G414" r:id="rId60" xr:uid="{DF3621D3-0855-451B-889D-2DDD2ECCD2C2}"/>
     <hyperlink ref="G415" r:id="rId61" xr:uid="{4EC080AA-CF35-44EB-B945-8C099AA0DE4A}"/>
     <hyperlink ref="G416" r:id="rId62" xr:uid="{DA653363-3795-4BDB-A572-13C52792BC81}"/>
     <hyperlink ref="G417" r:id="rId63" xr:uid="{997AA1F7-E03E-4841-9547-331BA717C782}"/>
     <hyperlink ref="G418" r:id="rId64" xr:uid="{210746CB-06BD-448B-8BF4-8E5379E5DAD4}"/>
     <hyperlink ref="G419" r:id="rId65" xr:uid="{24D4756A-4FDF-4C09-BA57-5B814FB0EE87}"/>
     <hyperlink ref="G420" r:id="rId66" xr:uid="{4CFB20F2-AC06-42D9-9E21-4C6E8E874BFC}"/>
+    <hyperlink ref="G421" r:id="rId67" xr:uid="{49249DFE-428A-4811-A7C2-541DAE147CC4}"/>
+    <hyperlink ref="G422" r:id="rId68" xr:uid="{C0F6FEE1-E7ED-4184-976C-398A06CAB4AE}"/>
+    <hyperlink ref="G423" r:id="rId69" xr:uid="{A9A6033A-52CE-4BF9-A020-EFA632206769}"/>
+    <hyperlink ref="G424" r:id="rId70" xr:uid="{304620F1-871B-4430-AC50-00F4E5AC0798}"/>
+    <hyperlink ref="G425" r:id="rId71" xr:uid="{A9202951-9DD9-41E2-B9F4-4C009CBB1B45}"/>
+    <hyperlink ref="G426" r:id="rId72" xr:uid="{667B9A60-0B6A-497A-9658-0F388545DB9D}"/>
+    <hyperlink ref="G427" r:id="rId73" xr:uid="{C9567986-0B19-4EA1-9F68-2500335FCD41}"/>
+    <hyperlink ref="G428" r:id="rId74" xr:uid="{82AFC7CE-9E1C-43CA-91FE-0CF673790274}"/>
+    <hyperlink ref="G429" r:id="rId75" xr:uid="{625A0694-5A35-4967-97FE-298C07F7687C}"/>
+    <hyperlink ref="G430" r:id="rId76" xr:uid="{36EAB28A-0F3B-442D-8400-2DA4BB895328}"/>
+    <hyperlink ref="G432" r:id="rId77" xr:uid="{590ACC0D-E4B7-44DC-96EA-239397EED119}"/>
+    <hyperlink ref="G433" r:id="rId78" display="Lectures Helpdesk" xr:uid="{9EEDAF43-057E-47AC-A537-1DB35FECB373}"/>
+    <hyperlink ref="G434" r:id="rId79" xr:uid="{16125DD8-50EF-4E3E-BB2D-5192DA9AD3EB}"/>
+    <hyperlink ref="G437" r:id="rId80" xr:uid="{69D3F0F8-BE89-4465-9BD6-D7C81905AE3F}"/>
+    <hyperlink ref="G438" r:id="rId81" xr:uid="{8DFC97F3-5F87-434C-8BAE-6953F93EAFEE}"/>
+    <hyperlink ref="G439" r:id="rId82" xr:uid="{C17CE005-EA65-4957-ADF0-012637F0CC42}"/>
+    <hyperlink ref="G440" r:id="rId83" xr:uid="{0A9DCAA2-A164-45C0-B2C6-4C762F452102}"/>
+    <hyperlink ref="G441" r:id="rId84" xr:uid="{60F805D8-799B-48FB-9B64-6483CD28197B}"/>
+    <hyperlink ref="G442" r:id="rId85" xr:uid="{0CF4D02D-5F8C-4FFC-AF4E-31196D158DA0}"/>
+    <hyperlink ref="G443" r:id="rId86" xr:uid="{83670910-6286-49E6-8074-BB2EFCF5D038}"/>
+    <hyperlink ref="G444" r:id="rId87" xr:uid="{A287A742-08DA-4788-9A3B-FB7A658490CD}"/>
+    <hyperlink ref="G445" r:id="rId88" xr:uid="{CD7042C1-A14A-499E-9401-01D59FE657BE}"/>
+    <hyperlink ref="G446" r:id="rId89" xr:uid="{5EE3CE92-E9C0-4E7B-8900-58380CFA9578}"/>
+    <hyperlink ref="G431" r:id="rId90" xr:uid="{8F8F909D-6868-4690-9E77-BA5AF8ECB25A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
-    <tablePart r:id="rId67"/>
+    <tablePart r:id="rId91"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CE Approved Courses</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Colorado Judicial</Company>