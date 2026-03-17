--- v1 (2025-12-16)
+++ v2 (2026-03-17)
@@ -1,3780 +1,5004 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <fileSharing readOnlyRecommended="1"/>
-  <workbookPr defaultThemeVersion="202300"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Continuing Education Program\CE Databases\Website Updates 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Continuing Education Program\CE Databases\Website Updates 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{70DB9275-95A8-4256-91EA-817D8946A102}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37B75132-BF65-4105-94D8-4A0748C9CFA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{3360294A-C5A3-4E03-BF2C-F9ED6972C1D5}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{7AA3A5B7-909B-4766-9182-A8BD3179B096}"/>
   </bookViews>
   <sheets>
-    <sheet name="CE Approved Courses" sheetId="1" r:id="rId1"/>
+    <sheet name="Approved Courses " sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Approved Courses '!$D$384:$D$384</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Approved Courses '!$A$1:$L$158</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Approved Courses '!$1:$1</definedName>
+  </definedNames>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4041" uniqueCount="1116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5076" uniqueCount="1342">
+  <si>
+    <t>CEAA#</t>
+  </si>
+  <si>
+    <t>Course Title</t>
+  </si>
+  <si>
+    <t>Provider</t>
+  </si>
+  <si>
+    <t>Date</t>
+  </si>
+  <si>
+    <t>Time</t>
+  </si>
+  <si>
+    <t>Reg. Information</t>
+  </si>
+  <si>
+    <t>CECs</t>
+  </si>
+  <si>
+    <t>Counts Toward Ethics</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Medical Examiner &amp; Autopsies. Expert Witness Series I.</t>
+  </si>
+  <si>
+    <t>Genevieve Sefchick</t>
+  </si>
+  <si>
+    <t>various</t>
+  </si>
+  <si>
+    <t>https://gso-services.teachable.com/</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>self-paced course</t>
+  </si>
+  <si>
+    <t>Spanish</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Note-Taking from the Witness Stand</t>
+  </si>
+  <si>
+    <t>Athena Sky Interpreting</t>
+  </si>
+  <si>
+    <t>Athena Matilsky</t>
+  </si>
+  <si>
+    <t>1pmto 4pm (EST)</t>
+  </si>
+  <si>
+    <t>https://www.athenaskyinterpreting.com</t>
+  </si>
+  <si>
+    <t>webinar</t>
+  </si>
+  <si>
+    <t>check with company</t>
+  </si>
+  <si>
+    <t>Neutral</t>
+  </si>
+  <si>
+    <t>"Witness To a Trial". Advanced Simultaneous Interpretation</t>
+  </si>
+  <si>
+    <t>Free</t>
+  </si>
+  <si>
+    <t>2024 NALA Conference</t>
+  </si>
+  <si>
+    <t>NALA (Paralegal Association)</t>
+  </si>
+  <si>
+    <t>Various</t>
+  </si>
+  <si>
+    <t>7/11-7/13/2024</t>
+  </si>
+  <si>
+    <t>9am -6pm</t>
+  </si>
+  <si>
+    <t>NALA Conference &amp; Expo – NALA</t>
+  </si>
+  <si>
+    <t>Conference</t>
+  </si>
+  <si>
+    <t>Achieving Interpreting Expertise: Applying Principles of Deliberate Practice to Interpreting Practice</t>
+  </si>
+  <si>
+    <t>Cross-Cultural Communication</t>
+  </si>
+  <si>
+    <t>Dr. Devin Gilbert</t>
+  </si>
+  <si>
+    <t>9:30am MNT</t>
+  </si>
+  <si>
+    <t>Webinar Registration - Zoom</t>
+  </si>
+  <si>
+    <t>Webinar</t>
+  </si>
+  <si>
+    <t>Adapting to a World of Change - Who Knew - #2 in Series</t>
+  </si>
+  <si>
+    <t>The Court Interpreters LLC</t>
+  </si>
+  <si>
+    <t>Michele Stevens, Julie Drucker</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Various Starting               5/6/2024        </t>
+  </si>
+  <si>
+    <t>6pm to 9pm (PT)</t>
+  </si>
+  <si>
+    <t>www.thecourtinterpreters.com</t>
+  </si>
+  <si>
+    <t>Adv. Spanish I: Arrest</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jacobo Gallegos Interpreting &amp; Training </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jacobo Gallegos </t>
+  </si>
+  <si>
+    <t>Various Starting  5/13/2024</t>
+  </si>
+  <si>
+    <t>jgtraining.Org</t>
+  </si>
+  <si>
+    <t>Instructor-led Webbinar</t>
+  </si>
+  <si>
+    <t>Sapnish</t>
+  </si>
+  <si>
+    <t>Adv. Spanish II: Arraignment</t>
+  </si>
+  <si>
+    <t>Starting 5/15/2024</t>
+  </si>
+  <si>
+    <t>Adv. Spanish III: Pre-Trial</t>
+  </si>
+  <si>
+    <t>Various Starting 5/20/2024</t>
+  </si>
+  <si>
+    <t>Adv. Spanish IV: Prelim</t>
+  </si>
+  <si>
+    <t>Various Starting 5/22/2024</t>
+  </si>
+  <si>
+    <t>Adv. Spanish Translation 1</t>
+  </si>
+  <si>
+    <t>On Demand From 1/1 to 12/31/2024</t>
+  </si>
+  <si>
+    <t>Adv. Spanish Translation 2</t>
+  </si>
+  <si>
+    <t>Adv. Spanish Translation 3</t>
+  </si>
+  <si>
+    <t>Adv. Spanish Translation 4</t>
+  </si>
+  <si>
+    <t>Adv. Spanish Translation 5</t>
+  </si>
+  <si>
+    <t>Adv. Spanish V: Trial</t>
+  </si>
+  <si>
+    <t>Various Starting 5/27/2024</t>
+  </si>
+  <si>
+    <t>Advanced Consecutive Techniques</t>
+  </si>
+  <si>
+    <t>TransInterpreting</t>
+  </si>
+  <si>
+    <t>Edgar Hidalgo Garcia</t>
+  </si>
+  <si>
+    <t>https://www.transinterpreting.com/live-classes</t>
+  </si>
+  <si>
+    <t>instructor-led webinar &amp; self-paced course</t>
+  </si>
+  <si>
+    <t>Advanced Interpreting Techniques</t>
+  </si>
+  <si>
+    <t>Adverse Events in Healthcare  </t>
+  </si>
+  <si>
+    <t>Ricardo Aviles</t>
+  </si>
+  <si>
+    <t>www.transinterpreting.com</t>
+  </si>
+  <si>
+    <t>On Demand</t>
+  </si>
+  <si>
+    <t>AI for Interpreters and Translators</t>
+  </si>
+  <si>
+    <t>GF Interpreter Support Services</t>
+  </si>
+  <si>
+    <t>Frida Blum, Giovanna Wormsbecker</t>
+  </si>
+  <si>
+    <t>https://gfinterpreters-s-site-8c8f.thinkific.com/</t>
+  </si>
+  <si>
+    <t>Instructor Led</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AI Unveiled: Preparing Interpreter and Translators for Tomorrow. </t>
+  </si>
+  <si>
+    <t>The University of Arizona National Center for Interpretation</t>
+  </si>
+  <si>
+    <t>Nora Diaz</t>
+  </si>
+  <si>
+    <t>Varioud</t>
+  </si>
+  <si>
+    <t>Court Interpreter Training Institute (CITI) | National Center for Interpretation | University of Arizona</t>
+  </si>
+  <si>
+    <t>Instructor led</t>
+  </si>
+  <si>
+    <t>All About Child Support</t>
+  </si>
+  <si>
+    <t>All About Trial Objections</t>
+  </si>
+  <si>
+    <t>American Slang Series: Argentina</t>
+  </si>
+  <si>
+    <t>American Slang Series: Chile</t>
+  </si>
+  <si>
+    <t>American Slang Series: Colombia</t>
+  </si>
+  <si>
+    <t>American Slang Series: Costa rica  </t>
+  </si>
+  <si>
+    <t>Edgar Hidalgo</t>
+  </si>
+  <si>
+    <t>American Slang Series: Cuba  </t>
+  </si>
+  <si>
+    <t>American Slang Series: Ecuador</t>
+  </si>
+  <si>
+    <t>https://www.transinterpreting.com/continuing-education</t>
+  </si>
+  <si>
+    <t>Check with company</t>
+  </si>
+  <si>
+    <t>American Slang Series: El Salvador</t>
+  </si>
+  <si>
+    <t>American Slang Series: Guatemala</t>
+  </si>
+  <si>
+    <t>American Slang Series: Honduras</t>
+  </si>
+  <si>
+    <t>American Slang Series: Mexico</t>
+  </si>
+  <si>
+    <t>American Slang Series: Nicaragua</t>
+  </si>
+  <si>
+    <t>American Slang Series: Panama</t>
+  </si>
+  <si>
+    <t>American Slang Series: Peru</t>
+  </si>
+  <si>
+    <t>American Slang Series: Puerto Rico</t>
+  </si>
+  <si>
+    <t>American Slang Series: Republica Dominicana</t>
+  </si>
+  <si>
+    <t>American Slang Series: Spain</t>
+  </si>
+  <si>
+    <t>American Slang Series: Uruguay</t>
+  </si>
+  <si>
+    <t>American Slang Series: Venezuela</t>
+  </si>
+  <si>
+    <t>Annual Business Retreat and Holiday Celebration for Interpreters</t>
+  </si>
+  <si>
+    <t>DE LA MORA Institute of Interpretation</t>
+  </si>
+  <si>
+    <t>8:30 am to 4:45 pm (ET)</t>
+  </si>
+  <si>
+    <t>https://www.delamorainstitute.com/</t>
+  </si>
+  <si>
+    <t>Online &amp; Inperson</t>
+  </si>
+  <si>
+    <t>on demand</t>
+  </si>
+  <si>
+    <t>Applied Consecutive Note-Taking: Advanced</t>
+  </si>
+  <si>
+    <t>Applied Consecutive Note-Taking: Beginner - Athena Sky Interpreting</t>
+  </si>
+  <si>
+    <t>Applied Consecutive Note-Taking: Beginner</t>
+  </si>
+  <si>
+    <t>On demand</t>
+  </si>
+  <si>
+    <t>Applied Ethics: Accuracy thru Case Preparation</t>
+  </si>
+  <si>
+    <t>1 pm to 4pm EST</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://athenaskyinterpreting.com/product/ethics-accuracy-thru-preparation-oct-27/ </t>
+  </si>
+  <si>
+    <t>Live Webinar</t>
+  </si>
+  <si>
+    <t>$69 &amp; $89</t>
+  </si>
+  <si>
+    <t>Applied Ethics: The interpreter's Correction</t>
+  </si>
+  <si>
+    <t>1 -4 pm ET</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://athenaskyinterpreting.com/product/ethics-the-interpreters-correction-oct-6/ </t>
+  </si>
+  <si>
+    <t>Instructor-led webinar</t>
+  </si>
+  <si>
+    <t>Applying Critical Thinking and Ethical Decision Making</t>
+  </si>
+  <si>
+    <t>Fabiola Mufano</t>
+  </si>
+  <si>
+    <t>9:30am-10:30am MNT</t>
+  </si>
+  <si>
+    <t>arizona courts modules</t>
+  </si>
+  <si>
+    <t>AZ Courts through NCSC</t>
+  </si>
+  <si>
+    <t>variou</t>
+  </si>
+  <si>
+    <t>https://courses.ncsc.org/</t>
+  </si>
+  <si>
+    <t>free</t>
+  </si>
+  <si>
+    <t>Assault Rifles and Mass Shootings</t>
+  </si>
+  <si>
+    <t>Theodore W. Lewis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Various </t>
+  </si>
+  <si>
+    <t>Transinterpreting CE</t>
+  </si>
+  <si>
+    <t>Self-paced webinar</t>
+  </si>
+  <si>
+    <t>ATA 65th Annual Conference</t>
+  </si>
+  <si>
+    <t>American Translators Association</t>
+  </si>
+  <si>
+    <t>10/30 to 11/2, 2024</t>
+  </si>
+  <si>
+    <t>7:30 am to 5pm</t>
+  </si>
+  <si>
+    <t>https://www.atanet.org/ata65/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neutral/Spanish </t>
+  </si>
+  <si>
+    <t>Autopsies</t>
+  </si>
+  <si>
+    <t>Linguist Education Online</t>
+  </si>
+  <si>
+    <t>https://linguisteducationonline.com/training-courses/</t>
+  </si>
+  <si>
+    <t>$109-189</t>
+  </si>
+  <si>
+    <t>Bridging the Indigenous Interpreting Gap</t>
+  </si>
+  <si>
+    <t>Victor Sosa</t>
+  </si>
+  <si>
+    <t>California Sex Crime Laws and Terminology</t>
+  </si>
+  <si>
+    <t>1st Choice CIMCE Providers by ITA Workshop</t>
+  </si>
+  <si>
+    <t>Non-Instructor Led</t>
+  </si>
+  <si>
+    <t>California Classes (1stchoicecimce.com)</t>
+  </si>
+  <si>
+    <t>Cardiology</t>
+  </si>
+  <si>
+    <t>Gustavo Negrete</t>
+  </si>
+  <si>
+    <t>Certificado Avanzado en Intelidencia Artifiacial Para Traductores e Interpretes.</t>
+  </si>
+  <si>
+    <t>8/13/24 to 8/15/24</t>
+  </si>
+  <si>
+    <t>18:00 (CEST)</t>
+  </si>
+  <si>
+    <t>Certificado Avanzado en Inteligencia Artificial para traductores e (academiatraductores.com)</t>
+  </si>
+  <si>
+    <t>instructor-led webinar</t>
+  </si>
+  <si>
+    <t>Child Protective Services</t>
+  </si>
+  <si>
+    <t>Ricardo Abdel Aviles-Aviles</t>
+  </si>
+  <si>
+    <t>Child Protective Services language Spanish </t>
+  </si>
+  <si>
+    <t>Webinar 2/25/2024 to 2/25/2025</t>
+  </si>
+  <si>
+    <t>9am - 12pm PT</t>
+  </si>
+  <si>
+    <t>Instructor-led</t>
+  </si>
+  <si>
+    <t>CITA Annual Conference</t>
+  </si>
+  <si>
+    <t>Colorado Interpreters and Translators Association</t>
+  </si>
+  <si>
+    <t>9/6/24 to 9/7/24</t>
+  </si>
+  <si>
+    <t>9 am to 5 pm</t>
+  </si>
+  <si>
+    <t>2024 CITA Conference - Colorado Interpreters &amp; Translators Association (citacolorado.org)</t>
+  </si>
+  <si>
+    <t>$100 and $180</t>
+  </si>
+  <si>
+    <t>Civil Court Interpreting</t>
+  </si>
+  <si>
+    <t>Antonio Pelayo Lopez</t>
+  </si>
+  <si>
+    <t>Common Vehicle Code Violations and Terminology</t>
+  </si>
+  <si>
+    <t>Computer Literacy</t>
+  </si>
+  <si>
+    <t>Conference for Language Justice and Technology</t>
+  </si>
+  <si>
+    <t>American Bar Association and Seattle University</t>
+  </si>
+  <si>
+    <t>Webbinar/In person3/1/24 to 3/2/2024</t>
+  </si>
+  <si>
+    <t>2pm to 12pm PT</t>
+  </si>
+  <si>
+    <t>https://events.americanbar.org/event/3be86593-dc37-47df-a08a-05482a4994f5/summary</t>
+  </si>
+  <si>
+    <t>Congreso de Traduccion e Interpretacion San Jeronimo</t>
+  </si>
+  <si>
+    <t>Organizacion Mexicana de Traductores              Feria Internacional del Libro de Guadalajara</t>
+  </si>
+  <si>
+    <t>09:30am-7:30pm</t>
+  </si>
+  <si>
+    <t>Feria Internacional del Libro de Guadalajara (fil.com.mx)</t>
+  </si>
+  <si>
+    <t>Coonference</t>
+  </si>
+  <si>
+    <t>Connecting Ethics, Professionalism, and Research: A Practical Approach</t>
+  </si>
+  <si>
+    <t>11-1:30pm (ET)</t>
+  </si>
+  <si>
+    <t>SOSi Webinars | De la Mora
+(delamorainstitute.com)</t>
+  </si>
+  <si>
+    <t>Y</t>
+  </si>
+  <si>
+    <t>Webinar Online</t>
+  </si>
+  <si>
+    <t>Check with Company</t>
+  </si>
+  <si>
+    <t>Consecutive Interpretation Techniques</t>
+  </si>
+  <si>
+    <t>$169-249</t>
+  </si>
+  <si>
+    <t>Consecutive Interpreting: Techniques &amp; Skills</t>
+  </si>
+  <si>
+    <t>Anthony T. Rivas</t>
+  </si>
+  <si>
+    <t>Varous</t>
+  </si>
+  <si>
+    <t>http://nci.arizona.edu</t>
+  </si>
+  <si>
+    <t>Consecutive without Note-Taking</t>
+  </si>
+  <si>
+    <t>Eliane Sfeir-Markus</t>
+  </si>
+  <si>
+    <t>7:30 pm to 9 pm (ET)</t>
+  </si>
+  <si>
+    <t>Controlled Substances</t>
+  </si>
+  <si>
+    <t>Court Interpreter Ethics</t>
+  </si>
+  <si>
+    <t>Court Interpreter Master Class for all Languges</t>
+  </si>
+  <si>
+    <t>Athena Matilsky Virginia Valencia</t>
+  </si>
+  <si>
+    <t>Master Class (All Languages) - Athena Sky Interpreting</t>
+  </si>
+  <si>
+    <t>Court Interpreter Master Class for Spanish Interpreters</t>
+  </si>
+  <si>
+    <t>January-March 2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Check With Company </t>
+  </si>
+  <si>
+    <t>https://athenaskyinterpreting.com/master-class/</t>
+  </si>
+  <si>
+    <t>Up to 12</t>
+  </si>
+  <si>
+    <t>Court Interpreter Training Institute (Program)</t>
+  </si>
+  <si>
+    <t>Vasrious</t>
+  </si>
+  <si>
+    <t>Court vs. Medical Interpreter Ethics</t>
+  </si>
+  <si>
+    <t>Yvette Citizen, Irene Radillo, Anthony Rivas, Joshua Elliot, Carmen Patel</t>
+  </si>
+  <si>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Court-Ordered Mental Health Evaluations </t>
+  </si>
+  <si>
+    <t>Agustin De La Mora</t>
+  </si>
+  <si>
+    <t>https://de-la-mora-training.thinkific.com/courses/court-ordered-mental-health-evaluations</t>
+  </si>
+  <si>
+    <t>instructor-led</t>
+  </si>
+  <si>
+    <t>Crash Course: Memory Development for Interpreters  </t>
+  </si>
+  <si>
+    <t>Crash Course:Iinterpreting EKG Results  </t>
+  </si>
+  <si>
+    <t>Crime Scene Descriptions  Part I</t>
+  </si>
+  <si>
+    <t>Edgar Hidaldo Garcia</t>
+  </si>
+  <si>
+    <t>Crimes Against Person &amp; Unattended Death Investigations</t>
+  </si>
+  <si>
+    <t>Criminal Justice System</t>
+  </si>
+  <si>
+    <t>Cyber Buzz.8</t>
+  </si>
+  <si>
+    <t>American Pie Seminars</t>
+  </si>
+  <si>
+    <t>Hortensia (Tensi) Torres-Comas</t>
+  </si>
+  <si>
+    <t>www.pieseminars.com</t>
+  </si>
+  <si>
+    <t>Cyber en Español.8</t>
+  </si>
+  <si>
+    <t>Cyber Ethics.8</t>
+  </si>
+  <si>
+    <t>Cyber Ethics.8(a)</t>
+  </si>
+  <si>
+    <t>Cyber Lex.8</t>
+  </si>
+  <si>
+    <t>Cyber Mix.8</t>
+  </si>
+  <si>
+    <t>Cyber RX.8</t>
+  </si>
+  <si>
+    <t>Cyber RX.8 (a)</t>
+  </si>
+  <si>
+    <t>Cyber Vocab.8</t>
+  </si>
+  <si>
+    <t>Data Dives - Capturing the Potential of GIS to Explore Legal Deserts</t>
+  </si>
+  <si>
+    <t>National Center for State Courts</t>
+  </si>
+  <si>
+    <t>Gretchen Hornberger and Bob Rath</t>
+  </si>
+  <si>
+    <t>3 pm to 4 pm (ET)</t>
+  </si>
+  <si>
+    <t>https://www.ncsc.org/</t>
+  </si>
+  <si>
+    <t>Demystifying Orthopedics Part 1</t>
+  </si>
+  <si>
+    <t>Demystifying Orthopedics Part 2</t>
+  </si>
+  <si>
+    <t>Demystifying Orthopedics Part 3</t>
+  </si>
+  <si>
+    <t>Demystifying Orthopedics Part 4 </t>
+  </si>
+  <si>
+    <t>Depositions in Workers Comp</t>
+  </si>
+  <si>
+    <t>Depositions Insurance &amp; Financial  terminology (Neutral)</t>
+  </si>
+  <si>
+    <t>305 Interpreters</t>
+  </si>
+  <si>
+    <t>Maribel Alonso</t>
+  </si>
+  <si>
+    <t>various starting 2/4/ 2024</t>
+  </si>
+  <si>
+    <t>https://305interpreters.com/</t>
+  </si>
+  <si>
+    <t>Depositions Insurance &amp; Financial  terminology (Spanish)</t>
+  </si>
+  <si>
+    <t>Depositions Part 1</t>
+  </si>
+  <si>
+    <t>https://305interpreters.com</t>
+  </si>
+  <si>
+    <t>Depositions Part 2</t>
+  </si>
+  <si>
+    <t>DNA. Expert Witness Series</t>
+  </si>
+  <si>
+    <t>https://gso-services.teachable.com/p/dna</t>
+  </si>
+  <si>
+    <t>Domestic Violence</t>
+  </si>
+  <si>
+    <t>https://gsoservices.net/</t>
+  </si>
+  <si>
+    <t>3/8/2025, 11/8/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8am to 1pm </t>
+  </si>
+  <si>
+    <t>Drug Terminology</t>
+  </si>
+  <si>
+    <t>DUI 101</t>
+  </si>
+  <si>
+    <t>Codex Consulting, LLC</t>
+  </si>
+  <si>
+    <t>Sylvia Gaylord</t>
+  </si>
+  <si>
+    <t>10am-1pm</t>
+  </si>
+  <si>
+    <t>www.codexconsulting.net</t>
+  </si>
+  <si>
+    <t>DUI and Other Traffic Misdemeanors</t>
+  </si>
+  <si>
+    <t>DUI Training for Interpreters</t>
+  </si>
+  <si>
+    <t>James Plunkett</t>
+  </si>
+  <si>
+    <t>https://de-la-mora-training.thinkific.com/courses/DUI-Training-for-Interpreters</t>
+  </si>
+  <si>
+    <t>DUI, DWI, OUI, OWI Terminology</t>
+  </si>
+  <si>
+    <t>DUI, DWI, OUI, OWI terminology Spanish  </t>
+  </si>
+  <si>
+    <t>DUIs &amp; Field Sobriety Test</t>
+  </si>
+  <si>
+    <t>8/24 &amp; 8/25/2024</t>
+  </si>
+  <si>
+    <t>9am to 12:00pm (MT) Each day</t>
+  </si>
+  <si>
+    <t>DUIs &amp; Field Sobriety Test. Expert Witness Series  III</t>
+  </si>
+  <si>
+    <t>Effective Judicial Intervention for Underage Drinking</t>
+  </si>
+  <si>
+    <t>ncsc.org</t>
+  </si>
+  <si>
+    <t>El Abuso Emocional No Tiene Edad, Emotional Abuse Has No Age Limit</t>
+  </si>
+  <si>
+    <t>Colorado Language Connection</t>
+  </si>
+  <si>
+    <t>Samantha Hoskinson</t>
+  </si>
+  <si>
+    <t>11am-2pm</t>
+  </si>
+  <si>
+    <t>www.ColoradoLanguageConnection.org</t>
+  </si>
+  <si>
+    <t>Elegant Solutions to Interpreter Challenges (Ethics)</t>
+  </si>
+  <si>
+    <t>various, starting 10/21/2024</t>
+  </si>
+  <si>
+    <t>6pm -9pm (PT)</t>
+  </si>
+  <si>
+    <t>Elements of Legal Interpreting</t>
+  </si>
+  <si>
+    <t>Katty Kauffman</t>
+  </si>
+  <si>
+    <t>https://verbavolantlsp.com/legal/</t>
+  </si>
+  <si>
+    <t>9:30-10:30 MST</t>
+  </si>
+  <si>
+    <t>Emerging Crimes</t>
+  </si>
+  <si>
+    <t>Empowered by Theory: Cokely's Sociolinguistic Model of Interpreting</t>
+  </si>
+  <si>
+    <t>T360nBeyond</t>
+  </si>
+  <si>
+    <t>Emily Sielen</t>
+  </si>
+  <si>
+    <t>5 pm to 7 pm
+(MTN)</t>
+  </si>
+  <si>
+    <t>https://lp.constantcontactpages.com/</t>
+  </si>
+  <si>
+    <t>Enhancing Consecutive Interpretation: Techniques for Improved Accuracy</t>
+  </si>
+  <si>
+    <t>Agustine De La Mora</t>
+  </si>
+  <si>
+    <t>June 27th &amp; July 25th 2024</t>
+  </si>
+  <si>
+    <t>7:30pm - 9pm ET</t>
+  </si>
+  <si>
+    <t>DMWE24-06: Enhancing Consecutive Interpretation: Techniques for Improved Accuracy: Part 1 (thinkific.com)</t>
+  </si>
+  <si>
+    <t>Ethical Considerations for Interpreters</t>
+  </si>
+  <si>
+    <t>Ethics for Court Interpreters</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carola Green </t>
+  </si>
+  <si>
+    <t>https://de-la-mora-training.thinkific.com/courses/ethics-for-court-interpreters</t>
+  </si>
+  <si>
+    <t>Ethics I</t>
+  </si>
+  <si>
+    <t>Various Starting 5/25/2027</t>
+  </si>
+  <si>
+    <t>Ethics II</t>
+  </si>
+  <si>
+    <t>Various Starting 5/25/2024</t>
+  </si>
+  <si>
+    <t>Ethics of Generative AI - A Guide for Judges and Legal Professionals</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David Sachar and Carter Cousineau</t>
+  </si>
+  <si>
+    <t>1 pm to 2 pm( ET)</t>
+  </si>
+  <si>
+    <t>Ethics on the line: Professional Standars for he 21st Century</t>
+  </si>
+  <si>
+    <t>https://delamorainstitute.com/sosi</t>
+  </si>
+  <si>
+    <t>Eviction 101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Colorado Poverty Law Project </t>
+  </si>
+  <si>
+    <t>12PM-1PM</t>
+  </si>
+  <si>
+    <t>Eviction and Housing Legal Help | Colorado Poverty Law Project (copovertylawproject.org)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evidence </t>
+  </si>
+  <si>
+    <t>Expert Witness Series: Forensic Entomologist</t>
+  </si>
+  <si>
+    <t>Federal  Terminology  and Practice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ana Toro-Greiner </t>
+  </si>
+  <si>
+    <t>https://de-la-mora-training.thinkific.com/courses/federal-terminology-and-practice-webinar</t>
+  </si>
+  <si>
+    <t>Federal Court Interpreting Training Program</t>
+  </si>
+  <si>
+    <t>MITS- Medical Interpreting Training School</t>
+  </si>
+  <si>
+    <t>courtinterpreterschool.com</t>
+  </si>
+  <si>
+    <t>5 per course</t>
+  </si>
+  <si>
+    <t>Instructor-led and on-demand</t>
+  </si>
+  <si>
+    <t>Federal Oral Exam Training Program</t>
+  </si>
+  <si>
+    <t>Interpretrain</t>
+  </si>
+  <si>
+    <t>Virginia Valencia</t>
+  </si>
+  <si>
+    <t>info@interpretrain.com</t>
+  </si>
+  <si>
+    <t>instructor-led and on-demand</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Federal Written </t>
+  </si>
+  <si>
+    <t>Édgar Hidalgo García, Gary Curtis, &amp; Cecilia Jijón</t>
+  </si>
+  <si>
+    <t>Firearms &amp; Ballistics</t>
+  </si>
+  <si>
+    <t>10/26 &amp; 10/27/2024</t>
+  </si>
+  <si>
+    <t>9am to 1pm (MT) Each day</t>
+  </si>
+  <si>
+    <t>Firearms and Ballistics</t>
+  </si>
+  <si>
+    <t>Firearms and Ballistics. Expert Witness Series I.</t>
+  </si>
+  <si>
+    <t>For Interpreters: Navigating Mental in Med-legal &amp; Legal Settings</t>
+  </si>
+  <si>
+    <t>Ricardo Abdel Aviles Aviles</t>
+  </si>
+  <si>
+    <t>4/26/2025 to 4/26/2026</t>
+  </si>
+  <si>
+    <t>9a-12pm (PST)</t>
+  </si>
+  <si>
+    <t>www.transpinterpreting.com</t>
+  </si>
+  <si>
+    <t>Online Webinar</t>
+  </si>
+  <si>
+    <t>Forensic Expert Testimony 1</t>
+  </si>
+  <si>
+    <t>Jacobo Gallegos Interpreting</t>
+  </si>
+  <si>
+    <t>Forensic Testimony 1</t>
+  </si>
+  <si>
+    <t>Forensic Testimony 2</t>
+  </si>
+  <si>
+    <t>Forensic Testimony 3</t>
+  </si>
+  <si>
+    <t>Forensics I: Firearms</t>
+  </si>
+  <si>
+    <t>Various Starting 5/4/2024</t>
+  </si>
+  <si>
+    <t>Forensics II: Crime Scene Investigation</t>
+  </si>
+  <si>
+    <t>Various Starting 5/5/2024</t>
+  </si>
+  <si>
+    <t>Forensics III: Firearm and Tool Mark Examination</t>
+  </si>
+  <si>
+    <t>Various Starting 5/11/2024</t>
+  </si>
+  <si>
+    <t>Forensics IV: Anthropology</t>
+  </si>
+  <si>
+    <t>Various Starting 5/12/2024</t>
+  </si>
+  <si>
+    <t>Forensics V: Pathology, Entomology</t>
+  </si>
+  <si>
+    <t>Various Starting 5/18/2024</t>
+  </si>
+  <si>
+    <t>Fundamentals of AI in the U.S. Court System</t>
+  </si>
+  <si>
+    <t>Jake Heller &amp; Jake Oorway</t>
+  </si>
+  <si>
+    <t>11 am (MNT)</t>
+  </si>
+  <si>
+    <t>Webinar: Fundamentals of AI in the U.S. Court System | NCSC</t>
+  </si>
+  <si>
+    <t>Fundamentals of Translation I, II &amp; III</t>
+  </si>
+  <si>
+    <t>Various                   Self-Pace</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fundamentals of Translation I, II &amp; III </t>
+  </si>
+  <si>
+    <t>Grabbing Sight By The Horns Part 1</t>
+  </si>
+  <si>
+    <t>Grabbing Sight By The Horns Part 2</t>
+  </si>
+  <si>
+    <t>Gynecology Part 1: The Initial Encounter</t>
+  </si>
+  <si>
+    <t>Gynecology Part 2: Screening &amp; Diagnostics Tests</t>
+  </si>
+  <si>
+    <t>Gynecology Part 3: Pregnancy Pathologies</t>
+  </si>
+  <si>
+    <t>Handgun Terminology</t>
+  </si>
+  <si>
+    <t>Julie Drucker and Michele Stevens</t>
+  </si>
+  <si>
+    <t>Various starting 10/7/2024</t>
+  </si>
+  <si>
+    <t>Healthcare Terminology Bootcamp</t>
+  </si>
+  <si>
+    <t>HIPAA Compliance</t>
+  </si>
+  <si>
+    <t>HIPAA For The Interpreneur</t>
+  </si>
+  <si>
+    <t>How to Interpret Legal Citations</t>
+  </si>
+  <si>
+    <t>11a-1:30pm (ET)</t>
+  </si>
+  <si>
+    <t>Live Online Webinar</t>
+  </si>
+  <si>
+    <t>How to Prepare for Oral Decisions Using Addenda of Law</t>
+  </si>
+  <si>
+    <t>12-2:30pm (ET)</t>
+  </si>
+  <si>
+    <t>How to Understand and Interpret Bond Proceedings</t>
+  </si>
+  <si>
+    <t>Andrew Bahr</t>
+  </si>
+  <si>
+    <t>11am-1:30 pm</t>
+  </si>
+  <si>
+    <t>SOSi Webinars | De la Mora (delamorainstitute.com)</t>
+  </si>
+  <si>
+    <t>HR &amp; Workplace Terminology</t>
+  </si>
+  <si>
+    <t>Human Trafficking Case Work</t>
+  </si>
+  <si>
+    <t>Webinar 3/16/2024 to 3/16/2025</t>
+  </si>
+  <si>
+    <t>Human Trafficking Case Work Neutral  </t>
+  </si>
+  <si>
+    <t>Immigration I: Understanding the System</t>
+  </si>
+  <si>
+    <t>Immigration II: Terminology</t>
+  </si>
+  <si>
+    <t>Improving Simultaneous</t>
+  </si>
+  <si>
+    <t>Intellectual Property Law</t>
+  </si>
+  <si>
+    <t>Interpreter Ethics in Virtual Settings</t>
+  </si>
+  <si>
+    <t>Interpreters 4 Agreements</t>
+  </si>
+  <si>
+    <t>https://de-la-mora-training.thinkific.com/courses/interpreters-4-agreement</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Instructor led </t>
+  </si>
+  <si>
+    <t>Interpreters and Language Access Policy: Developments at the Federal, State, and Local Levels</t>
+  </si>
+  <si>
+    <t>Cross-Cultural Communications</t>
+  </si>
+  <si>
+    <t>Jacob Hofstetter</t>
+  </si>
+  <si>
+    <t>8:30 am (PT)</t>
+  </si>
+  <si>
+    <t>Interpreter's Blueprint Part I</t>
+  </si>
   <si>
     <t>Interpreting Criminal Law into Spanish Equivalency, Technical &amp; Ethical Conciderations</t>
   </si>
   <si>
     <t>(CCIO) Community and Court Interpreters of Ohio</t>
   </si>
   <si>
     <t>Sandro Tomasi</t>
   </si>
   <si>
     <t>10:00am-1:15 pm ET</t>
   </si>
   <si>
     <t>EVENTS | ccio</t>
   </si>
   <si>
-    <t>N</t>
-[...428 lines deleted...]
-    <t>free</t>
+    <t>Interpreting Fentanyl  Cases &amp; Appeals</t>
+  </si>
+  <si>
+    <t>Dr.  Jose Leon Varela-Ibarra</t>
+  </si>
+  <si>
+    <t>Dr. Jose Leon Varela-Ibarra</t>
+  </si>
+  <si>
+    <t>8-9:45am (EST)</t>
+  </si>
+  <si>
+    <t>https://josevarelaibarra.gumroad.com/l/ldycv</t>
+  </si>
+  <si>
+    <t>Live Zoom</t>
+  </si>
+  <si>
+    <t>Interpreting For 911</t>
+  </si>
+  <si>
+    <t>Interpreting for Domestic Violence and Assault Cases</t>
+  </si>
+  <si>
+    <t>Interpreting for Juvenile Justice Proceedings</t>
+  </si>
+  <si>
+    <t>Interpreting for Mental Health Matters</t>
+  </si>
+  <si>
+    <t>Frida Blum, 
+Giovanna Wormsbecker</t>
+  </si>
+  <si>
+    <t>Self-paced Course</t>
   </si>
   <si>
     <t>Interpreting for Postpartum Depression; symptoms, treatment, medication</t>
   </si>
   <si>
     <t>CLC Colorado Language Connection</t>
   </si>
   <si>
-    <t>Samantha Hoskinson</t>
-[...1 lines deleted...]
-  <si>
     <t>11am-12pm MNT</t>
   </si>
   <si>
     <t>WORKSHOP FOR INTERPRETERS | coloradolanguage (coloradolanguageconnection.org)</t>
   </si>
   <si>
     <t>Workshop</t>
   </si>
   <si>
     <t>Neutral/Spanish emphasis</t>
   </si>
   <si>
+    <t>Interpreting for Psychiatric Interviews - Spanish &amp; English</t>
+  </si>
+  <si>
+    <t>University of Arizona</t>
+  </si>
+  <si>
+    <t>Maria Carla Faccini</t>
+  </si>
+  <si>
+    <t>11 am to 2 pm</t>
+  </si>
+  <si>
+    <t>nci.arizona.edu</t>
+  </si>
+  <si>
+    <t>Interpreting for Victims/Witnesses of Sexual Crimes</t>
+  </si>
+  <si>
+    <t>Various starting 12/7/2024-12/7/2025</t>
+  </si>
+  <si>
+    <t>9am to 12pm (PST)</t>
+  </si>
+  <si>
+    <t>https://transinterpreting.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> English/Spanish</t>
+  </si>
+  <si>
+    <t>Interpreting for 911: Trauma Assessment and Equipment</t>
+  </si>
+  <si>
+    <t>Interpreting 911 - Trauma Assessment &amp; Equipment | Live | Neutral (transinterpreting.com)</t>
+  </si>
+  <si>
     <t>Interpreting in Criminal Jury Trials</t>
   </si>
   <si>
-    <t>Codex Consulting, LLC</t>
-[...4 lines deleted...]
-  <si>
     <t>10am to 1pm MT</t>
   </si>
   <si>
     <t>Continuing Education – Codex Consulting</t>
   </si>
   <si>
-    <t>DUI 101</t>
-[...44 lines deleted...]
-    <t xml:space="preserve">Trial By Jury </t>
+    <t>Interpreting In Education Part I</t>
+  </si>
+  <si>
+    <t>Interpreting in Education Part II</t>
+  </si>
+  <si>
+    <t>Interpreting in Education Part III</t>
+  </si>
+  <si>
+    <t>Interpreting in Emergency Settings</t>
+  </si>
+  <si>
+    <t>Enith M. Valdes-Ortiz</t>
+  </si>
+  <si>
+    <t>https://linguisteducationonline.com/interpreting-in-emergency-settings/</t>
+  </si>
+  <si>
+    <t>Interpreting in Immigration Settings</t>
+  </si>
+  <si>
+    <t>Intro to Machine Translation Post-Editing (MTPE)</t>
+  </si>
+  <si>
+    <t>10am to 2pm (PST)</t>
+  </si>
+  <si>
+    <t>https://online.arizona.edu</t>
+  </si>
+  <si>
+    <t>Virtual Event</t>
+  </si>
+  <si>
+    <t>Introduction to Forensic Linguistics</t>
+  </si>
+  <si>
+    <t>Silvia San Martin</t>
+  </si>
+  <si>
+    <t>9am-12pm PT</t>
+  </si>
+  <si>
+    <t>Irreplaceable Interpreters: Standing Out in the Age of AI</t>
+  </si>
+  <si>
+    <t>Andrea Henry</t>
+  </si>
+  <si>
+    <t>1pm (ET)</t>
+  </si>
+  <si>
+    <t>https://linguisteducationonline.com/irreplaceable-interpreters/</t>
+  </si>
+  <si>
+    <t>Jack Of All Trades, Master Of Some Language Neutral</t>
+  </si>
+  <si>
+    <t>instructor-led webinar &amp;f</t>
+  </si>
+  <si>
+    <t>Jack Of All Trades, Master Of Some -Spanish</t>
+  </si>
+  <si>
+    <t>Jerga de las Americas: Costa Rica</t>
+  </si>
+  <si>
+    <t>Jerga de las Américas: Costa Rica | Self-Paced Course | Spanish (transinterpreting.com)</t>
+  </si>
+  <si>
+    <t>Jerga de las Americas: El Salvador</t>
+  </si>
+  <si>
+    <t>JPOD Tips and Tricks</t>
   </si>
   <si>
     <t>Colorado Judicial</t>
   </si>
   <si>
     <t>Multiple</t>
   </si>
   <si>
-    <t>8:30 am to 10:30 am</t>
+    <t xml:space="preserve">2pm t 3 pm </t>
   </si>
   <si>
     <t>Judicial LMS: Home (sabacloud.com)</t>
   </si>
   <si>
     <t>Virtual Training</t>
   </si>
   <si>
-    <t>Free</t>
-[...1016 lines deleted...]
-    <t>Webinar: Fundamentals of AI in the U.S. Court System | NCSC</t>
+    <t>Juliana Maio-Cardenas' self-study. 2021 CITI</t>
+  </si>
+  <si>
+    <t>Online</t>
   </si>
   <si>
     <t>Legal Advice vs. Legal Information - A Court Staff Essential</t>
   </si>
   <si>
-    <t>Danielle Hirsch, Pamela Ortiz and</t>
+    <t>Danielle Hirsch, Pamela Ortiz and
+Rob Wall</t>
   </si>
   <si>
     <t>3 to 4 pm (ET)</t>
   </si>
   <si>
-    <t>https://www.ncsc.org/</t>
-[...367 lines deleted...]
-  <si>
     <t>Legal Translation (Spanish/English)</t>
   </si>
   <si>
     <t>10 am to 1 pm (PST)</t>
   </si>
   <si>
     <t>https://online.arizona.edu/</t>
   </si>
   <si>
     <t>Spanish/English</t>
-  </si>
-[...658 lines deleted...]
-    <t>7:30 - 9pm (ET)</t>
   </si>
   <si>
     <t>LEO's 11th International Virtual Conference: Elevate Your Human Game!</t>
   </si>
   <si>
     <t>6/19-20, 2025</t>
   </si>
   <si>
     <t>11-5pm (EDT), 6/19
 11-6:05pm (EDT), 6/20</t>
   </si>
   <si>
+    <t>https://linguisteducationonline.com/</t>
+  </si>
+  <si>
+    <t>Instructor-Live  Virtual Online</t>
+  </si>
+  <si>
+    <t>Life Behind Bars</t>
+  </si>
+  <si>
+    <t>Various Starting 7/29/2024</t>
+  </si>
+  <si>
+    <t>Linguists Collective Conference &amp; Celebration of International Mother Language Day</t>
+  </si>
+  <si>
+    <t>Interpreting and Translation Linguists Collective (LC)</t>
+  </si>
+  <si>
+    <t>9:30 London Time</t>
+  </si>
+  <si>
+    <t>Conference Home - Linguists Collective Conference &amp; International Mother Language Day IMLD Celebration</t>
+  </si>
+  <si>
+    <t>Live Online FCICE Oral Exam Prep</t>
+  </si>
+  <si>
+    <t>https://delamorainstitute.com/catalog</t>
+  </si>
+  <si>
+    <t>Live Online Written Exam Prep</t>
+  </si>
+  <si>
+    <t>De La Mora Institute</t>
+  </si>
+  <si>
+    <t>Sean McCarthy</t>
+  </si>
+  <si>
+    <t>Various starting 3/24/2025</t>
+  </si>
+  <si>
+    <t>7:30 - 9pm (ET)</t>
+  </si>
+  <si>
+    <t>https://de-la-mora-training/</t>
+  </si>
+  <si>
+    <t>Instructor-led Live Online</t>
+  </si>
+  <si>
+    <t>Los Dialectos Sociales, ¿cómo los traduzco si no los entiendo?</t>
+  </si>
+  <si>
+    <t>Angelicaramirez.com</t>
+  </si>
+  <si>
+    <t>Georganne Weller &amp; Angelica Ramirez</t>
+  </si>
+  <si>
+    <t>8/10/2024 &amp; 8/17/2024</t>
+  </si>
+  <si>
+    <t>11:30 to 1:30pm (UTC-6)</t>
+  </si>
+  <si>
+    <t>hola@angelicaramirez.com.mx</t>
+  </si>
+  <si>
+    <t>$2,000 MXN</t>
+  </si>
+  <si>
+    <t>Machinery, Tools, and Equipment</t>
+  </si>
+  <si>
+    <t>Managing Requests to Interpret Non-English Evidence</t>
+  </si>
+  <si>
+    <t>Judicial Department State of Oregon</t>
+  </si>
+  <si>
+    <t>Patti Anda, Jose Torres, Jess Kincaid</t>
+  </si>
+  <si>
+    <t>5:30 to 7:30 pm (PT)</t>
+  </si>
+  <si>
+    <t>September 18th Ethics Webinar Registration Survey (surveymonkey.com)</t>
+  </si>
+  <si>
+    <t>Mastering Depositions Part I</t>
+  </si>
+  <si>
+    <t>Mastering Depositions Part II</t>
+  </si>
+  <si>
+    <t>9-11 am</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     www.transinterpreting.com</t>
+  </si>
+  <si>
+    <t>MATI 21st Annual Conference</t>
+  </si>
+  <si>
+    <t>MATI (Midwest Association of Translators &amp; Interpreters)</t>
+  </si>
+  <si>
+    <t>9am to  pm (CDT)</t>
+  </si>
+  <si>
+    <t>https://www.matiata.org</t>
+  </si>
+  <si>
+    <t>In person</t>
+  </si>
+  <si>
+    <t>Neautral</t>
+  </si>
+  <si>
+    <t>Mattering</t>
+  </si>
+  <si>
+    <t>6Pm to 9pm (PT)</t>
+  </si>
+  <si>
+    <t>WWW.THECOURTINTERPRETERS.COM</t>
+  </si>
+  <si>
+    <t>Mediation for Interpreters</t>
+  </si>
+  <si>
+    <t>Medical Interpreter Safety during Encounters  </t>
+  </si>
+  <si>
+    <t>Medical Malpractice for Court and Medical Interpreters</t>
+  </si>
+  <si>
+    <t>9am-12:00pm Pacific</t>
+  </si>
+  <si>
+    <t>Webbinar</t>
+  </si>
+  <si>
+    <t>Meditation (Interpreter Self-care Through Meditation) </t>
+  </si>
+  <si>
+    <t>Aida Taracena</t>
+  </si>
+  <si>
+    <t>Memorizing Interpreter Vocabulary</t>
+  </si>
+  <si>
+    <t>Texan Translation</t>
+  </si>
+  <si>
+    <t>Hanson Marco</t>
+  </si>
+  <si>
+    <t>10am- 12pm</t>
+  </si>
+  <si>
+    <t>Certified Translations - Texan Translation</t>
+  </si>
+  <si>
+    <t>Mental Health Disorders Part 1</t>
+  </si>
+  <si>
+    <t>Mental Health Disorders Part 2</t>
+  </si>
+  <si>
+    <t>Mental Health Intepreting: Unique Challenges, Practical Solutions</t>
+  </si>
+  <si>
+    <t>Ariana Aguilar</t>
+  </si>
+  <si>
+    <t>https://delamorainstitute.com/ceu/</t>
+  </si>
+  <si>
+    <t>Mental Health Management for Interpreters</t>
+  </si>
+  <si>
+    <t>11am-1:30pm ET</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Menthal Health Disorders and Criminal Behaviours </t>
+  </si>
+  <si>
+    <t>Nicole Basiewicz</t>
+  </si>
+  <si>
+    <t>https://de-la-mora-training.thinkific.com/courses/mental-health-disorders-criminal-behavior</t>
+  </si>
+  <si>
+    <t>Mexican Slang Workshops1</t>
+  </si>
+  <si>
+    <t>AVPTranslations, LLC</t>
+  </si>
+  <si>
+    <t>Jorge M. Espinosa</t>
+  </si>
+  <si>
+    <t>Various Starting 10/17/2024</t>
+  </si>
+  <si>
+    <t>5:30-7:30 pm (MT)</t>
+  </si>
+  <si>
+    <t>https://avptranslations.com</t>
+  </si>
+  <si>
+    <t>Mexican Slang Workshops2</t>
+  </si>
+  <si>
+    <t>Mexican Slang Workshops3</t>
+  </si>
+  <si>
+    <t>Fall 2024 Mini Law School: The 2024 Election (salesforce-sites.com)</t>
+  </si>
+  <si>
+    <t>02/12/2025 to 03/05/2025</t>
+  </si>
+  <si>
+    <t>every Wednesday, 6-7:30pm (MDT)</t>
+  </si>
+  <si>
+    <t>https://www.colorado.edu/law/academics/mini-law-school</t>
+  </si>
+  <si>
+    <t>Mini-Webinar: Medical Terminology (Self-study)</t>
+  </si>
+  <si>
+    <t>MS-13</t>
+  </si>
+  <si>
+    <t>Various starting 6/19/24</t>
+  </si>
+  <si>
+    <t>Murder Law and Trial</t>
+  </si>
+  <si>
+    <t>Various Staarting 7/47/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAJIT 45 Annual Conference Main Conference  </t>
+  </si>
+  <si>
+    <t>NAJIT</t>
+  </si>
+  <si>
+    <t>May 18-19, 2024</t>
+  </si>
+  <si>
+    <t>6am-5pm</t>
+  </si>
+  <si>
+    <t>Schedule at a Glance - NAJIT</t>
+  </si>
+  <si>
+    <t>In person Worshop</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAJIT 45th Annual Conference Pre-conference workshop </t>
+  </si>
+  <si>
+    <t>8am-7:30pm</t>
+  </si>
+  <si>
+    <t>NAJIT 46th Annual Conference:  Main Conference Program</t>
+  </si>
+  <si>
+    <t>6/6-8/2025</t>
+  </si>
+  <si>
+    <t>Multiple schedules</t>
+  </si>
+  <si>
+    <t>https://najit.org/</t>
+  </si>
+  <si>
+    <t>In person Main Conference</t>
+  </si>
+  <si>
     <t>NAJIT 46th Annual Conference:  Pre-Conference Workshops Program</t>
   </si>
   <si>
-    <t>Multiple schedules</t>
-[...10 lines deleted...]
-  <si>
     <t>https://najit.org</t>
   </si>
   <si>
-    <t>https://najit.org/</t>
-[...20 lines deleted...]
-    <t>11 am to 2 pm</t>
+    <t>Navigating AI in Court Systems: Ethics, Legal Frameworks, and Practical Tools</t>
+  </si>
+  <si>
+    <t>David Sachar and Carter Cousineau</t>
+  </si>
+  <si>
+    <t>1pm ET</t>
+  </si>
+  <si>
+    <t>Navigating Ethical Codes: Judiciary vs Medical Interpreters</t>
+  </si>
+  <si>
+    <t>Maria Ceballos-Wallis</t>
+  </si>
+  <si>
+    <t>4/24/24 &amp; 5/23/24</t>
+  </si>
+  <si>
+    <t>7:30pm-p:00pm</t>
+  </si>
+  <si>
+    <t>https://de-la-mora-training.thinkific.com/courses/dmwe24-04-navigating-ethical-codes-judiciary-vs-medicalinterpreters-part-1</t>
+  </si>
+  <si>
+    <t>Navigating Language Industry Evolution</t>
+  </si>
+  <si>
+    <t>June 20-21 2024</t>
+  </si>
+  <si>
+    <t>8am-3:05pm</t>
+  </si>
+  <si>
+    <t>LEO 9th Conference for Interpreters and Translators - Linguist Education Online</t>
+  </si>
+  <si>
+    <t>Virtual Conference</t>
+  </si>
+  <si>
+    <t>$85-$95</t>
+  </si>
+  <si>
+    <t>Navigating Language Industry Evolution, Winter Edition.</t>
+  </si>
+  <si>
+    <t>12/5 &amp; 12/6</t>
+  </si>
+  <si>
+    <t>8am-3:05pm PST</t>
+  </si>
+  <si>
+    <t>https://linguisteducationonline.com/leo10-agenda</t>
+  </si>
+  <si>
+    <t>Navigating Latin American Slang</t>
+  </si>
+  <si>
+    <t>Navigating Latin American Slang | Self-Paced Course | Spanish (transinterpreting.com)</t>
+  </si>
+  <si>
+    <t>New Mexico Translators &amp; Interpreters Association (NMTI) 2024 Conference</t>
+  </si>
+  <si>
+    <t>3/1 to 3/3/2024</t>
+  </si>
+  <si>
+    <t>8:00am to 5pm</t>
+  </si>
+  <si>
+    <t>https://nmtia.net/conference/</t>
+  </si>
+  <si>
+    <t>New Technologies for Interpreters</t>
+  </si>
+  <si>
+    <t>Anthony Valle, Johanna Valle, &amp; Edgar Hidalgo Garcia</t>
+  </si>
+  <si>
+    <t>Notable Notes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1-4pm EST </t>
+  </si>
+  <si>
+    <t>Notable Notes Sun April 21 - Athena Sky Interpreting</t>
+  </si>
+  <si>
+    <t>Early bird $69                 Regular $89</t>
   </si>
   <si>
     <t xml:space="preserve">Note Taking 101 </t>
   </si>
   <si>
+    <t>De La Mora Institute of Interpretation</t>
+  </si>
+  <si>
     <t>Aquilla Alowonle</t>
   </si>
   <si>
+    <t>SPNT21-21: Note-Taking 101</t>
+  </si>
+  <si>
+    <t>https://de-la-mora-training.thinkific.com/courses/note-taking-for-interpreters-webinar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Note-Taking </t>
+  </si>
+  <si>
+    <t>Note-Taking Techniques</t>
+  </si>
+  <si>
+    <t>NOTIS 2024 Annual Conference Schedule</t>
+  </si>
+  <si>
+    <t>NOTIS - Northwest Translators &amp; Interpreters Society</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8:45 am to 5:30pm </t>
+  </si>
+  <si>
+    <t>Northwest Translators and Interpreters Society - NOTIS Annual Conference 2024 (notisnet.org)</t>
+  </si>
+  <si>
+    <t>Nutrition Consultations </t>
+  </si>
+  <si>
+    <t>Laura Peña</t>
+  </si>
+  <si>
+    <t>Orthopedic Terminology</t>
+  </si>
+  <si>
+    <t>Paremiology: The Study of Proverbs</t>
+  </si>
+  <si>
+    <t>Partnering When Challenging Information is Discussed: Maximizing the Role of Interpreters During Child Abuse Reporting with Immigrant and Refugee Communities</t>
+  </si>
+  <si>
+    <t>Dr. Laura Ramzy &amp; Dr. Brigitte McClellan</t>
+  </si>
+  <si>
+    <t>11am to 2</t>
+  </si>
+  <si>
+    <t>In person/Virtual Workshop</t>
+  </si>
+  <si>
+    <t>Performance Indicators and Data-Driven Decision-Making in U.S. Prosecutors' Offices</t>
+  </si>
+  <si>
+    <t>Codex Consulting, LLC.</t>
+  </si>
+  <si>
+    <t>Ronald Wright</t>
+  </si>
+  <si>
+    <t>6:30 pm to 8:30pm
+(Argentina Time)</t>
+  </si>
+  <si>
+    <t>codex-consulting.net</t>
+  </si>
+  <si>
+    <t>Physical Evidence</t>
+  </si>
+  <si>
+    <t>Police Interview &amp; Investigations techniques, Body Language and Statement Analysis Terminology</t>
+  </si>
+  <si>
+    <t>Victor Feliciano</t>
+  </si>
+  <si>
+    <t>8 am to 3:00 pm (PST)</t>
+  </si>
+  <si>
+    <t>Proceedings in Juvenile Court Language Neutral</t>
+  </si>
+  <si>
+    <t>Proceedings in Juvenile Court- Spanish</t>
+  </si>
+  <si>
+    <t>instrutor-led webinar &amp; self-paced course</t>
+  </si>
+  <si>
+    <t>Psychiatric Advanced Directives - A New Mental Health Crisis Tool</t>
+  </si>
+  <si>
+    <t>Dr. Marvin Swartz</t>
+  </si>
+  <si>
+    <t>12 pm to 1pm (ET)</t>
+  </si>
+  <si>
+    <t>Race, Power and Privilege 3 parts series</t>
+  </si>
+  <si>
+    <t>MATI</t>
+  </si>
+  <si>
+    <t>Michel Pinzl &amp; Dr. Ganados</t>
+  </si>
+  <si>
+    <t>matiata.org</t>
+  </si>
+  <si>
+    <t>Real Estate Terminology  </t>
+  </si>
+  <si>
+    <t>Refining Simultaneous</t>
+  </si>
+  <si>
+    <t>Remote Interpretatios Part 1</t>
+  </si>
+  <si>
+    <t>Remote Interpretatios Part 2</t>
+  </si>
+  <si>
+    <t>Research and Assignment Prep: The Power ok Knowledge.</t>
+  </si>
+  <si>
+    <t>LIVE Oline 1/24/2024             On Demand</t>
+  </si>
+  <si>
+    <t>7:30-9:00pm Various</t>
+  </si>
+  <si>
+    <t>Live/On demand</t>
+  </si>
+  <si>
+    <t>Residential Construction Terminology</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jose V. Arboleda Ayerbe &amp; Edgar Hidalgo Garcia </t>
+  </si>
+  <si>
+    <t>Resilience in Interpreting</t>
+  </si>
+  <si>
+    <t>Giovanna Carriero-Contreras</t>
+  </si>
+  <si>
+    <t>9am to 12:30pm</t>
+  </si>
+  <si>
+    <t>https://www.constant.contactpages.com/</t>
+  </si>
+  <si>
+    <t>Search and Seizure Language Neutral</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Begins 3/2/2024  Various </t>
+  </si>
+  <si>
+    <t>9am-11am</t>
+  </si>
+  <si>
+    <t>Search and Seizure Language Spanish</t>
+  </si>
+  <si>
+    <t>Self Evaluation for Independent and Peer-Supported Reflection</t>
+  </si>
+  <si>
+    <t>Danielle Meder</t>
+  </si>
+  <si>
+    <t>11 am to 1 pm (MTN)</t>
+  </si>
+  <si>
+    <t>http://lp.constantcontactpages.com/</t>
+  </si>
+  <si>
+    <t>Setting Our Sight in Sight Translation</t>
+  </si>
+  <si>
+    <t>http://de-la-mora-training.thinkific.com/courses/setting-our-sights-on-sight</t>
+  </si>
+  <si>
+    <t>Sex Crimes</t>
+  </si>
+  <si>
+    <t>10/12/2024 &amp; 10/13/2024</t>
+  </si>
+  <si>
+    <t>9am to 12:30pm (MT) Each day</t>
+  </si>
+  <si>
+    <t>Sex Crimes. Expert Witness Series V.</t>
+  </si>
+  <si>
+    <t>Shots Fired, Requesting Backup (Use of Force Terminology)</t>
+  </si>
+  <si>
+    <t>6 pm to 9 pm (PST)</t>
+  </si>
+  <si>
+    <t>Si no te incluyes te excluyes. Desarollo de habilidades de lenguage consciente</t>
+  </si>
+  <si>
+    <t>Proyecto Cenzontle</t>
+  </si>
+  <si>
+    <t>Georganne Weller</t>
+  </si>
+  <si>
+    <t>Sight Translation and Simultaneous Interpretation: Techniques and Skills</t>
+  </si>
+  <si>
+    <t>Anthony T. Rivas, Irene Radillo, Joshua Elliot</t>
+  </si>
+  <si>
+    <t>Sight Translation Techniques</t>
+  </si>
+  <si>
+    <t>Simultaneous Conference Interpretations</t>
+  </si>
+  <si>
+    <t>Simultaneous for Court Interpreters  </t>
+  </si>
+  <si>
+    <t>Simultaneous Interpretation Techniques</t>
+  </si>
+  <si>
+    <t>Simultaneous Interpreting from A-Z</t>
+  </si>
+  <si>
+    <t>Gabriela Siebach</t>
+  </si>
+  <si>
+    <t>2/10, 12, 17, 19/2025</t>
+  </si>
+  <si>
+    <t>8am to 12pm (MT)</t>
+  </si>
+  <si>
+    <t>Instructor-led Webinar</t>
+  </si>
+  <si>
+    <t>Simultaneous Interpreting Guided Practice neutral </t>
+  </si>
+  <si>
+    <t>Simultaneous Interpreting Guided Practice Spanish </t>
+  </si>
+  <si>
+    <t>Simultaneous Interpreting Guided Practice; Translation Techniques Interpreters Should Employ - English</t>
+  </si>
+  <si>
+    <t>9/20/2024 to 9/20/2025</t>
+  </si>
+  <si>
+    <t>6 pm to 8 pm (PT)</t>
+  </si>
+  <si>
+    <t>English</t>
+  </si>
+  <si>
+    <t>Simultaneous Interpreting Guided Practice; Translation Techniques Interpreters Should Employ - Spanish</t>
+  </si>
+  <si>
+    <t>9/22/2024 to 9/22/2025</t>
+  </si>
+  <si>
+    <t>Simultaneous Interpreting Lab</t>
+  </si>
+  <si>
+    <t>The University Of Arizona National Center for Interpretation</t>
+  </si>
+  <si>
+    <t>Kelly Varguez</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10am to pm </t>
+  </si>
+  <si>
+    <t>https://nci.arizona.edu/workshop/simultaneous-interpreting-lab-spanishenglish</t>
+  </si>
+  <si>
+    <t>Slang Series-"Jerga de las Americas": Cuba</t>
+  </si>
+  <si>
+    <t>Edgar Hidalgo Garcia &amp; Lisette Columbie Morales</t>
+  </si>
+  <si>
+    <t>Sleuthing for Safety: Courthouse Awarness</t>
+  </si>
+  <si>
+    <t>9:30 am to 11 am</t>
+  </si>
+  <si>
+    <t>SoSi Beyond The Basics</t>
+  </si>
+  <si>
+    <t>Aquillia Alowonle</t>
+  </si>
+  <si>
+    <t>Spain Retreat 2025 - Interpreter Translation</t>
+  </si>
+  <si>
+    <t>Interpreter Translation</t>
+  </si>
+  <si>
+    <t>05/18-25, 2025</t>
+  </si>
+  <si>
+    <t>Interpretertranslation.com</t>
+  </si>
+  <si>
+    <t>Retreat</t>
+  </si>
+  <si>
+    <t>Sonia Guerrro</t>
+  </si>
+  <si>
+    <t>Speaking While They Speak:  Tips to Enhance Your Simultaneous Interpreting Skills</t>
+  </si>
+  <si>
+    <t>Gabirela Siebach</t>
+  </si>
+  <si>
+    <t>12 pm to 1 pm (MTN)</t>
+  </si>
+  <si>
+    <t>Strategic Interpreting, part I: Negotiation and Collaboration in the encounter</t>
+  </si>
+  <si>
+    <t>Andrea R. Henry</t>
+  </si>
+  <si>
+    <t>Streamlining Jury Selection - The Power of Remote Case-Specific Juror Questionnaires</t>
+  </si>
+  <si>
+    <t>Judge Pamela Gates, Matthew Martin and Tiana Burdick</t>
+  </si>
+  <si>
+    <t>3:15 pm to 4:30 pm (ET)</t>
+  </si>
+  <si>
+    <t>Stumpers 1  (Ethics)</t>
+  </si>
+  <si>
+    <t>Stumpers 2 (Ethics)</t>
+  </si>
+  <si>
+    <t>Tax Prep 101 for Service Based Sole Proprietors- Knoweledge and Tools to Wmpower</t>
+  </si>
+  <si>
+    <t>Rachel Weil</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 to 3pm ET/10am-12p,  PT </t>
+  </si>
+  <si>
+    <t>NAJIT Academy - NAJIT</t>
+  </si>
+  <si>
+    <t>$45 Members &amp; $60 Non-Members</t>
+  </si>
+  <si>
+    <t>Team Interpreting</t>
+  </si>
+  <si>
+    <t>Telephonic Interpreting in Emergency Settings</t>
+  </si>
+  <si>
+    <t>Self-paced</t>
+  </si>
+  <si>
+    <t>https://www.linguisteducationonline.com/</t>
+  </si>
+  <si>
+    <t>The AAITE National Codes of Ethics for Interpreters and Translators in Education: A New Mindset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carola Lehmacher </t>
+  </si>
+  <si>
+    <t>9:30 MNT</t>
+  </si>
+  <si>
+    <t>The Art of Intervenig Without Interfening in Educational Setting</t>
+  </si>
+  <si>
+    <t>5 pm to 8 pm
+(MTN)</t>
+  </si>
+  <si>
+    <t>The Challenge of Interpreter Fatigue</t>
+  </si>
+  <si>
+    <t>Various Starting 8/3/2024</t>
+  </si>
+  <si>
+    <t>The Code of Ethics</t>
+  </si>
+  <si>
+    <t xml:space="preserve">various </t>
+  </si>
+  <si>
+    <t>The Evolution of Interpreting</t>
+  </si>
+  <si>
+    <t>The Federal Court Interpreter Exam (FCICE) Oral Prep</t>
+  </si>
+  <si>
+    <t>https://de-la-mora-training.thinkific.com/courses/fcice-oral-exam-prep</t>
+  </si>
+  <si>
+    <t>The Happy Interpreter</t>
+  </si>
+  <si>
+    <t>The Interpreter's Conundrum</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Athena Matilsky </t>
+  </si>
+  <si>
+    <t>https://de-la-mora-training.thinkific.com/courses/ethics-conundrum</t>
+  </si>
+  <si>
+    <t>The Mind and Body of The Interpreter</t>
+  </si>
+  <si>
+    <t>The Remote Interpreter That Makes an Impression</t>
+  </si>
+  <si>
+    <t>https://thecourtinterpreters.com/product/6-13-23-the-remote-interpreter-that-makes-an-impression/</t>
+  </si>
+  <si>
+    <t>The Roots of D&amp;N: Virtual Session One</t>
+  </si>
+  <si>
+    <t>10 am to 12 pm</t>
+  </si>
+  <si>
+    <t>The Tools of Our Trade</t>
+  </si>
+  <si>
+    <t>10 am to 11am</t>
+  </si>
+  <si>
+    <t>The Trial of El Chapo Guzman</t>
+  </si>
+  <si>
+    <t>5/17-18/2025 10/25-26/2025</t>
+  </si>
+  <si>
+    <t>8am to 11:40am (MT)</t>
+  </si>
+  <si>
+    <t>http://gsoservices.net</t>
+  </si>
+  <si>
+    <t>Sel-Paced</t>
+  </si>
+  <si>
+    <t>Tools of the Trade</t>
+  </si>
+  <si>
+    <t>Traffic and Vehicular Accidents</t>
+  </si>
+  <si>
+    <t>Translating Court Terms into Spanish I,II,III,IV and V (Full Course)</t>
+  </si>
+  <si>
+    <t>Rogelio Camacho Seminars</t>
+  </si>
+  <si>
+    <t>Rogelio Camacho</t>
+  </si>
+  <si>
+    <t>Variousq</t>
+  </si>
+  <si>
+    <t>California Courses | Rogelio Camacho</t>
+  </si>
+  <si>
+    <t>Instrctor-led Webinar/Self Study</t>
+  </si>
+  <si>
+    <t>Translating Evidence for Civil Cases</t>
+  </si>
+  <si>
+    <t>10am-3pm</t>
+  </si>
+  <si>
+    <t>Translating Evience for criminal Cases</t>
+  </si>
+  <si>
+    <t>Marco Hanson, Translator and Interpreter (texantranslation.com)</t>
+  </si>
+  <si>
+    <t>Trauma Informed Interpretation for Survivors of Crime: A Skill Enhancement Workshop</t>
+  </si>
+  <si>
+    <t>Viridina Flores Delgado</t>
+  </si>
+  <si>
+    <t>11 am - 2pm (MT)</t>
+  </si>
+  <si>
+    <t>https://www.coloradolanguageconnection.org</t>
+  </si>
+  <si>
+    <t>TRI/NCSC AI Policy Consortium</t>
+  </si>
+  <si>
+    <t>11am to 12pm (MST)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trial By Jury </t>
+  </si>
+  <si>
+    <t>8:30 am to 10:30 am</t>
+  </si>
+  <si>
+    <t>True Crime Podcasts. Advanced Simultaneous Interpretation</t>
+  </si>
+  <si>
+    <t>on-demand</t>
+  </si>
+  <si>
+    <t>Trusts and Propate</t>
+  </si>
+  <si>
+    <t>Turbo-Boost Interpreting Skills with AI</t>
+  </si>
+  <si>
+    <t>Various starting 12/14/24-12/14/2024</t>
+  </si>
+  <si>
+    <t>6 pm to 8 pm (PST)</t>
+  </si>
+  <si>
+    <t>Types of Motions</t>
+  </si>
+  <si>
+    <t>Unaccompanied Immigrants Children in State Courts</t>
+  </si>
+  <si>
+    <t>Understanding Consent: More than Meets the Eye</t>
+  </si>
+  <si>
+    <t>9/21/2024 to 9/21/2025</t>
+  </si>
+  <si>
+    <t>9 am to 10 am (PT)</t>
+  </si>
+  <si>
+    <t>Understanding Educational Interpreting:  The Special Education System</t>
+  </si>
+  <si>
+    <t>Unlocking Mastery in Simultaneous Interpretation: A comprehensive Two part Webinar Series</t>
+  </si>
+  <si>
+    <t>https://delamorainstitute.com/sosi/</t>
+  </si>
+  <si>
+    <t>Up Your Game: Freelancing for the U.S. Department of State</t>
+  </si>
+  <si>
+    <t>Kathy Kauffman</t>
+  </si>
+  <si>
+    <t>11:30 am to 12:30 pm (EST)</t>
+  </si>
+  <si>
+    <t>https://cultureandlanguage.net/</t>
+  </si>
+  <si>
+    <t>Vicarious Trauma</t>
+  </si>
+  <si>
+    <t>Veronica Maldonado</t>
+  </si>
+  <si>
+    <t>Linquist Education Online</t>
+  </si>
+  <si>
+    <t>Eliana Lobo</t>
+  </si>
+  <si>
+    <t>VRI Practices in Multilingual Encounters- Part III</t>
+  </si>
+  <si>
+    <t>Jenya Krein</t>
+  </si>
+  <si>
+    <t>VRI Practices in Multilingual Encounters--Part I</t>
+  </si>
+  <si>
+    <t>VRI Practices in Multilingual Encounters--Part II</t>
+  </si>
+  <si>
+    <t>Weaponology Part 1</t>
+  </si>
+  <si>
+    <t>4/19/2025 to 4/19/2026</t>
+  </si>
+  <si>
+    <t>Weaponology Part 2</t>
+  </si>
+  <si>
+    <t>4/20/2025 to 4/20/2025</t>
+  </si>
+  <si>
+    <t>WebBuzz.8 Buzzin' Trends</t>
+  </si>
+  <si>
+    <t>6/3/2025 &amp; 9/24/2025</t>
+  </si>
+  <si>
+    <t>5:45pm PT</t>
+  </si>
+  <si>
+    <t>WebeLex.8 Lex/Leges Decoded</t>
+  </si>
+  <si>
+    <t>6/24/2025 &amp; 10/22/2025</t>
+  </si>
+  <si>
+    <t>WebEthics.8  Our Guidelines… and Scenarios</t>
+  </si>
+  <si>
+    <t>7/22/2025 &amp; 11/19/2025</t>
+  </si>
+  <si>
+    <t>WebRX.8 Rx in Plain Speak</t>
+  </si>
+  <si>
+    <t>9/16/2025 &amp; 11/19/2025</t>
+  </si>
+  <si>
+    <t>WebVocab.8 Our Ever Morphing English</t>
+  </si>
+  <si>
+    <t>10/21/2025 &amp; 12/3/2025</t>
+  </si>
+  <si>
+    <t>Wellness for Interpreters</t>
+  </si>
+  <si>
+    <t>What do I do now? Part 1 &amp; 2</t>
+  </si>
+  <si>
+    <t>1.5 each</t>
+  </si>
+  <si>
+    <t>What Does Leadership Mean to You?</t>
+  </si>
+  <si>
+    <t>Aaron Hood, Senior Judge Donald R. Johnson and Gayley Lafferty</t>
+  </si>
+  <si>
+    <t>11 am to 12 pm (ET)</t>
+  </si>
+  <si>
+    <t>When our Performance Depends on It: Strategies and Scripts for Mental Fatigue</t>
+  </si>
+  <si>
+    <t>11:30 am -12:30 pm ET</t>
+  </si>
+  <si>
+    <t>Expired Link</t>
+  </si>
+  <si>
+    <t>Will AI Take Our Jobs? Who Knew - #1 in Series</t>
+  </si>
+  <si>
+    <t>Various starting 4/15/2024</t>
+  </si>
+  <si>
+    <t>Wonders of the Human Body</t>
+  </si>
+  <si>
+    <t>Wonders of the Human Body Part 1</t>
+  </si>
+  <si>
+    <t>11/14/2024 to 2/12/2025, 3/8/2025 &amp; 9/20/2025</t>
+  </si>
+  <si>
+    <t>Asynchronous</t>
+  </si>
+  <si>
+    <t>Asynchronous Learning</t>
+  </si>
+  <si>
+    <t>Wonders of the Human Body Part 2</t>
+  </si>
+  <si>
+    <t>4/26/2025 &amp; 11/15/2025</t>
+  </si>
+  <si>
+    <t>Workers' Compensation Terminology</t>
+  </si>
+  <si>
+    <t>Working Effectively with Interpreters in Domestic Violence and Sex Assault</t>
+  </si>
+  <si>
+    <t>Workplace Death Claims Investigations, Workesrs' Comp Statements and the Interpreter (terminology)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8am to 3pm </t>
+  </si>
+  <si>
     <t>Interpreting Administrative Hearings</t>
   </si>
   <si>
     <t>05/20/2025 to 06/20/2025</t>
   </si>
   <si>
+    <t>Self-Paced</t>
+  </si>
+  <si>
+    <t>$172 - $262</t>
+  </si>
+  <si>
+    <t>1/17/2024 to 02/21/2024</t>
+  </si>
+  <si>
+    <t>6 to 7:30 pm</t>
+  </si>
+  <si>
+    <t>Mini Law School</t>
+  </si>
+  <si>
+    <t>Upholding the Code of Ethics in the Emerging AI Era</t>
+  </si>
+  <si>
+    <t>7:30 to 9 pm</t>
+  </si>
+  <si>
+    <t>Live webinar</t>
+  </si>
+  <si>
+    <t>Artificial Inteligence in Interpreting Summit</t>
+  </si>
+  <si>
+    <t>06/06/2025, 06/07/2025, 06/08/2025</t>
+  </si>
+  <si>
+    <t>AI in Interpreting</t>
+  </si>
+  <si>
+    <t>$ 33.19 approx.</t>
+  </si>
+  <si>
+    <t>Ethical Frameworks for Courtroom Interpreting</t>
+  </si>
+  <si>
+    <t>Codex Consulting</t>
+  </si>
+  <si>
+    <t>1 to 3 pm</t>
+  </si>
+  <si>
+    <t>Codex Consulting - Continuing Education</t>
+  </si>
+  <si>
     <t>Transformando la enseñanza de interpretación en conferencias: tecnología y metodología en acción</t>
   </si>
   <si>
     <t>Martín Soriano - MAS Universidad de Ginebra, Suiza</t>
   </si>
   <si>
     <t>Martín Soriano</t>
   </si>
   <si>
     <t>5 to 6 pm</t>
   </si>
   <si>
-    <t>nci.arizona.edu</t>
-[...4 lines deleted...]
-  <si>
     <t>Zoom registration link</t>
   </si>
   <si>
-    <t>Self-Paced</t>
-[...4 lines deleted...]
-  <si>
     <t>Virtual course</t>
   </si>
   <si>
     <t>Exploring the effects of AI &amp; generational shifts in the workforce</t>
   </si>
   <si>
     <t>11 am to 12 pm</t>
   </si>
   <si>
-    <t>Varios</t>
-[...1 lines deleted...]
-  <si>
     <t>Registration for upcoming webinars</t>
   </si>
   <si>
     <t>Interpreter Pro Unleashed</t>
   </si>
   <si>
-    <t>Intepretrain</t>
-[...1 lines deleted...]
-  <si>
     <t>-</t>
   </si>
   <si>
+    <t>CEU for Interpreters</t>
+  </si>
+  <si>
+    <t>Weapons for the Interpreter: Firearms Concepts and Terminology /
+Comparative Ethics: Court Interpreters vs. Attorneys</t>
+  </si>
+  <si>
     <t>Marco Hanson</t>
   </si>
   <si>
     <t>10 am to 1 pm and 2 to 3 pm</t>
   </si>
   <si>
+    <t>Marco Hanson CE</t>
+  </si>
+  <si>
     <t>Taller de traducción jurídica en materia de sociedades mercantiles</t>
   </si>
   <si>
     <t>Organización Mexicana de Traductores (OMT)</t>
   </si>
   <si>
     <t>Javier Becerra</t>
   </si>
   <si>
     <t>7/1/2025 to 7/17/2025</t>
   </si>
   <si>
     <t>7 to 9 pm</t>
   </si>
   <si>
-    <t>CEU for Interpreters</t>
-[...4 lines deleted...]
-  <si>
     <t>OMT - Taller de traducción jurídica</t>
   </si>
   <si>
-    <t>Online course</t>
+    <t>DE LA MORA Course Catalog</t>
+  </si>
+  <si>
+    <t>Strategic Interpreting, part II: Techniques that elevate our status &amp; show our value</t>
   </si>
   <si>
     <t>Enhancing Memory and Note-Taking for Interpreters, Part 1</t>
   </si>
   <si>
-    <t>7:30 to 9 pm</t>
-[...13 lines deleted...]
-  <si>
     <t>Enhancing Memory and Note-Taking for Interpreters, Part 2</t>
   </si>
   <si>
-    <t>DE LA MORA Course Catalog</t>
-[...7 lines deleted...]
-  <si>
     <t>Online Course</t>
   </si>
   <si>
-    <t>Live webinar</t>
+    <t>Course Type</t>
+  </si>
+  <si>
+    <t>Instructor(s)</t>
+  </si>
+  <si>
+    <t>Cost</t>
+  </si>
+  <si>
+    <t>Language</t>
+  </si>
+  <si>
+    <t>Techforword</t>
   </si>
   <si>
     <t>Recorded Webinar</t>
   </si>
   <si>
-    <t>Strategic Interpreting, part II: Techniques that elevate our status &amp; show our value</t>
-[...1 lines deleted...]
-  <si>
     <t>The Immigration System 3: Individual Calendar</t>
   </si>
   <si>
+    <t>Self-Study Course</t>
+  </si>
+  <si>
+    <t>305 Interpreters Course</t>
+  </si>
+  <si>
     <t>The Immigration System 3: Individual Calendar (Spanish)</t>
   </si>
   <si>
-    <t>305 Interpreters Course</t>
-[...2 lines deleted...]
-    <t>Self-Study Course</t>
+    <t>The immigration System 2: Advisals</t>
+  </si>
+  <si>
+    <t>The immigration System 2: Advisals (Spanish)</t>
   </si>
   <si>
     <t>The Immigration System 1: Master Calendar</t>
   </si>
   <si>
     <t>The Immigration System 1: Master Calendar (Spanish)</t>
   </si>
   <si>
-    <t>The immigration System 2: Advisals</t>
-[...4 lines deleted...]
-  <si>
     <t>Medical Terminology</t>
   </si>
   <si>
     <t>Online Workshop</t>
   </si>
   <si>
     <t>In Person Course</t>
   </si>
   <si>
+    <t>Recorded Course</t>
+  </si>
+  <si>
+    <t>Athena Sky Interpreting Products</t>
+  </si>
+  <si>
     <t>DUIs &amp; Field Sobriety Tests</t>
   </si>
   <si>
     <t>GSO Services</t>
   </si>
   <si>
+    <t>DNA</t>
+  </si>
+  <si>
     <t>09/13/2025 09/14/2025</t>
   </si>
   <si>
+    <t>10/04/2025 10/05/2025</t>
+  </si>
+  <si>
+    <t>11/22/2025 11/23/2025</t>
+  </si>
+  <si>
     <t>8 to 11:15 am</t>
   </si>
   <si>
-    <t>GSO Services Enrollment</t>
-[...4 lines deleted...]
-  <si>
     <t>8 to 11:50 AM</t>
   </si>
   <si>
-    <t>11/22/2025 11/23/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>8 AM to 12 PM</t>
-  </si>
-[...1 lines deleted...]
-    <t>DNA</t>
   </si>
   <si>
     <t>10 AM to 
 2:15 PM</t>
   </si>
   <si>
-    <t>Athena Sky Interpreting Products</t>
-[...2 lines deleted...]
-    <t>Recorded Course</t>
+    <t>GSO Services Enrollment</t>
+  </si>
+  <si>
+    <t>A Brief Overview of a Credible Fear Process</t>
+  </si>
+  <si>
+    <t>Olga Dubeshka</t>
   </si>
   <si>
     <t xml:space="preserve">8 AM to 1 PM </t>
   </si>
   <si>
-    <t>A Brief Overview of a Credible Fear Process</t>
-[...7 lines deleted...]
-  <si>
     <t>De La Mora Webinar</t>
   </si>
   <si>
+    <t>Building and Maintaning Glossaries</t>
+  </si>
+  <si>
+    <t>Webex Best Practices</t>
+  </si>
+  <si>
+    <t>Zoom Best Practices</t>
+  </si>
+  <si>
+    <t>Remote Interpreting</t>
+  </si>
+  <si>
+    <t>Ethics Refresher</t>
+  </si>
+  <si>
+    <t>Judicial Council of California</t>
+  </si>
+  <si>
     <t>Free for SOSi members only</t>
   </si>
   <si>
-    <t>Building and Maintaning Glossaries</t>
-[...2 lines deleted...]
-    <t>Judicial Council of California</t>
+    <t>Free for CA</t>
+  </si>
+  <si>
+    <t>CA Courts Catalog</t>
   </si>
   <si>
     <t>TBD</t>
   </si>
   <si>
-    <t>CA Courts Catalog</t>
-[...16 lines deleted...]
-  <si>
     <t>Staying in Your Lane: Scope of Practice for Court Interpreters</t>
   </si>
   <si>
     <t>New Mexico Translators &amp; Interpreters Association (NMTIA)</t>
   </si>
   <si>
     <t>Melinda González-Hibner</t>
   </si>
   <si>
     <t>9 AM to 12 PM</t>
   </si>
   <si>
     <t>NMTIA Website</t>
-  </si>
-[...4 lines deleted...]
-    <t>CRID &amp; LIC</t>
   </si>
   <si>
     <t>Liz Huffman &amp; Thomas Smith</t>
   </si>
   <si>
     <t>8:30 to 
 11:30 AM</t>
   </si>
   <si>
+    <t>Virtual Workshop</t>
+  </si>
+  <si>
+    <t>Neutral
+ASL</t>
+  </si>
+  <si>
+    <t>CRID &amp; LIC</t>
+  </si>
+  <si>
     <t>CRID - LIC
 Paypal Registration</t>
   </si>
   <si>
-    <t>Virtual Workshop</t>
-[...3 lines deleted...]
-ASL</t>
+    <t>Child Welfare: A County Perspective &amp; Process</t>
   </si>
   <si>
     <t>AI in Courts: Insights from South Korea, Australia, and Singapore</t>
   </si>
   <si>
-    <t>Weapons for the Interpreter: 
-[...14 lines deleted...]
-    <t>AIM for Accuracy: Honing Your Consecutive Skills (Parts 1 &amp; 2)</t>
+    <t>AI evidence in jury trials: Authenticity, admissibility, and roles of the court and juries</t>
+  </si>
+  <si>
+    <t>9 to 11:30 AM</t>
   </si>
   <si>
     <t>Agustín de la Mora</t>
   </si>
   <si>
     <t>08/09/2025
 08/30/2025</t>
   </si>
   <si>
-    <t>9 to 11:30 AM</t>
+    <t>AIM for Accuracy: Honing Your Consecutive Skills (Parts 1 &amp; 2)</t>
   </si>
   <si>
     <t>DE LA MORA Institute of interpretation</t>
   </si>
   <si>
     <t>5:30 to 7 PM</t>
   </si>
   <si>
     <t>De La Mora Courses</t>
   </si>
   <si>
     <t>Taller de traducción jurídica en materia de contratos</t>
   </si>
   <si>
     <t>08/19/2025 to 09/04/2025</t>
   </si>
   <si>
     <t>7 to 9 PM</t>
   </si>
   <si>
     <t>Human Trafficking Terminology – Overview</t>
   </si>
   <si>
+    <t>Gen Z Terminology – Update</t>
+  </si>
+  <si>
+    <t>Social Media 2025 – Terminology Overview</t>
+  </si>
+  <si>
+    <t>Gang &amp; Street Crime Terminology 2025</t>
+  </si>
+  <si>
     <t>Interpreter Training Group (ITG)</t>
   </si>
   <si>
     <t>Jeff Torres</t>
   </si>
   <si>
     <t>ITG Classes &amp; Webinars</t>
-  </si>
-[...7 lines deleted...]
-    <t>Gang &amp; Street Crime Terminology 2025</t>
   </si>
   <si>
     <t>Court Interpreter Orientation</t>
   </si>
   <si>
     <t>Wyoming Judicial Branch</t>
   </si>
   <si>
     <t>08/11/2025
 08/12/2025</t>
   </si>
   <si>
     <t>8 am to 5 pm
 8:30 am to 12 pm</t>
   </si>
   <si>
+    <t>In-Person Workshop</t>
+  </si>
+  <si>
     <t>WY Courts – Court Interpreter Services</t>
   </si>
   <si>
-    <t>In-Person Workshop</t>
-[...2 lines deleted...]
-    <t>AI evidence in jury trials: Authenticity, admissibility, and roles of the court and juries</t>
+    <t>Mini Law School - Fall 2025</t>
+  </si>
+  <si>
+    <t>09/03/2025 to 10/08/2025</t>
+  </si>
+  <si>
+    <t>University of Colorado Boulder</t>
+  </si>
+  <si>
+    <t>Class Series</t>
+  </si>
+  <si>
+    <t>Check with provider</t>
+  </si>
+  <si>
+    <t>Ethics in Action: Navigating Real-World Challenges for Legal Interpreters</t>
+  </si>
+  <si>
+    <t>OLA</t>
+  </si>
+  <si>
+    <t>9 am to 12 pm</t>
+  </si>
+  <si>
+    <t>Event Registration</t>
   </si>
   <si>
     <t>Building AI Readiness in State Courts</t>
   </si>
   <si>
-    <t>Mini Law School - Fall 2025</t>
-[...22 lines deleted...]
-  <si>
     <t>Interpreting for Victims, Survivors and Witnesses of Sexual and Violent Crimes</t>
   </si>
   <si>
+    <t>Interpreting for Victims, Survivors and Witnesses of Sexual and Violent Crimes (ES)</t>
+  </si>
+  <si>
     <t>Ricardo Avilés</t>
   </si>
   <si>
     <t>TransInterpreting Store</t>
   </si>
   <si>
-    <t>Interpreting for Victims, Survivors and Witnesses of Sexual and Violent Crimes (ES)</t>
-[...1 lines deleted...]
-  <si>
     <t>LEO's 12th International Virtual Conference – Elevate Your Human Game!</t>
+  </si>
+  <si>
+    <t>9 AM to 2 PM
+9 AM to 1 PM</t>
+  </si>
+  <si>
+    <t>LEO's 12 Registration</t>
+  </si>
+  <si>
+    <t>Check w/ provider</t>
   </si>
   <si>
     <t>12/4/2025
 12/5/2025</t>
   </si>
   <si>
-    <t>9 AM to 2 PM
-[...11 lines deleted...]
-  <si>
     <t>$45 &amp;
 Free for members</t>
   </si>
   <si>
     <t>NOTIS –  2025 Conference</t>
   </si>
   <si>
     <t>8:45 AM to 
 6:30 PM</t>
   </si>
   <si>
     <t>NOTIS Registration</t>
   </si>
   <si>
     <t>$130 (Members)</t>
   </si>
   <si>
+    <t>9/24/2025
+10/23/2025</t>
+  </si>
+  <si>
+    <t>Advanced Interpreting Techniques: Sight Translation &amp; Simultaneous Interpretation (2 Parts)</t>
+  </si>
+  <si>
     <t>Annual Training and Holiday Celebration. The Interpreter's Journey: Thriving Amid Change</t>
   </si>
   <si>
     <t>1 to 6 PM EST</t>
   </si>
   <si>
     <t>De La More Events</t>
   </si>
   <si>
     <t>In-Person Conference</t>
   </si>
   <si>
     <t xml:space="preserve"> Neutral </t>
   </si>
   <si>
+    <t>Hands on AI - Practicum - 2024</t>
+  </si>
+  <si>
     <t>Hands on AI - Practicum - 2025</t>
   </si>
   <si>
+    <t>The Court Interpreters Online Store</t>
+  </si>
+  <si>
+    <t>The Interpreter's Toolkit: Navigating the Hot Seat in Immigration</t>
+  </si>
+  <si>
+    <t>Asmaa Sabre</t>
+  </si>
+  <si>
     <t>6 to 9 PM (PT)</t>
-  </si>
-[...7 lines deleted...]
-    <t>Asmaa Sabre</t>
   </si>
   <si>
     <t>11 AM - 1:30 PM
 (ET)</t>
   </si>
   <si>
     <t>De La Mora Webinars</t>
   </si>
   <si>
     <t>The Mind and Body of the Interpreter</t>
   </si>
   <si>
+    <t>Key Considerations for the Use of GenAI in Legal Practice and Courts</t>
+  </si>
+  <si>
+    <t>11 AM to 1:30 PM (ET)</t>
+  </si>
+  <si>
+    <t>De La Mora Catalogue</t>
+  </si>
+  <si>
+    <t>Preparing for the Federal Court Certification Exam</t>
+  </si>
+  <si>
+    <t>Mastering Consecutive Interpreting in Court</t>
+  </si>
+  <si>
     <t>AI in Interpreting Bootcamp</t>
   </si>
   <si>
     <t>6/30/2025 to 7/3/2025</t>
   </si>
   <si>
     <t>AI Bootcamp</t>
   </si>
   <si>
     <t>Medical Entomology</t>
   </si>
   <si>
     <t>Kaylen Hanks</t>
   </si>
   <si>
     <t>8 to 10 AM PT</t>
   </si>
   <si>
     <t>Congreso de San Jerónimo 2025</t>
   </si>
   <si>
     <t>11/10/2025 to 11/14/2025</t>
   </si>
   <si>
     <t>6 to 8 PM</t>
   </si>
   <si>
     <t>OMT - Ciclo Virtual</t>
   </si>
   <si>
     <t>$35 (Approx.)</t>
   </si>
   <si>
     <t>Mindful Interpreting: The 4 Agreements to Elevate Your Practice</t>
   </si>
   <si>
-    <t>11 AM to 1:30 PM (ET)</t>
-[...1 lines deleted...]
-  <si>
     <t>La puntuación en español 1</t>
   </si>
   <si>
     <t>Silvia Peña-Alfaro</t>
   </si>
   <si>
     <t>10/15/2025 to 11/19/2025</t>
   </si>
   <si>
     <t>6:30 to 8:30 PM (CT)</t>
   </si>
   <si>
     <t>Registro del Instituto</t>
   </si>
   <si>
     <t>More Stress, Less Success</t>
   </si>
   <si>
     <t>Webinar Registration</t>
   </si>
   <si>
-    <t>Key Considerations for the Use of GenAI in Legal Practice and Courts</t>
+    <t>9/15/2025
+11/08/2025</t>
+  </si>
+  <si>
+    <t>Instituto Panhispánico de Lingüística Aplicada</t>
+  </si>
+  <si>
+    <t>Live Workshop</t>
+  </si>
+  <si>
+    <t>Ethics Training</t>
+  </si>
+  <si>
+    <t>Danielle Reier &amp; Alisa Kim</t>
+  </si>
+  <si>
+    <t>04/05/2025 &amp; 04/06/2025</t>
+  </si>
+  <si>
+    <t>9 AM to 12 PM (PT)</t>
+  </si>
+  <si>
+    <t>Federal Court Interpreter Preparation Course</t>
+  </si>
+  <si>
+    <t>Southern California School of Interpretation</t>
+  </si>
+  <si>
+    <t>Néstor Wagner</t>
+  </si>
+  <si>
+    <t>Mid May to Mid August, 2025</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>Lectures Home Page</t>
+  </si>
+  <si>
+    <t>Self-Paced Lectures</t>
+  </si>
+  <si>
+    <t>66th Annual Conference - ATA66</t>
+  </si>
+  <si>
+    <t>ATA</t>
+  </si>
+  <si>
+    <t>10/22/2025 to 10/25/2025</t>
+  </si>
+  <si>
+    <t>ATA66 Conference</t>
+  </si>
+  <si>
+    <t>Diff. Tiers</t>
   </si>
   <si>
     <t>AI Literacy for Courts: A New Framework for Role-Specific Education</t>
   </si>
   <si>
-    <t>Modernizing unauthorized practice of law regulations to embrace AI-driven solutions &amp; improve access to justice</t>
-[...52 lines deleted...]
-  <si>
     <t>To Omit or Not Omit: It Depends</t>
   </si>
   <si>
     <t>James Plunkett &amp; Agustín de la Mora</t>
   </si>
   <si>
+    <t xml:space="preserve">Bridging Legal Worlds: Essential Terminology for U.S.-Brazilian Court Interpreters  </t>
+  </si>
+  <si>
+    <t>Nattalia Paterson</t>
+  </si>
+  <si>
     <t>7:30 to 9:30 PM (ET)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Nattalia Paterson</t>
   </si>
   <si>
     <t>11 AM to 2 PM (ET)</t>
   </si>
   <si>
     <t>AI &amp; the Interpreter's Edge: Skills for the Modern Workflow</t>
   </si>
   <si>
     <t>Nora Díaz</t>
   </si>
   <si>
     <t>12/3/2025
 12/4/2025</t>
   </si>
   <si>
     <t>Course Registration</t>
   </si>
   <si>
     <t>Registration</t>
   </si>
   <si>
     <t>Self-Paced Courses</t>
   </si>
   <si>
+    <t>Modernizing unauthorized practice of law regulations to embrace AI-driven solutions &amp; improve access to justice</t>
+  </si>
+  <si>
     <t>Ethics: The Interpreter's Conundrum</t>
   </si>
   <si>
     <t>Carola Green</t>
   </si>
   <si>
     <t>The Interpreter's Four Agreements</t>
   </si>
   <si>
     <t>Deep Dive into USCIS and EOIR Forms, Jargon, and Interview Procedure</t>
   </si>
   <si>
     <t>Free for SOSi members</t>
   </si>
   <si>
     <t>Interpreting the Oral Decision After Expert Testimony</t>
   </si>
   <si>
     <t>7 to 10 AM (ET)</t>
   </si>
   <si>
     <t>Will AI Take Our Jobs? Who Knew - #1</t>
   </si>
   <si>
     <t>Live Course</t>
   </si>
   <si>
     <t>Adapting to a World of Change - Who Knew - #2</t>
   </si>
   <si>
-    <t>Instituto Panhispánico de Lingüística Aplicada</t>
+    <t>The Rule of Law</t>
+  </si>
+  <si>
+    <t>An Introduction to U.S. Immigration Courts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">See You in Court: The life of Civil Lawsuit </t>
+  </si>
+  <si>
+    <t>Law and Order: The Life of a Criminal Case</t>
+  </si>
+  <si>
+    <t>Our Courts / OLA</t>
+  </si>
+  <si>
+    <t>Provider's website</t>
+  </si>
+  <si>
+    <t>Prevención del abuso sexual infantil</t>
+  </si>
+  <si>
+    <t>LUNA - Escuela de Pensamiento Feminista</t>
+  </si>
+  <si>
+    <t>Andrea Gómez</t>
+  </si>
+  <si>
+    <t>6 to 9 PM</t>
+  </si>
+  <si>
+    <t>Provider's Website</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TBD </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Spanish </t>
+  </si>
+  <si>
+    <t>Dependency Hearings</t>
+  </si>
+  <si>
+    <t>Help to Understand</t>
+  </si>
+  <si>
+    <t>Pierre Georges</t>
+  </si>
+  <si>
+    <t>12 to 4 PM (ET)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Check w/ provider </t>
+  </si>
+  <si>
+    <t>Car Accident Depositions</t>
+  </si>
+  <si>
+    <t>Car Accident Depositions (Haitian Creole)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Haitian Creole </t>
+  </si>
+  <si>
+    <t>Divorce and Child Support Hearings</t>
+  </si>
+  <si>
+    <t>Self-Care for Interpreters and Translators</t>
+  </si>
+  <si>
+    <t>Niery G. Bardakjian &amp; Lili Selden</t>
+  </si>
+  <si>
+    <t>11 am to 1 pm (ET)</t>
+  </si>
+  <si>
+    <t>Nurturing Personal Growth and Networking for Freelancers: A Pathway to Success</t>
+  </si>
+  <si>
+    <t>De La Mora Activity</t>
+  </si>
+  <si>
+    <t>Jaime de Castellvi, Alicia Luna Parr &amp; Valeria Ibarra</t>
+  </si>
+  <si>
+    <t>7 to 8:30 pm (ET)</t>
+  </si>
+  <si>
+    <t>Activity Registration</t>
+  </si>
+  <si>
+    <t>Live Panel Discussion</t>
+  </si>
+  <si>
+    <t>$0 for members
+$35 for non-members</t>
+  </si>
+  <si>
+    <t>FCICE Oral Exam Preparation</t>
+  </si>
+  <si>
+    <t>Spanish Shield Language Services</t>
+  </si>
+  <si>
+    <t>José Varela Ibarra</t>
+  </si>
+  <si>
+    <t>06/10/2025 to 07/26/2025</t>
+  </si>
+  <si>
+    <t>8 to 9:30 pm (ET)</t>
+  </si>
+  <si>
+    <t>Activity Description</t>
+  </si>
+  <si>
+    <t>Forensic Chemistry &amp; Toxicology</t>
+  </si>
+  <si>
+    <t>DC Courts</t>
+  </si>
+  <si>
+    <t>Providers website</t>
+  </si>
+  <si>
+    <t>check w/ provier</t>
+  </si>
+  <si>
+    <t>DC Courts: New Interpreter Orientation</t>
+  </si>
+  <si>
+    <t>check w/ provider</t>
+  </si>
+  <si>
+    <t>Preparation using online resources &amp; application to interpreting scenarios</t>
+  </si>
+  <si>
+    <t>Forensic Trace Analysis</t>
+  </si>
+  <si>
+    <t>Code of Ethics &amp; Professional Conduct Workshop</t>
+  </si>
+  <si>
+    <t>Family Court 301 for Interpreters</t>
+  </si>
+  <si>
+    <t>A Legal Encounter from A to Z: a guide to professionalism</t>
+  </si>
+  <si>
+    <t>Court Interpreters and Objections</t>
+  </si>
+  <si>
+    <t>Team Interpreting in Court: Strategies for Success</t>
+  </si>
+  <si>
+    <t>Civil Court Vocabulary: English-Spanish</t>
+  </si>
+  <si>
+    <t>Interpretrain, LLC</t>
+  </si>
+  <si>
+    <t>Note-Taking, Sight Translation, and Ethics</t>
+  </si>
+  <si>
+    <t>Webinar 2: From Drawing Board to Lived Experience</t>
+  </si>
+  <si>
+    <t>Webinar 4: Raise Your Confidence! Applying Critical Thinking and Ethical Decision Making</t>
+  </si>
+  <si>
+    <t>Webinar 6: The AAITE National Codes of Ethics for Interpreters and Translators in Education: A New Mindset</t>
+  </si>
+  <si>
+    <t>Webinar 7: When Our Performance Depends on It: Strategies and Scripts for Addressing Interpreter Mental Fatigue</t>
+  </si>
+  <si>
+    <t>Webinar 10: Practical Tools for Interpreters</t>
+  </si>
+  <si>
+    <t>Webinar 11: Medical Interpretation for End-of-Life Issues</t>
+  </si>
+  <si>
+    <t>Webinar 12: Interpreting Kidney Transplants: From Jargon to Clarity</t>
+  </si>
+  <si>
+    <t>Webinar 1: Ethical Dilemmas: Murphy's Law's Gift to Interpreters</t>
+  </si>
+  <si>
+    <t>Webinar 3: Know the Context! Communication Models for Interpreters</t>
+  </si>
+  <si>
+    <t>Webinar 5: Meaning-Based Interpretation: Beyond Medical Terminology</t>
+  </si>
+  <si>
+    <t>Webinar 7: The Medical Interpreter: A Trauma Nurse's Perspective and Expectations</t>
+  </si>
+  <si>
+    <t>Webinar 8: Public Speaking for T &amp; I Professionals</t>
+  </si>
+  <si>
+    <t>Webinar 9: The Art of Falling Up: Navigating Second-Hand Trauma with Purpose and Self-Compassion</t>
+  </si>
+  <si>
+    <t>Webinar 10: Navigating the Differences and Intersections of Community, Legal, and Court Interpreting</t>
+  </si>
+  <si>
+    <t>Vonessa Costa</t>
+  </si>
+  <si>
+    <t>Fabiola Munafo</t>
+  </si>
+  <si>
+    <t>Carola Lehmacher</t>
+  </si>
+  <si>
+    <t>11:30 am to 12:30 pm (ET)</t>
+  </si>
+  <si>
+    <t>Darci Graves</t>
+  </si>
+  <si>
+    <t>Marisa Rueda Will</t>
+  </si>
+  <si>
+    <t>Maria Schwieter</t>
+  </si>
+  <si>
+    <t>Julio Jimenez</t>
+  </si>
+  <si>
+    <t>Lorena Castillo</t>
+  </si>
+  <si>
+    <t>Devin Gilbert</t>
+  </si>
+  <si>
+    <t>Gabriela Maldonado</t>
+  </si>
+  <si>
+    <t>Eric Hardt</t>
+  </si>
+  <si>
+    <t>Cynthia Mauleon</t>
+  </si>
+  <si>
+    <t>CCC Webinars</t>
+  </si>
+  <si>
+    <t>Analysis of Sex Crimes for Court Interpreting</t>
+  </si>
+  <si>
+    <t>Frida Blum &amp; Giovanna Wormsbecker</t>
+  </si>
+  <si>
+    <t>3/7/2026
+8/1/2026
+11/14/2026</t>
+  </si>
+  <si>
+    <t>2 to 5:30 PM</t>
+  </si>
+  <si>
+    <t>GF Interpreters Catalogue</t>
+  </si>
+  <si>
+    <t>All About Contracts</t>
+  </si>
+  <si>
+    <t>3/6/2026
+7/31/2026
+11/13/2026</t>
   </si>
   <si>
     <t>5:30 to 8:30 PM</t>
+  </si>
+  <si>
+    <t>Conservatorship, Limited Conservatorship, and the Lanterman Act for Court Interpreters</t>
+  </si>
+  <si>
+    <t>Interpreting for Expert Witnesses</t>
+  </si>
+  <si>
+    <t>The Criminal Procedure</t>
+  </si>
+  <si>
+    <t>Petitions in Trust and Estate Litigations</t>
+  </si>
+  <si>
+    <t>Interpreting for Family Law Court: Language, Ethics, and High-Conflict Proceedings</t>
+  </si>
+  <si>
+    <t>The Gray Areas of Court Interpreting: Navigating Ethical Dilemmas</t>
+  </si>
+  <si>
+    <t>Unlawful Detainer Interpretation</t>
+  </si>
+  <si>
+    <t>Know Your Immigration Righst</t>
+  </si>
+  <si>
+    <t>Arapahoe County Bar Association</t>
+  </si>
+  <si>
+    <t>Multiple Speakers</t>
+  </si>
+  <si>
+    <t>6 to 7:15 PM (MT)</t>
+  </si>
+  <si>
+    <t>Zoom Link</t>
+  </si>
+  <si>
+    <t>Neutral*</t>
+  </si>
+  <si>
+    <t>Live  Panel</t>
+  </si>
+  <si>
+    <t>Mini Law School - Spring 2026</t>
+  </si>
+  <si>
+    <t>1/14/2026 to
+2/11/2026</t>
+  </si>
+  <si>
+    <t>6 to 7:30 PM (MT)</t>
+  </si>
+  <si>
+    <t>Lecture Series</t>
+  </si>
+  <si>
+    <t>Recorded Training</t>
+  </si>
+  <si>
+    <t>Note-Taking  Symbols and Techniques Training Program</t>
+  </si>
+  <si>
+    <t>Training Registration</t>
+  </si>
+  <si>
+    <t>To-May-to, to-MAH-to: States Laws, State Lingo, and the Interpreter's Dilemma</t>
+  </si>
+  <si>
+    <t>Jason Knapp</t>
+  </si>
+  <si>
+    <t>12 to 1 PM (ET)</t>
+  </si>
+  <si>
+    <t>Interpreter Skill-Building Webinar</t>
+  </si>
+  <si>
+    <t>Registration Link</t>
+  </si>
+  <si>
+    <t>AI &amp; You - An Introduction to AI for Interpreters</t>
+  </si>
+  <si>
+    <t>AI as the Interpreter's Practice Assistant</t>
+  </si>
+  <si>
+    <t>Did I Say It Right?</t>
+  </si>
+  <si>
+    <t>Giovanna Carriero-Contreras &amp; Gabriela Siebach</t>
+  </si>
+  <si>
+    <t>60-Hour Medical Interpreter Training</t>
+  </si>
+  <si>
+    <t>Voyce</t>
+  </si>
+  <si>
+    <t>Criminal Court Vocabulary (English – Spanish)</t>
+  </si>
+  <si>
+    <t>Brad Wilk</t>
+  </si>
+  <si>
+    <t>Provider's Catalogue</t>
+  </si>
+  <si>
+    <t>AI Safety in T &amp; I :  Standards, Ethics and Practical Implication</t>
+  </si>
+  <si>
+    <t>Recorded Panel</t>
+  </si>
+  <si>
+    <t>Court Interpreter Ethics Training</t>
+  </si>
+  <si>
+    <t>Spanish for Interpreters and Translators 1</t>
+  </si>
+  <si>
+    <t>Spanish for Interpreters and Translators 2</t>
+  </si>
+  <si>
+    <t>Spanish for Interpreters and Translators 3</t>
+  </si>
+  <si>
+    <t>Spanish for Interpreters and Translators 4</t>
+  </si>
+  <si>
+    <t>Spanish for Interpreters and Translators 5</t>
+  </si>
+  <si>
+    <t>Domestic Violence Language (Spanish)</t>
+  </si>
+  <si>
+    <t>12 to 1 PM (MT)</t>
+  </si>
+  <si>
+    <t>OLA / CE Website</t>
+  </si>
+  <si>
+    <t>5 to 6 PM (MT)</t>
+  </si>
+  <si>
+    <t>Mini Law School - Fall 2024</t>
+  </si>
+  <si>
+    <t>Virgina Legal Interpreters Association</t>
+  </si>
+  <si>
+    <t>Year of Ethics, Part 1: Intro Panel Discussion</t>
+  </si>
+  <si>
+    <t>Mini Law School - Spring 2025</t>
+  </si>
+  <si>
+    <t>09/11/2024 to 10/23/2024</t>
+  </si>
+  <si>
+    <t>Webinar 1: Interpreting for Pediatric Oncology</t>
+  </si>
+  <si>
+    <t>Paul Spaceck</t>
+  </si>
+  <si>
+    <t>11:30 AM to 12:30 PM (ET)</t>
+  </si>
+  <si>
+    <t>Embody the Mentoring Spirit</t>
+  </si>
+  <si>
+    <t>Webinar 2: Advocacy and Cultural Awareness: When Culture Deviates from What We Know</t>
+  </si>
+  <si>
+    <t>Jorge Mejía</t>
+  </si>
+  <si>
+    <t>Webinar 9: SAFE AI</t>
+  </si>
+  <si>
+    <t>Holly Silvestri</t>
+  </si>
+  <si>
+    <t>Mini Law School - Spring 2024: The Supreme Court</t>
+  </si>
+  <si>
+    <t>Édgar Hidalgo</t>
+  </si>
+  <si>
+    <t>All-Staff Training/Meeting</t>
+  </si>
+  <si>
+    <t>In-Person Meeting</t>
+  </si>
+  <si>
+    <t>Academia de los Grandes Traductores</t>
+  </si>
+  <si>
+    <t>Jury Selection / Voir Dire</t>
+  </si>
+  <si>
+    <t>Simultaneous Interpreting: Techniques &amp; Skills</t>
+  </si>
+  <si>
+    <t>Sight Translation: Techniques &amp; Skills</t>
+  </si>
+  <si>
+    <t>Federal Criminal and Procedural Law Terms Every EOIR Interpreter Should Know</t>
+  </si>
+  <si>
+    <t>Provider's Activity</t>
+  </si>
+  <si>
+    <t>The Simultaneous Mode in Immigration Court From Fundamentals to Mastery</t>
+  </si>
+  <si>
+    <t>Speaking Up: Advocacy Tools for Language Professionals</t>
+  </si>
+  <si>
+    <t>Carol Velandia</t>
+  </si>
+  <si>
+    <t>12 to 2 PM (ET)</t>
+  </si>
+  <si>
+    <t>Indigenous People's Language Access in Virginia Courts</t>
+  </si>
+  <si>
+    <t>7:30 to 9 PM (ET)</t>
+  </si>
+  <si>
+    <t>Niery Grace Bardakjian &amp; Lili Selden</t>
+  </si>
+  <si>
+    <t>11 AM to 1 PM (ET)</t>
+  </si>
+  <si>
+    <t>Cinematic Memory: Techniques to Improve Confidence and Ease of Recall</t>
+  </si>
+  <si>
+    <t>Current Events in Immigration: Removal</t>
+  </si>
+  <si>
+    <t>Tamber Hilton</t>
+  </si>
+  <si>
+    <t>VALIA</t>
+  </si>
+  <si>
+    <t>Intro to Forensic Transcription/Translation</t>
+  </si>
+  <si>
+    <t>Javier Castillo</t>
+  </si>
+  <si>
+    <t>7 to 8 PM (ET)</t>
+  </si>
+  <si>
+    <t>Elevate 2026 - Miami</t>
+  </si>
+  <si>
+    <t>2/27/2026 to 3/1/2026</t>
+  </si>
+  <si>
+    <t>Association of Translators and Interpreters of Florida</t>
+  </si>
+  <si>
+    <t>NAJIT 47th Annual Conference</t>
+  </si>
+  <si>
+    <t>6/5/2026 to 6/7/2026</t>
+  </si>
+  <si>
+    <t>Check w/ Provider</t>
+  </si>
+  <si>
+    <t>Ethics in Expert Witness Testimony</t>
+  </si>
+  <si>
+    <t>Gigi Sefchick</t>
+  </si>
+  <si>
+    <t>2026 New Mexico Translators &amp; Interpreters Association Conference</t>
+  </si>
+  <si>
+    <t>NMTIA</t>
+  </si>
+  <si>
+    <t>Provider's Calendar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 to 11 AM </t>
+  </si>
+  <si>
+    <t>Language &amp; Culture: Interpreting American English Profanity</t>
+  </si>
+  <si>
+    <t>CATI</t>
+  </si>
+  <si>
+    <t>11 AM to 12 PM (ET)</t>
+  </si>
+  <si>
+    <t>Description Link</t>
+  </si>
+  <si>
+    <t>Court Interpreters, Ethics, and Recent Immigration Changes</t>
+  </si>
+  <si>
+    <t>Ricardo Murga</t>
+  </si>
+  <si>
+    <t>6 to 7 PM (ET)</t>
+  </si>
+  <si>
+    <t>F&amp;B: Ghost Guns, Conversation Devices, and Explosives</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Note Taking for Interpreters </t>
+  </si>
+  <si>
+    <t>Negotiating Terms and Conditions with Clients</t>
+  </si>
+  <si>
+    <t>Sue Leschen</t>
+  </si>
+  <si>
+    <t>Conference Consecutive for Court Interpreters</t>
+  </si>
+  <si>
+    <t>Weaponology for Legal and Medical Interpreters</t>
+  </si>
+  <si>
+    <t>Ed Hart</t>
+  </si>
+  <si>
+    <t>Prepare for Success on the Federal Court Interpreter Oral Exam</t>
+  </si>
+  <si>
+    <t>Interpgenius</t>
+  </si>
+  <si>
+    <t>Ric Domínguez</t>
+  </si>
+  <si>
+    <t>5/12/2026 to 6/20/2026</t>
+  </si>
+  <si>
+    <t>Tue and Wed 8 to 9 PM
+Sat 10 AM to 12 PM</t>
+  </si>
+  <si>
+    <t>Live Training</t>
+  </si>
+  <si>
+    <t>The Language of Tren de Aragua and Human Trafficking</t>
+  </si>
+  <si>
+    <t>3 to 5 PM (ET)</t>
+  </si>
+  <si>
+    <t>Interpreting for Trust and Probate</t>
+  </si>
+  <si>
+    <t>Webinar 2: Tapping in Your Inner Resources to Be Your Best Self</t>
+  </si>
+  <si>
+    <t>Matilde Machiavello</t>
+  </si>
+  <si>
+    <t>Features of English and Spanish</t>
+  </si>
+  <si>
+    <t>Paul Gatto</t>
+  </si>
+  <si>
+    <t>5 to 8 PM (PT)</t>
+  </si>
+  <si>
+    <t>FCICE Oral Exam Prep</t>
+  </si>
+  <si>
+    <t>Paul Fatto</t>
+  </si>
+  <si>
+    <t>6/14/2025
+6/28/2025</t>
+  </si>
+  <si>
+    <t>12 to 1 PM (PT)
+10 AM to 1 PM</t>
+  </si>
+  <si>
+    <t>Online Training</t>
+  </si>
+  <si>
+    <t>VRI School - Webinar on WebEx</t>
+  </si>
+  <si>
+    <t>NCSC</t>
+  </si>
+  <si>
+    <t>Ernesto Niño Murcia</t>
+  </si>
+  <si>
+    <t>Access Link</t>
+  </si>
+  <si>
+    <t>VRI School - Webinar on Zoom</t>
+  </si>
+  <si>
+    <t>VRI School - Webinar on Platform Agnostic</t>
+  </si>
+  <si>
+    <t>Firearms, Terminology, and Concepts for Interpreters</t>
+  </si>
+  <si>
+    <t>Florida's 10th Judicial Circuit</t>
+  </si>
+  <si>
+    <t>James Yancey</t>
+  </si>
+  <si>
+    <t>Preserving Interpreter Neutrality: Avoiding the Pitfalls of Advocacy</t>
+  </si>
+  <si>
+    <t>Regitration Link</t>
+  </si>
+  <si>
+    <t>Translating Spanish Corporate Documents: 10 Common Pitfalls</t>
+  </si>
+  <si>
+    <t>Rebecca Jowers</t>
+  </si>
+  <si>
+    <t>Note-Taking for Consecutive Interpretation</t>
+  </si>
+  <si>
+    <t>Middlbury Institute of International Studies</t>
+  </si>
+  <si>
+    <t>Laura Burian</t>
+  </si>
+  <si>
+    <t>Beyond a Reasonable Doubt: Legal Language in Subtitling</t>
+  </si>
+  <si>
+    <t>Daniela Costa</t>
+  </si>
+  <si>
+    <t>Car Accidents, Crash Injuries, and Auto Defects</t>
+  </si>
+  <si>
+    <t>AI Tools, Self-Represented Litigants, and the Future of Access to Justice</t>
+  </si>
+  <si>
+    <t>1 to 2 PM (ET)</t>
+  </si>
+  <si>
+    <t>Navigating the AI Landscape: Best Practices for Legal Professionals</t>
+  </si>
+  <si>
+    <t>AI in Criminal Cases: Courts' Role in Preserving Constitutional Rights</t>
+  </si>
+  <si>
+    <t>April Session</t>
+  </si>
+  <si>
+    <t>May Session</t>
+  </si>
+  <si>
+    <t>June Session</t>
+  </si>
+  <si>
+    <t>July Session</t>
+  </si>
+  <si>
+    <t>August Session</t>
+  </si>
+  <si>
+    <t>September Session</t>
+  </si>
+  <si>
+    <t>October Session</t>
+  </si>
+  <si>
+    <t>November Session</t>
+  </si>
+  <si>
+    <t>December Session</t>
+  </si>
+  <si>
+    <t>Beyond Words: Handling Idioms, Discourse Markers, and Fillers in Legal and Immigration Interpretation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="23" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <u/>
-[...1 lines deleted...]
-      <color theme="4"/>
+      <sz val="14"/>
+      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Aptos Narrow"/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Arial Nova"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Aptos Display"/>
+      <family val="2"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Aptos Display"/>
+      <family val="2"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Display"/>
+      <family val="2"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FF242424"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF242424"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF242424"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FF5B5B5B"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FF595959"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color indexed="8"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF222222"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...13 lines deleted...]
-    </font>
   </fonts>
-  <fills count="5">
+  <fills count="15">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC0E6F5"/>
+        <bgColor rgb="FFC0E6F5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF83CCEB"/>
         <bgColor rgb="FF83CCEB"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor rgb="FFC0E6F5"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor rgb="FF83CCEB"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor rgb="FFC0E6F5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor rgb="FF83CCEB"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor rgb="FFC0E6F5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor rgb="FF83CCEB"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="2">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="double">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="12" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="8" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="18" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="6" fontId="6" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="8" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="18" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="15" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="15" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="22" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="22" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="15" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="15" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="7" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="14" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="8" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
-    <cellStyle name="Currency" xfId="2" builtinId="4"/>
-    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+    <cellStyle name="Currency" xfId="1" builtinId="4"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="13">
+  <dxfs count="14">
     <dxf>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{888C750E-B291-4C43-B2AE-A6A37B03BAFF}" name="Table1" displayName="Table1" ref="A1:L446" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11">
-[...2 lines deleted...]
-    <sortCondition ref="A1:A395"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{05EE2A7E-B8AE-4866-9DAB-087D34C0912C}" name="Table13" displayName="Table13" ref="A1:L559" totalsRowShown="0" headerRowDxfId="1" dataDxfId="0">
+  <autoFilter ref="A1:L559" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:L530">
+    <sortCondition ref="A1:A530"/>
   </sortState>
   <tableColumns count="12">
-    <tableColumn id="1" xr3:uid="{8D8B5D91-AA9B-472E-87AE-93E7C4634DA1}" name="CEAA#" dataDxfId="10"/>
-[...10 lines deleted...]
-    <tableColumn id="12" xr3:uid="{AB09CD64-0ED7-44BF-9968-BB1DB3563869}" name="Language" dataDxfId="0"/>
+    <tableColumn id="15" xr3:uid="{34CA2ACE-0B8F-4EB3-8ECD-4EC8F2F325CF}" name="CEAA#" dataDxfId="13"/>
+    <tableColumn id="1" xr3:uid="{48D0C17A-8D76-4F86-BBF2-65CBDE254A3A}" name="Course Title" dataDxfId="12"/>
+    <tableColumn id="3" xr3:uid="{4C1DB376-2723-42CA-B836-2E2513ED671E}" name="Provider" dataDxfId="11"/>
+    <tableColumn id="4" xr3:uid="{224D7B06-C05F-4436-9C00-10DF381271AE}" name="Instructor(s)" dataDxfId="10"/>
+    <tableColumn id="5" xr3:uid="{6D9453D3-11E2-4FED-9DF0-0D3AB91A95B7}" name="Date" dataDxfId="9"/>
+    <tableColumn id="6" xr3:uid="{F82CE32F-8B45-41CE-910B-4ADB2FC00F91}" name="Time" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{95C33A14-0EED-407C-AA77-72B23F957341}" name="Reg. Information" dataDxfId="7"/>
+    <tableColumn id="8" xr3:uid="{6F835C38-592D-440E-BF63-941BEC16BABA}" name="CECs" dataDxfId="6"/>
+    <tableColumn id="14" xr3:uid="{9EC6ED44-0EEC-49EC-89E4-F699D6177F8F}" name="Counts Toward Ethics" dataDxfId="5"/>
+    <tableColumn id="10" xr3:uid="{BB2C594A-CA6F-431A-8F9E-782D51F7E6E6}" name="Course Type" dataDxfId="4"/>
+    <tableColumn id="12" xr3:uid="{DC512341-B70B-4809-8CF1-D9665DADD8CD}" name="Cost" dataDxfId="3" dataCellStyle="Currency"/>
+    <tableColumn id="16" xr3:uid="{3248C477-B5F5-4A6F-A09F-12480372C783}" name="Language" dataDxfId="2" dataCellStyle="Currency"/>
   </tableColumns>
-  <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="TableStyleMedium6" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -4050,17149 +5274,22277 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-07-enhancing-memory-and-note-taking-skills-for-interpreters-part-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texantranslation.teachable.com/l/products?sortKey=name&amp;sortDirection=asc&amp;page=1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://athenaskyinterpreting.com/product/applied-consecutive-note-taking-advanced/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/store" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/10-6-25-Hands-On-AI-Practicum-p680792831" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/court-ordered-mental-health-evaluations" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/COMING-SOON-2026-Adapting-to-a-World-of-Change-Who-Knew-2-in-Series-p633672038" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/interpreting-administrative-hearings/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-2-advisals-all-languages-self-study-registration-1128665572109?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-duis-field-sobriety-tests-instructor-led" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-08-dui-training-for-interpreters" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atanet.org/ata66/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.codexconsulting.net/continuing-education/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.cvent.com/event/3d825b31-9d40-42b2-ba83-969ed2b30a34/summary?environment=P2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://omt.org.mx/taller-traduccion-juridica" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-05-upholding-the-code-of-ethics-in-the-emerging-ai-era" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-3-individual-calendar-all-languages-self-study-registration-1128667828859?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-1-master-calendar-spanish-self-study-registration-1128681780589?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-domestic-violence" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/leo12-agenda/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://languageaccess.courts.ca.gov/court-interpreters-resources/education-and-training/required-ethics-training" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://najit.org/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paypal.com/ncp/payment/JF46E84MF48JY" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-11-ai-and-the-interpreters-edge-skills-for-the-modern-workflow" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/interpreters-4-agreements" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cultureandlanguage.net/?mc_cid=49f618c353&amp;mc_eid=60cf8a0856" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us02web.zoom.us/webinar/register/WN_oNh-a-wTQoC9vmNyJ58LZQ" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-06-enhancing-memory-and-note-taking-skills-for-interpreters-part-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-2-advisals-spanish-self-study-registration-1128699102399?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-sex-crimes-10-12-10-13" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wyocourts.gov/court-interpreter-services/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpretrain.com/pages/continuing-education-courses-for-interpreters" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://athenaskyinterpreting.com/product/applied-consecutive-note-taking-beginner/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://omt.org.mx/taller-traduccion-juridica-contratos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/store" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/10-6-25-Hands-On-AI-Practicum-p680792831" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipla.com.mx/course/la-puntuacion-en-espanol-1/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/ethics-for-court-interpreters" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/12-15-25-Will-AI-Take-Our-Jobs-Who-Knew-1-p651181312" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cultureandlanguage.net/trainings" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lawweb.colorado.edu/events/details.jsp?id=8651" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/strategic-interpreting/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/mini-webinar-medical-terminology-all-languages-self-study-registration-1128252215749?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/note-taking-101" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-3-individual-calendar-spanish-self-study-registration-1128700386239?aff=erellivmlt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/law/academics/mini-law-school" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-09-advanced-interpreting-techniques-sight-&amp;-simultaneous-mastery-part-1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://omt.org.mx/ciclo-virtual-2025" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreting.com/AI-Enabled/Preparation-for-the-Federal-Exam.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpretrain.com/pages/federal-court-interpreter-exam-training" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aiininterpreting.com/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://najit.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zoom.us/webinar/register/WN_ZUPPIm9pQLiEo5aV-UR30w" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-sex-crimes-10-12-10-13" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-1-master-calendar-all-languages-self-study-registration-1128662492899?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nmtia.net/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/11-17-25-Less-Stress-More-Success-p734151355" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cart.techforword.com/ai-in-interpreting-bootcamp/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cultureandlanguage.net/trainings" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/strategic-interpreting/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-05-upholding-the-code-of-ethics-in-the-emerging-ai-era" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/dna-instructor-led" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notisnet.org/NOTIS-2025" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/sosi25-01-interpreting-the-oral-decision-after-expert-testimony" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.cvent.com/event/d1b28789-5906-49ba-8a15-d72794f9ca59/register" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/ethics-conundrum" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://305interpreters.com/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wehelptounderstand.com/car-accidents-deposition-language-haitian-creole/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://avptranslations.com/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/collections" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/l/products?sortKey=name&amp;sortDirection=asc&amp;page=1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/leo12-agenda/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delamorainstitute.com/ceu/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://305interpreters.com/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/law/academics/mini-law-school" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ncsc.contentdm.oclc.org/digital/collection/tech/id/1167/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gsoservices.net/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-3-individual-calendar-spanish-self-study-registration-1128700386239?aff=erellivmlt" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://omt.org.mx/ciclo-virtual-2025" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citacolorado.org/events/2024-cita-conference/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/court-ordered-mental-health-evaluations" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://josevarelaibarra.gumroad.com/l/pndccn" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coloradojudicialinstitute.org/what-we-do/public-education/our-courts-colorado.html" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/resources-courts/artificial-intelligence-ai" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copovertylawproject.org/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://athenaskyinterpreting.com/product/ethics-the-interpreters-correction-oct-6/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.transinterpreting.com/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/dna-instructor-led" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://najit.org/najit2024/schedule-at-a-glance/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cultureandlanguage.net/ccc-resources/webinars-videos/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://najit.app.neoncrm.com/np/clients/najit/event.jsp?event=1551&amp;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coloradolanguageconnection.org/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aiininterpreting.com/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/ethics-for-court-interpreters-self-paced-language-neutral" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/leo-9th-conference/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notisnet.org/NOTIS-2025" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpretrain.com/pages/note-taking-manual" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://305interpreters.com/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/Negotiating-Terms-and-Conditions" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.arizona.edu/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texantranslation.teachable.com/l/products?sortKey=name&amp;sortDirection=asc&amp;page=1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipla.com.mx/course/la-puntuacion-en-espanol-1/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/spanish-for-interpreters-translators-2-self-paced-webinar-spanish" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.1stchoicecimce.com/california-cimce-classes.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdm16501.contentdm.oclc.org/digital/collection/tech/id/1164" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://305interpreters.com/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-2-advisals-spanish-self-study-registration-1128699102399?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/resources-courts/artificial-intelligence-ai" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-domestic-violence" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dccourts.gov/services/language-access-services" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/navigating-latin-american-slang-self-paced-spanish" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cultureandlanguage.net/ccc-resources/webinars-videos/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cultureandlanguage.net/ccc-resources/webinars-videos/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thecourtinterpreters.com/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cultureandlanguage.net/?mc_cid=49f618c353&amp;mc_eid=60cf8a0856" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/collections" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://najit.org/najit2026/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nmtia.net/conference/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us02web.zoom.us/webinar/register/WN_HFPQbpfxSfaW-Jkfr458EA?mc_cid=7a68e7c17d&amp;mc_eid=21da31994b" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.constant.contactpages.com/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us02web.zoom.us/webinar/register/WN_oNh-a-wTQoC9vmNyJ58LZQ" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/weaponology" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://omt.org.mx/taller-traduccion-juridica" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/10-6-25-Hands-On-AI-Practicum-p680792831" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://t360nbeyond.talentlms.com/catalog/info/id:162" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coloradojudicial.sabacloud.com/Saba/Web_spf/NA10P1PRD009/app/dashboard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp.constantcontactpages.com/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atanet.org/event/translating-spanish-corporate-documents-10-common-pitfalls/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-1-master-calendar-spanish-self-study-registration-1128681780589?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://languageaccess.courts.ca.gov/court-interpreters-resources/education-and-training/required-ethics-training" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/spanish-for-interpreters-translators-4-self-paced-webinar-spanish" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/dna" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.codexconsulting.net/continuing-education/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nci.arizona.edu/workshop/simultaneous-interpreting-lab-spanishenglish" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/sosi26-01-federal-criminal-procedural-law-terms-every-eoir-interpreter-should-know" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/resources-courts/artificial-intelligence-ai" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/12-15-25-Will-AI-Take-Our-Jobs-Who-Knew-1-p651181312" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dccourts.gov/services/language-access-services" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pieseminars.com/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://athenaskyinterpreting.com/master-class/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thecourtinterpreters.com/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nmtia.net/resources-opportunities/events-calendar/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wyocourts.gov/court-interpreter-services/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/collections" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://305interpreters.com/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texantranslation.com/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coloradolanguageconnection.org/workshop-for-interpreters" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.voyceglobal.com/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bookme.texantranslation.com/translating-evidence-for-criminal-cases" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/sosi25-02-the-simultaneous-mode-in-immigration-court-from-fundamentals-to-mastery" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spanishshield.com/courses-1/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/resources-courts/artificial-intelligence-ai" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://najit.org/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-07-enhancing-memory-and-note-taking-skills-for-interpreters-part-2" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreterlearning.courts.ca.gov/Public/Catalog/ChefView.aspx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/10-6-25-Hands-On-AI-Practicum-p680792831" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/COMING-SOON-2026-Adapting-to-a-World-of-Change-Who-Knew-2-in-Series-p633672038" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dccourts.gov/services/language-access-services" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thecourtinterpreters.com/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coloradolanguageconnection.org/workshop-for-interpreters" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/conferences-and-events/events-calendar/2024/webinars/aug/webinar-fundamentals-of-ai-in-the-u.s.-court-system" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/collections" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://305interpreters.com/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.notisnet.org/NOTIS-2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/domestic-violence-self-paced-webinar-spanish" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://catiweb.org/august-webinar-javier-castillo-language-and-culture-interpreting-american-english-profanity/?utm_source=rss&amp;utm_medium=rss&amp;utm_campaign=august-webinar-javier-castillo-language-and-culture-interpreting-american-english-profanity" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atanet.org/event/beyond-a-reasonable-doubt-legal-language-in-subtitling/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/law/academics/mini-law-school" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zoom.us/webinar/register/WN_ZUPPIm9pQLiEo5aV-UR30w?utm_campaign=774425_AI%20evidence%20in%20jury%20trials%3A%20Authenticity%2C%20admissibility%2C%20and%20roles%20of%20the%20court%20and%20juries&amp;utm_medium=email&amp;utm_source=newsletter&amp;utm_content=v-0&amp;dm_i=7L57,GLJT,9FUGBB,2OO0Y,1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://athenaskyinterpreting.com/product/applied-consecutive-note-taking-beginner/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.colorado.edu/law/academics/mini-law-school" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atanet.org/ata66/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://texantranslation.com/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delamorainstitute.com/sosi/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dccourts.gov/services/language-access-services" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@interpretrain.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/product/6-13-23-the-remote-interpreter-that-makes-an-impression/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpretrain.com/pages/colorado-court-interpreter-continuing-education-courses" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atanet.org/event/speaking-up-advocacy-tools-for-language-professionals/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/collections" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/resources-courts/artificial-intelligence-ai" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://najit.org/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-05-upholding-the-code-of-ethics-in-the-emerging-ai-era" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nmtia.net/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us02web.zoom.us/webinar/register/WN_Z645TEU3TUCsr6g-0axMMQ?mc_cid=803f38719a&amp;mc_eid=60cf8a0856" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/course-catalog" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lunaepf.com/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wehelptounderstand.com/divorce-child-support-cies/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nci.arizona.edu/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academiatraductores.com/p/curso-ia-avanzado" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fil.com.mx/prog/resultados.asp?r=8&amp;idsr=8&amp;f=0&amp;n=&amp;a=&amp;c=&amp;ids=0&amp;e=2024&amp;pg=2&amp;b=&amp;tipo=" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lp.constantcontactpages.com/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/collections" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpre-train.digitalchalk.com/learn/civil-court-vocabulary-english-spanish-colorado" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.virginialegalinterpreters.org/court-ethics-and-immigration/professional-development" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/resources-courts/artificial-intelligence-ai" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://athenaskyinterpreting.com/product/applied-consecutive-note-taking-advanced/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.cvent.com/event/d1b28789-5906-49ba-8a15-d72794f9ca59/register" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-11-ai-and-the-interpreters-edge-skills-for-the-modern-workflow" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://events.americanbar.org/event/3be86593-dc37-47df-a08a-05482a4994f5/summary" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe24-06-enhancing-consecutive-interpretation-techniques-for-improved-accuracy-part-1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/dna" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transinterpreting.com/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://t360nbeyond.com/course-list/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atanet.org/event/to-may-to-to-mah-to-state-laws-state-lingo-and-the-interpreters-dilemma/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.virginialegalinterpreters.org/conversation" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cultureandlanguage.net/ccc-resources/webinars-videos/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/resources-courts/artificial-intelligence-ai" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.transinterpreting.com/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/domestic-violence-selfpaced-webinar-neutral" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/note-taking-101" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/strategic-interpreting/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paypal.com/ncp/payment/JF46E84MF48JY" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/course-catalog" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wehelptounderstand.com/interpreters-guide-to-dependency-hearing/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ccio.org/events" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.surveymonkey.com/r/PBKV22Y" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zoom.us/webinar/register/WN_ZUPPIm9pQLiEo5aV-UR30w?utm_campaign=576553_Webinar%3A%20Navigating%20AI%20in%20Court%20Systems%3A%20Ethics%2C%20Legal%20Frameworks%2C%20and%20Practical%20Tools&amp;utm_medium=email&amp;utm_source=newsletter&amp;utm_content=v-0&amp;dm_i=7L57,CCVD,7VVI9V,1V1LQ,1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lp.constantcontactpages.com/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.najit.org/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/collections" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpre-train.digitalchalk.com/learn/note-taking-sight-translation-ethics-colorado-1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-sex-crimes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rogelio.net/california-courses/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/resources-courts/artificial-intelligence-ai" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-duis-field-sobriety-tests-instructor-led" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/store" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpretrain.com/pages/federal-court-interpreter-exam-training" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/offers/qrsBtfo6/checkout" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us02web.zoom.us/webinar/register/WN_GatlpEX_ScaRwki5X06aMQ?mc_cid=d5be6b1cb5&amp;mc_eid=c73bbce95b" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.transinterpreting.com/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transinterpreting.com/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://t360nbeyond.com/course-list/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atanet.org/event/ai-safety-in-translation-and-interpreting-standards-ethics-and-practical-implications/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://najit.org/najit-academy/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.transinterpreting.com/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thecourtinterpreters.com/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nci.arizona.edu/workshop/features-english-and-spanish" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/interpreting-administrative-hearings/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/strategic-interpreting/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cart.techforword.com/ai-in-interpreting-bootcamp/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wehelptounderstand.com/legal-courses/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nci.arizona.edu/interpreter-training/court-interpreter-training-institute-citi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/jerga-americas-costarica-self-paced-language-spanish" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://avptranslations.com/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/sosi24-05-nuturing-personal-growth-and-networking-for-freelancers-a-pathway-to-success" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/collections" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coloradojudicialinstitute.org/what-we-do/public-education/our-courts-colorado.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nci.arizona.edu/interpreter-training/court-interpreter-training-institute-citi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cultureandlanguage.net/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/l/products?sortKey=name&amp;sortDirection=asc&amp;page=1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/resources-courts/artificial-intelligence-ai" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.transpinterpreting.com/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/our-centers-projects/trincsc-ai-policy-consortium" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-sex-crimes-10-12-10-13" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/store" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/ethics-conundrum" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://najit.org/najit-academy/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://305interpreters.com/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://t360nbeyond.com/course-list/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.transinterpreting.com/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thecourtinterpreters.com/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://athenaskyinterpreting.com/product/ethics-accuracy-thru-preparation-oct-27/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpretrain.com/pages/court-interpreter-ethics-training" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe26-02-cinematic-memory-techniques-to-improve-confidence-and-ease-of-recall" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nci.arizona.edu/workshop/fcice-oral-exam-prep" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp.constantcontactpages.com/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lawweb.colorado.edu/events/details.jsp?id=8651" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-3-individual-calendar-all-languages-self-study-registration-1128667828859?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-08-dui-training-for-interpreters" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.virginialegalinterpreters.org/the-year-of-ethics-intro-panel-discussion" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/interpreting-for-911-trauma-&amp;-assessment-&amp;-equipment-live-webinar-neutral" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dg0000000jfrumae.my.salesforce-sites.com/events/evt__quickevent?id=a1a8Y000024Gw5DQAS" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coloradojudicial.gov/court-services/interpreters-translators/continuing-education" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/resources-courts/artificial-intelligence-ai" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.transinterpreting.com/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/webinar-sex-crimes-10-12-10-13" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.transinterpreting.com/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/ethics-for-court-interpreters" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/interpreting-in-emergency-settings/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cultureandlanguage.net/ccc-resources/webinars-videos/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://305interpreters.com/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.avptranslations.com/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-05-upholding-the-code-of-ethics-in-the-emerging-ai-era" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://omt.org.mx/taller-traduccion-juridica-contratos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.codexconsulting.net/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us02web.zoom.us/j/86416689122?pwd=DiP6DM6JfaQgjCahQCINKsLVspfmwS.1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/l/pdp/ethics-in-expert-witness-testimony-language-neutral1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linguisteducationonline.com/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpretrain.com/pages/continuing-education-courses-for-interpreters" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-09-advanced-interpreting-techniques-sight-&amp;-simultaneous-mastery-part-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://305interpreters.com/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/spanish-for-interpreters-and-translator-1-Self-paced-webinar-spanish" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gsoservices.net/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdm16501.contentdm.oclc.org/digital/collection/tech/id/1166" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-2-advisals-all-languages-self-study-registration-1128665572109?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/interpreters-4-agreements" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dccourts.gov/services/language-access-services" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cultureandlanguage.net/ccc-resources/webinars-videos/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/jerga-americas-costarica-self-paced-language-spanish" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.1stchoicecimce.com/california-cimce-classes.html" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/resources-courts/artificial-intelligence-ai" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://josevarelaibarra.gumroad.com/l/ldycv" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/p/dna" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://najit.org/najit2024/schedule-at-a-glance/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/collections" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delamorainstitute.com/catalog" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us02web.zoom.us/webinar/register/WN_XWfJeLTxSzeGxKlOTC5XeQ?mc_cid=87cbed3e32&amp;mc_eid=60cf8a0856" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atifonline.org/elevate-2026/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atanet.org/ata65/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.codexconsulting.net/continuing-education/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dlmpty-25-annual-training-and-holiday-celebration" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hola@angelicaramirez.com.mx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/interpreter-skill-building-webinar" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/consecutive-for-court-interpreters" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lp.constantcontactpages.com/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/assault-rifles-self-paced-language-neutral" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atanet.org/event/preserving-interpreter-neutrality-avoiding-the-pitfalls-of-advocacy/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/immigration-system-1-master-calendar-all-languages-self-study-registration-1128662492899?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://athenaskyinterpreting.com/master-class-all/?mc_cid=0804022725&amp;mc_eid=2efbf2febf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://conference.linguistscollective.info/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thecourtinterpreters.com/shop/11-17-25-Less-Stress-More-Success-p734151355" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/spanish-for-interpreters-translators-3-self-paced-webinar-spanish" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gsoservices.net/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/resources-courts/artificial-intelligence-ai" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/sosi25-01-interpreting-the-oral-decision-after-expert-testimony" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dccourts.gov/services/language-access-services" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cultureandlanguage.net/ccc-resources/webinars-videos/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/federal-terminology-and-practice-webinar" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://athenaskyinterpreting.com/product/notable-notes-sun-april-21/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thecourtinterpreters.com/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gso-services.teachable.com/l/pdp/webinar-ethics-in-expert-witness-testimony" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zoom.us/webinar/register/WN_ZUPPIm9pQLiEo5aV-UR30w" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/continuing-education" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/collections" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://delamorainstitute.com/catalog" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nala.org/nala-conference-expo/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.org/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.interpgenius.com/products/live_events/fcice-preparation-program" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de-la-mora-training.thinkific.com/courses/dmwe25-06-enhancing-memory-and-note-taking-skills-for-interpreters-part-1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.delamorainstitute.com/sosi" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://t360nbeyond.talentlms.com/catalog/info/id:161" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/live-classes" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguisteducationonline.com/irreplaceable-interpreters/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://online.arizona.edu/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transinterpreting.com/spanish-for-interpreters-translators-5-self-paced-webinar-spanish" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gfinterpreters-s-site-8c8f.thinkific.com/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://impact.middlebury.edu/courses/note-taking-for-consecutive-interpretation" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eventbrite.com/e/mini-webinar-medical-terminology-all-languages-self-study-registration-1128252215749?aff=oddtdtcreator" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://interpreting.com/AI-Enabled/Preparation-for-the-Federal-Exam.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{50E389D1-1D56-4B5A-833B-A89185D2E728}">
-  <dimension ref="A1:L446"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B69126D6-E5B3-471A-B703-2DF7EA35EEFB}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:N559"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A428" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-[...2 lines deleted...]
-      <selection pane="topRight" activeCell="G431" sqref="G431"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <pane xSplit="1" ySplit="1" topLeftCell="B537" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight"/>
+      <selection pane="bottomLeft"/>
+      <selection pane="bottomRight" activeCell="B543" sqref="B543"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="17.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="8.54296875" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="12" width="18.81640625" customWidth="1"/>
+    <col min="1" max="1" width="12" style="5" customWidth="1"/>
+    <col min="2" max="2" width="63.6328125" style="4" customWidth="1"/>
+    <col min="3" max="3" width="39" style="5" customWidth="1"/>
+    <col min="4" max="4" width="24" style="5" customWidth="1"/>
+    <col min="5" max="5" width="25.6328125" style="5" customWidth="1"/>
+    <col min="6" max="6" width="25.08984375" style="5" customWidth="1"/>
+    <col min="7" max="7" width="21.26953125" style="6" customWidth="1"/>
+    <col min="8" max="8" width="9.453125" style="5" customWidth="1"/>
+    <col min="9" max="9" width="9.54296875" style="5" customWidth="1"/>
+    <col min="10" max="10" width="28.6328125" style="5" customWidth="1"/>
+    <col min="11" max="11" width="21.6328125" style="5" customWidth="1"/>
+    <col min="12" max="12" width="24.81640625" style="5" customWidth="1"/>
+    <col min="13" max="13" width="8.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:13" s="8" customFormat="1" ht="73.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="19" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="18" t="s">
+        <v>902</v>
+      </c>
+      <c r="E1" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="J1" s="18" t="s">
+        <v>901</v>
+      </c>
+      <c r="K1" s="18" t="s">
+        <v>903</v>
+      </c>
+      <c r="L1" s="18" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A2" s="18">
+        <v>51</v>
+      </c>
+      <c r="B2" s="18" t="s">
+        <v>690</v>
+      </c>
+      <c r="C2" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D2" s="18" t="s">
+        <v>691</v>
+      </c>
+      <c r="E2" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="G2" s="22" t="s">
+        <v>201</v>
+      </c>
+      <c r="H2" s="18">
+        <v>3</v>
+      </c>
+      <c r="I2" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K2" s="23">
+        <v>105</v>
+      </c>
+      <c r="L2" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M2" s="1"/>
+    </row>
+    <row r="3" spans="1:13" ht="92.5" x14ac:dyDescent="0.45">
+      <c r="A3" s="18">
+        <v>115</v>
+      </c>
+      <c r="B3" s="18" t="s">
+        <v>217</v>
+      </c>
+      <c r="C3" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D3" s="18" t="s">
+        <v>218</v>
+      </c>
+      <c r="E3" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="F3" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="G3" s="22" t="s">
+        <v>201</v>
+      </c>
+      <c r="H3" s="18">
+        <v>3</v>
+      </c>
+      <c r="I3" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J3" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" s="24">
+        <v>105</v>
+      </c>
+      <c r="L3" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M3" s="1"/>
+    </row>
+    <row r="4" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A4" s="18">
+        <v>116</v>
+      </c>
+      <c r="B4" s="18" t="s">
+        <v>198</v>
+      </c>
+      <c r="C4" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D4" s="18" t="s">
+        <v>199</v>
+      </c>
+      <c r="E4" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" s="18" t="s">
+        <v>200</v>
+      </c>
+      <c r="G4" s="22" t="s">
+        <v>201</v>
+      </c>
+      <c r="H4" s="18">
+        <v>3</v>
+      </c>
+      <c r="I4" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J4" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" s="24">
+        <v>105</v>
+      </c>
+      <c r="L4" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M4" s="1"/>
+    </row>
+    <row r="5" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A5" s="18">
+        <v>308</v>
+      </c>
+      <c r="B5" s="18" t="s">
+        <v>480</v>
+      </c>
+      <c r="C5" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D5" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" s="22" t="s">
+        <v>201</v>
+      </c>
+      <c r="H5" s="18">
+        <v>12</v>
+      </c>
+      <c r="I5" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" s="18" t="s">
+        <v>481</v>
+      </c>
+      <c r="K5" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L5" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M5" s="1"/>
+    </row>
+    <row r="6" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A6" s="18">
+        <v>22004</v>
+      </c>
+      <c r="B6" s="18" t="s">
+        <v>293</v>
+      </c>
+      <c r="C6" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D6" s="18" t="s">
+        <v>294</v>
+      </c>
+      <c r="E6" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F6" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" s="25" t="s">
+        <v>295</v>
+      </c>
+      <c r="H6" s="18">
+        <v>12</v>
+      </c>
+      <c r="I6" s="18">
+        <v>4</v>
+      </c>
+      <c r="J6" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K6" s="26">
+        <v>88</v>
+      </c>
+      <c r="L6" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="M6" s="1"/>
+    </row>
+    <row r="7" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A7" s="18">
+        <v>22009</v>
+      </c>
+      <c r="B7" s="18" t="s">
+        <v>761</v>
+      </c>
+      <c r="C7" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F7" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" s="18">
+        <v>3</v>
+      </c>
+      <c r="I7" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L7" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M7" s="1"/>
+    </row>
+    <row r="8" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A8" s="18">
+        <v>22010</v>
+      </c>
+      <c r="B8" s="18" t="s">
+        <v>290</v>
+      </c>
+      <c r="C8" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" s="21" t="s">
+        <v>291</v>
+      </c>
+      <c r="F8" s="18" t="s">
+        <v>292</v>
+      </c>
+      <c r="G8" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" s="18">
+        <v>3</v>
+      </c>
+      <c r="I8" s="18">
+        <v>3</v>
+      </c>
+      <c r="J8" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L8" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M8" s="1"/>
+    </row>
+    <row r="9" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A9" s="18">
+        <v>22011</v>
+      </c>
+      <c r="B9" s="18" t="s">
+        <v>843</v>
+      </c>
+      <c r="C9" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" s="21" t="s">
+        <v>844</v>
+      </c>
+      <c r="F9" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" s="18">
+        <v>3</v>
+      </c>
+      <c r="I9" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L9" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M9" s="1"/>
+    </row>
+    <row r="10" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A10" s="18">
+        <v>22012</v>
+      </c>
+      <c r="B10" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C10" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D10" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F10" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H10" s="18">
+        <v>8</v>
+      </c>
+      <c r="I10" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J10" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K10" s="23" t="s">
+        <v>150</v>
+      </c>
+      <c r="L10" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M10" s="1"/>
+    </row>
+    <row r="11" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A11" s="18">
+        <v>22013</v>
+      </c>
+      <c r="B11" s="18" t="s">
+        <v>196</v>
+      </c>
+      <c r="C11" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D11" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F11" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H11" s="18">
+        <v>12</v>
+      </c>
+      <c r="I11" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K11" s="24" t="s">
+        <v>197</v>
+      </c>
+      <c r="L11" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M11" s="1"/>
+    </row>
+    <row r="12" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A12" s="18">
+        <v>22014</v>
+      </c>
+      <c r="B12" s="18" t="s">
+        <v>205</v>
+      </c>
+      <c r="C12" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D12" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F12" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" s="25" t="s">
+        <v>149</v>
+      </c>
+      <c r="H12" s="18">
+        <v>8</v>
+      </c>
+      <c r="I12" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K12" s="23" t="s">
+        <v>150</v>
+      </c>
+      <c r="L12" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M12" s="1"/>
+    </row>
+    <row r="13" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A13" s="18">
+        <v>22015</v>
+      </c>
+      <c r="B13" s="18" t="s">
+        <v>206</v>
+      </c>
+      <c r="C13" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D13" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F13" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H13" s="18">
+        <v>4</v>
+      </c>
+      <c r="I13" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J13" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K13" s="24">
+        <v>199</v>
+      </c>
+      <c r="L13" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M13" s="1"/>
+    </row>
+    <row r="14" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A14" s="18">
+        <v>22016</v>
+      </c>
+      <c r="B14" s="18" t="s">
+        <v>229</v>
+      </c>
+      <c r="C14" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D14" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H14" s="18">
+        <v>8</v>
+      </c>
+      <c r="I14" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J14" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K14" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L14" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M14" s="1"/>
+    </row>
+    <row r="15" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A15" s="18">
+        <v>22017</v>
+      </c>
+      <c r="B15" s="18" t="s">
+        <v>345</v>
+      </c>
+      <c r="C15" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D15" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F15" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H15" s="18">
+        <v>8</v>
+      </c>
+      <c r="I15" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J15" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K15" s="23" t="s">
+        <v>150</v>
+      </c>
+      <c r="L15" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M15" s="1"/>
+    </row>
+    <row r="16" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A16" s="18">
+        <v>22018</v>
+      </c>
+      <c r="B16" s="18" t="s">
+        <v>402</v>
+      </c>
+      <c r="C16" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D16" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F16" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H16" s="18">
+        <v>8</v>
+      </c>
+      <c r="I16" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J16" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K16" s="23" t="s">
+        <v>150</v>
+      </c>
+      <c r="L16" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M16" s="1"/>
+    </row>
+    <row r="17" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A17" s="18">
+        <v>22019</v>
+      </c>
+      <c r="B17" s="18" t="s">
+        <v>456</v>
+      </c>
+      <c r="C17" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D17" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F17" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H17" s="18">
+        <v>8</v>
+      </c>
+      <c r="I17" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J17" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K17" s="23" t="s">
+        <v>197</v>
+      </c>
+      <c r="L17" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M17" s="1"/>
+    </row>
+    <row r="18" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A18" s="18">
+        <v>22020</v>
+      </c>
+      <c r="B18" s="18" t="s">
+        <v>625</v>
+      </c>
+      <c r="C18" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D18" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F18" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H18" s="18">
+        <v>12</v>
+      </c>
+      <c r="I18" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J18" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K18" s="23" t="s">
+        <v>197</v>
+      </c>
+      <c r="L18" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M18" s="1"/>
+    </row>
+    <row r="19" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A19" s="18">
+        <v>22021</v>
+      </c>
+      <c r="B19" s="18" t="s">
+        <v>643</v>
+      </c>
+      <c r="C19" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D19" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F19" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" s="25" t="s">
+        <v>149</v>
+      </c>
+      <c r="H19" s="18">
+        <v>8</v>
+      </c>
+      <c r="I19" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J19" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K19" s="23" t="s">
+        <v>150</v>
+      </c>
+      <c r="L19" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M19" s="1"/>
+    </row>
+    <row r="20" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A20" s="18">
+        <v>22022</v>
+      </c>
+      <c r="B20" s="18" t="s">
+        <v>692</v>
+      </c>
+      <c r="C20" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D20" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F20" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H20" s="18">
+        <v>12</v>
+      </c>
+      <c r="I20" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J20" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K20" s="23" t="s">
+        <v>197</v>
+      </c>
+      <c r="L20" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M20" s="1"/>
+    </row>
+    <row r="21" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A21" s="18">
+        <v>22023</v>
+      </c>
+      <c r="B21" s="18" t="s">
+        <v>695</v>
+      </c>
+      <c r="C21" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D21" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F21" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G21" s="25" t="s">
+        <v>149</v>
+      </c>
+      <c r="H21" s="18">
+        <v>8</v>
+      </c>
+      <c r="I21" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J21" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K21" s="23" t="s">
+        <v>197</v>
+      </c>
+      <c r="L21" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M21" s="1"/>
+    </row>
+    <row r="22" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A22" s="18">
+        <v>22024</v>
+      </c>
+      <c r="B22" s="18" t="s">
+        <v>774</v>
+      </c>
+      <c r="C22" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D22" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F22" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G22" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H22" s="18">
+        <v>8</v>
+      </c>
+      <c r="I22" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J22" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K22" s="23" t="s">
+        <v>150</v>
+      </c>
+      <c r="L22" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M22" s="1"/>
+    </row>
+    <row r="23" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A23" s="18">
+        <v>22025</v>
+      </c>
+      <c r="B23" s="18" t="s">
+        <v>799</v>
+      </c>
+      <c r="C23" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D23" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F23" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G23" s="22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H23" s="18">
+        <v>8</v>
+      </c>
+      <c r="I23" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J23" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K23" s="23" t="s">
+        <v>150</v>
+      </c>
+      <c r="L23" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M23" s="1"/>
+    </row>
+    <row r="24" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A24" s="18">
+        <v>22026</v>
+      </c>
+      <c r="B24" s="18" t="s">
+        <v>734</v>
+      </c>
+      <c r="C24" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D24" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F24" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G24" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="H24" s="18">
+        <v>3</v>
+      </c>
+      <c r="I24" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J24" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L24" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M24" s="1"/>
+    </row>
+    <row r="25" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A25" s="18">
+        <v>22027</v>
+      </c>
+      <c r="B25" s="18" t="s">
+        <v>735</v>
+      </c>
+      <c r="C25" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D25" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F25" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G25" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="H25" s="18">
+        <v>3</v>
+      </c>
+      <c r="I25" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J25" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L25" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M25" s="1"/>
+    </row>
+    <row r="26" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A26" s="18">
+        <v>22028</v>
+      </c>
+      <c r="B26" s="18" t="s">
+        <v>659</v>
+      </c>
+      <c r="C26" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D26" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F26" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G26" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="H26" s="18">
+        <v>3</v>
+      </c>
+      <c r="I26" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J26" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L26" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M26" s="1"/>
+    </row>
+    <row r="27" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A27" s="18">
+        <v>22029</v>
+      </c>
+      <c r="B27" s="18" t="s">
+        <v>660</v>
+      </c>
+      <c r="C27" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D27" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F27" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G27" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="H27" s="18">
+        <v>3</v>
+      </c>
+      <c r="I27" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J27" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L27" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M27" s="1"/>
+    </row>
+    <row r="28" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A28" s="18">
+        <v>22030</v>
+      </c>
+      <c r="B28" s="18" t="s">
+        <v>523</v>
+      </c>
+      <c r="C28" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D28" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E28" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F28" s="18" t="s">
+        <v>524</v>
+      </c>
+      <c r="G28" s="22" t="s">
+        <v>525</v>
+      </c>
+      <c r="H28" s="18">
+        <v>2</v>
+      </c>
+      <c r="I28" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J28" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K28" s="24">
+        <v>59</v>
+      </c>
+      <c r="L28" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M28" s="1"/>
+    </row>
+    <row r="29" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A29" s="18">
+        <v>22031</v>
+      </c>
+      <c r="B29" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="C29" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D29" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E29" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F29" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G29" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H29" s="18">
+        <v>12</v>
+      </c>
+      <c r="I29" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J29" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K29" s="24">
+        <v>299</v>
+      </c>
+      <c r="L29" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M29" s="1"/>
+    </row>
+    <row r="30" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A30" s="18">
+        <v>22032</v>
+      </c>
+      <c r="B30" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="C30" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D30" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F30" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G30" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H30" s="18">
+        <v>3</v>
+      </c>
+      <c r="I30" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J30" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K30" s="24">
+        <v>119</v>
+      </c>
+      <c r="L30" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M30" s="1"/>
+    </row>
+    <row r="31" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A31" s="18">
+        <v>22035</v>
+      </c>
+      <c r="B31" s="18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C31" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D31" s="18" t="s">
+        <v>137</v>
+      </c>
+      <c r="E31" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="F31" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="G31" s="28" t="s">
+        <v>139</v>
+      </c>
+      <c r="H31" s="18">
+        <v>3</v>
+      </c>
+      <c r="I31" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J31" s="18" t="s">
+        <v>140</v>
+      </c>
+      <c r="K31" s="24">
+        <v>109</v>
+      </c>
+      <c r="L31" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M31" s="1"/>
+    </row>
+    <row r="32" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A32" s="18">
+        <v>22036</v>
+      </c>
+      <c r="B32" s="18" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C32" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D32" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F32" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G32" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H32" s="18">
+        <v>4</v>
+      </c>
+      <c r="I32" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J32" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K32" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L32" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M32" s="1"/>
+    </row>
+    <row r="33" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A33" s="18">
+        <v>22037</v>
+      </c>
+      <c r="B33" s="18" t="s">
+        <v>157</v>
+      </c>
+      <c r="C33" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D33" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E33" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F33" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G33" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H33" s="18">
+        <v>4</v>
+      </c>
+      <c r="I33" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J33" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K33" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L33" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M33" s="1"/>
+    </row>
+    <row r="34" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A34" s="18">
+        <v>22038</v>
+      </c>
+      <c r="B34" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="C34" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D34" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="E34" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F34" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G34" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H34" s="18">
+        <v>3</v>
+      </c>
+      <c r="I34" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J34" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K34" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L34" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M34" s="1"/>
+    </row>
+    <row r="35" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A35" s="18">
+        <v>22039</v>
+      </c>
+      <c r="B35" s="18" t="s">
+        <v>176</v>
+      </c>
+      <c r="C35" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D35" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="E35" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F35" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G35" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H35" s="18">
+        <v>6</v>
+      </c>
+      <c r="I35" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J35" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K35" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L35" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M35" s="1"/>
+    </row>
+    <row r="36" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A36" s="18">
+        <v>22040</v>
+      </c>
+      <c r="B36" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="C36" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D36" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F36" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G36" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H36" s="18">
+        <v>3</v>
+      </c>
+      <c r="I36" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J36" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K36" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L36" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M36" s="1"/>
+    </row>
+    <row r="37" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A37" s="18">
+        <v>22043</v>
+      </c>
+      <c r="B37" s="18" t="s">
+        <v>309</v>
+      </c>
+      <c r="C37" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D37" s="18" t="s">
+        <v>1240</v>
+      </c>
+      <c r="E37" s="29" t="s">
+        <v>74</v>
+      </c>
+      <c r="F37" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G37" s="30" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H37" s="18">
+        <v>3</v>
+      </c>
+      <c r="I37" s="18">
+        <v>3</v>
+      </c>
+      <c r="J37" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K37" s="24">
+        <v>79</v>
+      </c>
+      <c r="L37" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M37" s="1"/>
+    </row>
+    <row r="38" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A38" s="18">
+        <v>22045</v>
+      </c>
+      <c r="B38" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C38" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D38" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E38" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F38" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G38" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="H38" s="18">
+        <v>7</v>
+      </c>
+      <c r="I38" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J38" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K38" s="31">
+        <v>105</v>
+      </c>
+      <c r="L38" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M38" s="1"/>
+    </row>
+    <row r="39" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A39" s="18">
+        <v>22048</v>
+      </c>
+      <c r="B39" s="18" t="s">
+        <v>282</v>
+      </c>
+      <c r="C39" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D39" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E39" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F39" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G39" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="H39" s="18">
+        <v>6</v>
+      </c>
+      <c r="I39" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J39" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K39" s="31">
+        <v>95</v>
+      </c>
+      <c r="L39" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M39" s="1"/>
+    </row>
+    <row r="40" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A40" s="18">
+        <v>22049</v>
+      </c>
+      <c r="B40" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C40" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D40" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E40" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F40" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G40" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="H40" s="18">
+        <v>3</v>
+      </c>
+      <c r="I40" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J40" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K40" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M40" s="1"/>
+    </row>
+    <row r="41" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A41" s="18">
+        <v>22050</v>
+      </c>
+      <c r="B41" s="18" t="s">
+        <v>346</v>
+      </c>
+      <c r="C41" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D41" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E41" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F41" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G41" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="H41" s="18">
+        <v>8</v>
+      </c>
+      <c r="I41" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J41" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K41" s="31">
+        <v>115</v>
+      </c>
+      <c r="L41" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M41" s="1"/>
+    </row>
+    <row r="42" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A42" s="18">
+        <v>22054</v>
+      </c>
+      <c r="B42" s="18" t="s">
+        <v>461</v>
+      </c>
+      <c r="C42" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D42" s="18" t="s">
+        <v>462</v>
+      </c>
+      <c r="E42" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F42" s="18" t="s">
+        <v>463</v>
+      </c>
+      <c r="G42" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H42" s="18">
+        <v>3</v>
+      </c>
+      <c r="I42" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J42" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K42" s="32">
+        <v>99</v>
+      </c>
+      <c r="L42" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="M42" s="1"/>
+    </row>
+    <row r="43" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A43" s="18">
+        <v>22059</v>
+      </c>
+      <c r="B43" s="18" t="s">
+        <v>403</v>
+      </c>
+      <c r="C43" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D43" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E43" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F43" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G43" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H43" s="18">
+        <v>3</v>
+      </c>
+      <c r="I43" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J43" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K43" s="24">
+        <v>89</v>
+      </c>
+      <c r="L43" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M43" s="1"/>
+    </row>
+    <row r="44" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A44" s="18">
+        <v>22060</v>
+      </c>
+      <c r="B44" s="18" t="s">
+        <v>247</v>
+      </c>
+      <c r="C44" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D44" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E44" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F44" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G44" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H44" s="18">
+        <v>1</v>
+      </c>
+      <c r="I44" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J44" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K44" s="24">
+        <v>29</v>
+      </c>
+      <c r="L44" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M44" s="1"/>
+    </row>
+    <row r="45" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A45" s="18">
+        <v>22063</v>
+      </c>
+      <c r="B45" s="18" t="s">
+        <v>267</v>
+      </c>
+      <c r="C45" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D45" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="E45" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F45" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G45" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H45" s="18">
+        <v>3</v>
+      </c>
+      <c r="I45" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J45" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K45" s="24">
+        <v>99</v>
+      </c>
+      <c r="L45" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M45" s="1"/>
+    </row>
+    <row r="46" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A46" s="18">
+        <v>22064</v>
+      </c>
+      <c r="B46" s="18" t="s">
+        <v>277</v>
+      </c>
+      <c r="C46" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D46" s="18"/>
+      <c r="E46" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F46" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G46" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H46" s="18">
+        <v>3</v>
+      </c>
+      <c r="I46" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J46" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K46" s="24">
+        <v>89</v>
+      </c>
+      <c r="L46" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M46" s="1"/>
+    </row>
+    <row r="47" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A47" s="18">
+        <v>22065</v>
+      </c>
+      <c r="B47" s="18" t="s">
+        <v>326</v>
+      </c>
+      <c r="C47" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D47" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E47" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F47" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G47" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H47" s="18">
+        <v>3</v>
+      </c>
+      <c r="I47" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J47" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K47" s="24">
+        <v>89</v>
+      </c>
+      <c r="L47" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M47" s="1"/>
+    </row>
+    <row r="48" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A48" s="18">
+        <v>22066</v>
+      </c>
+      <c r="B48" s="18" t="s">
+        <v>297</v>
+      </c>
+      <c r="C48" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D48" s="21" t="s">
+        <v>67</v>
+      </c>
+      <c r="E48" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F48" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G48" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H48" s="18">
+        <v>3</v>
+      </c>
+      <c r="I48" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J48" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K48" s="24">
+        <v>129</v>
+      </c>
+      <c r="L48" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M48" s="1"/>
+    </row>
+    <row r="49" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A49" s="18">
+        <v>22067</v>
+      </c>
+      <c r="B49" s="18" t="s">
+        <v>340</v>
+      </c>
+      <c r="C49" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D49" s="18" t="s">
+        <v>341</v>
+      </c>
+      <c r="E49" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F49" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G49" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H49" s="18">
+        <v>12</v>
+      </c>
+      <c r="I49" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J49" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K49" s="24">
+        <v>299</v>
+      </c>
+      <c r="L49" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M49" s="1"/>
+    </row>
+    <row r="50" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A50" s="18">
+        <v>22068</v>
+      </c>
+      <c r="B50" s="18" t="s">
+        <v>345</v>
+      </c>
+      <c r="C50" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D50" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E50" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F50" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G50" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H50" s="18">
+        <v>6</v>
+      </c>
+      <c r="I50" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J50" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K50" s="24">
+        <v>149</v>
+      </c>
+      <c r="L50" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M50" s="1"/>
+    </row>
+    <row r="51" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A51" s="18">
+        <v>22069</v>
+      </c>
+      <c r="B51" s="18" t="s">
+        <v>375</v>
+      </c>
+      <c r="C51" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D51" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E51" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F51" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G51" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H51" s="18">
+        <v>2</v>
+      </c>
+      <c r="I51" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J51" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K51" s="24">
+        <v>59</v>
+      </c>
+      <c r="L51" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M51" s="1"/>
+    </row>
+    <row r="52" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A52" s="18">
+        <v>22070</v>
+      </c>
+      <c r="B52" s="18" t="s">
+        <v>376</v>
+      </c>
+      <c r="C52" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D52" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E52" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F52" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G52" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H52" s="18">
+        <v>2</v>
+      </c>
+      <c r="I52" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J52" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K52" s="24">
+        <v>59</v>
+      </c>
+      <c r="L52" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M52" s="1"/>
+    </row>
+    <row r="53" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A53" s="18">
+        <v>22073</v>
+      </c>
+      <c r="B53" s="18" t="s">
+        <v>379</v>
+      </c>
+      <c r="C53" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D53" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E53" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F53" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G53" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H53" s="18">
+        <v>2</v>
+      </c>
+      <c r="I53" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J53" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K53" s="24">
+        <v>59</v>
+      </c>
+      <c r="L53" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M53" s="1"/>
+    </row>
+    <row r="54" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A54" s="18">
+        <v>22074</v>
+      </c>
+      <c r="B54" s="18" t="s">
+        <v>383</v>
+      </c>
+      <c r="C54" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D54" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E54" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F54" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G54" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H54" s="18">
+        <v>6</v>
+      </c>
+      <c r="I54" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J54" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K54" s="24">
+        <v>129</v>
+      </c>
+      <c r="L54" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M54" s="1"/>
+    </row>
+    <row r="55" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A55" s="18">
+        <v>22075</v>
+      </c>
+      <c r="B55" s="18" t="s">
+        <v>384</v>
+      </c>
+      <c r="C55" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D55" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E55" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F55" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G55" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H55" s="18">
+        <v>2</v>
+      </c>
+      <c r="I55" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J55" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K55" s="24">
+        <v>89</v>
+      </c>
+      <c r="L55" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M55" s="1"/>
+    </row>
+    <row r="56" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A56" s="18">
+        <v>22076</v>
+      </c>
+      <c r="B56" s="18" t="s">
+        <v>385</v>
+      </c>
+      <c r="C56" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D56" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E56" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F56" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G56" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H56" s="18">
+        <v>2</v>
+      </c>
+      <c r="I56" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J56" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K56" s="24">
+        <v>39</v>
+      </c>
+      <c r="L56" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M56" s="1"/>
+    </row>
+    <row r="57" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A57" s="18">
+        <v>22077</v>
+      </c>
+      <c r="B57" s="18" t="s">
+        <v>395</v>
+      </c>
+      <c r="C57" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D57" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E57" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F57" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G57" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H57" s="18">
+        <v>3</v>
+      </c>
+      <c r="I57" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J57" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K57" s="24">
+        <v>119</v>
+      </c>
+      <c r="L57" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M57" s="1"/>
+    </row>
+    <row r="58" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A58" s="18">
+        <v>22078</v>
+      </c>
+      <c r="B58" s="18" t="s">
+        <v>401</v>
+      </c>
+      <c r="C58" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D58" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E58" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F58" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G58" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H58" s="18">
+        <v>3</v>
+      </c>
+      <c r="I58" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J58" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K58" s="24">
+        <v>98</v>
+      </c>
+      <c r="L58" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M58" s="1"/>
+    </row>
+    <row r="59" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A59" s="18">
+        <v>22079</v>
+      </c>
+      <c r="B59" s="18" t="s">
+        <v>411</v>
+      </c>
+      <c r="C59" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D59" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="E59" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F59" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G59" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H59" s="18">
+        <v>3</v>
+      </c>
+      <c r="I59" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J59" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K59" s="24">
+        <v>98</v>
+      </c>
+      <c r="L59" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M59" s="1"/>
+    </row>
+    <row r="60" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A60" s="18">
+        <v>22080</v>
+      </c>
+      <c r="B60" s="18" t="s">
+        <v>423</v>
+      </c>
+      <c r="C60" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D60" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E60" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F60" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G60" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H60" s="18">
+        <v>2</v>
+      </c>
+      <c r="I60" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J60" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K60" s="24">
+        <v>99</v>
+      </c>
+      <c r="L60" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M60" s="1"/>
+    </row>
+    <row r="61" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A61" s="18">
+        <v>22083</v>
+      </c>
+      <c r="B61" s="18" t="s">
+        <v>452</v>
+      </c>
+      <c r="C61" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D61" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E61" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F61" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G61" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H61" s="18">
+        <v>1</v>
+      </c>
+      <c r="I61" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J61" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K61" s="24">
+        <v>39</v>
+      </c>
+      <c r="L61" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M61" s="1"/>
+    </row>
+    <row r="62" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A62" s="18">
+        <v>22084</v>
+      </c>
+      <c r="B62" s="18" t="s">
+        <v>468</v>
+      </c>
+      <c r="C62" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D62" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E62" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F62" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G62" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H62" s="18">
+        <v>6</v>
+      </c>
+      <c r="I62" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J62" s="18" t="s">
+        <v>469</v>
+      </c>
+      <c r="K62" s="24">
+        <v>149</v>
+      </c>
+      <c r="L62" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M62" s="1"/>
+    </row>
+    <row r="63" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A63" s="18">
+        <v>22085</v>
+      </c>
+      <c r="B63" s="18" t="s">
+        <v>470</v>
+      </c>
+      <c r="C63" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D63" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E63" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F63" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G63" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H63" s="18">
+        <v>6</v>
+      </c>
+      <c r="I63" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J63" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K63" s="24">
+        <v>149</v>
+      </c>
+      <c r="L63" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M63" s="1"/>
+    </row>
+    <row r="64" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A64" s="18">
+        <v>22086</v>
+      </c>
+      <c r="B64" s="18" t="s">
+        <v>516</v>
+      </c>
+      <c r="C64" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D64" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E64" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F64" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G64" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H64" s="18">
+        <v>3</v>
+      </c>
+      <c r="I64" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J64" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K64" s="24">
+        <v>129</v>
+      </c>
+      <c r="L64" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M64" s="1"/>
+    </row>
+    <row r="65" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A65" s="18">
+        <v>22087</v>
+      </c>
+      <c r="B65" s="18" t="s">
+        <v>522</v>
+      </c>
+      <c r="C65" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D65" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E65" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F65" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G65" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H65" s="18">
+        <v>2</v>
+      </c>
+      <c r="I65" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J65" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K65" s="24">
+        <v>59</v>
+      </c>
+      <c r="L65" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M65" s="1"/>
+    </row>
+    <row r="66" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A66" s="18">
+        <v>22088</v>
+      </c>
+      <c r="B66" s="18" t="s">
+        <v>547</v>
+      </c>
+      <c r="C66" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D66" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E66" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F66" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G66" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H66" s="18">
+        <v>2</v>
+      </c>
+      <c r="I66" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J66" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K66" s="24">
+        <v>59</v>
+      </c>
+      <c r="L66" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M66" s="1"/>
+    </row>
+    <row r="67" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A67" s="18">
+        <v>22089</v>
+      </c>
+      <c r="B67" s="18" t="s">
+        <v>548</v>
+      </c>
+      <c r="C67" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D67" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E67" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F67" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G67" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H67" s="18">
+        <v>2</v>
+      </c>
+      <c r="I67" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J67" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K67" s="24">
+        <v>59</v>
+      </c>
+      <c r="L67" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M67" s="1"/>
+    </row>
+    <row r="68" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A68" s="18">
+        <v>22090</v>
+      </c>
+      <c r="B68" s="18" t="s">
+        <v>535</v>
+      </c>
+      <c r="C68" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D68" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E68" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F68" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G68" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H68" s="18">
+        <v>3</v>
+      </c>
+      <c r="I68" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J68" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K68" s="24">
+        <v>99</v>
+      </c>
+      <c r="L68" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M68" s="1"/>
+    </row>
+    <row r="69" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A69" s="18">
+        <v>22091</v>
+      </c>
+      <c r="B69" s="18" t="s">
+        <v>613</v>
+      </c>
+      <c r="C69" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D69" s="18" t="s">
+        <v>614</v>
+      </c>
+      <c r="E69" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F69" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G69" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H69" s="18">
+        <v>2</v>
+      </c>
+      <c r="I69" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J69" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K69" s="24">
+        <v>48</v>
+      </c>
+      <c r="L69" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M69" s="1"/>
+    </row>
+    <row r="70" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A70" s="18">
+        <v>22092</v>
+      </c>
+      <c r="B70" s="18" t="s">
+        <v>624</v>
+      </c>
+      <c r="C70" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D70" s="18"/>
+      <c r="E70" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F70" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G70" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H70" s="18">
+        <v>12</v>
+      </c>
+      <c r="I70" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J70" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K70" s="24">
+        <v>299</v>
+      </c>
+      <c r="L70" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M70" s="1"/>
+    </row>
+    <row r="71" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A71" s="18">
+        <v>22093</v>
+      </c>
+      <c r="B71" s="18" t="s">
+        <v>632</v>
+      </c>
+      <c r="C71" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D71" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E71" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F71" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G71" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H71" s="18">
+        <v>3</v>
+      </c>
+      <c r="I71" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J71" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K71" s="24">
+        <v>99</v>
+      </c>
+      <c r="L71" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M71" s="1"/>
+    </row>
+    <row r="72" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A72" s="18">
+        <v>22094</v>
+      </c>
+      <c r="B72" s="18" t="s">
+        <v>633</v>
+      </c>
+      <c r="C72" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D72" s="18"/>
+      <c r="E72" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F72" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G72" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H72" s="18">
+        <v>3</v>
+      </c>
+      <c r="I72" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J72" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K72" s="24">
+        <v>129</v>
+      </c>
+      <c r="L72" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M72" s="1"/>
+    </row>
+    <row r="73" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A73" s="18">
+        <v>22095</v>
+      </c>
+      <c r="B73" s="18" t="s">
+        <v>647</v>
+      </c>
+      <c r="C73" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D73" s="18"/>
+      <c r="E73" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F73" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G73" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H73" s="18">
+        <v>3</v>
+      </c>
+      <c r="I73" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J73" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K73" s="24">
+        <v>129</v>
+      </c>
+      <c r="L73" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M73" s="1"/>
+    </row>
+    <row r="74" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A74" s="18">
+        <v>22096</v>
+      </c>
+      <c r="B74" s="18" t="s">
+        <v>648</v>
+      </c>
+      <c r="C74" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D74" s="18"/>
+      <c r="E74" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F74" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G74" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H74" s="18">
+        <v>3</v>
+      </c>
+      <c r="I74" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J74" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="K74" s="24">
+        <v>129</v>
+      </c>
+      <c r="L74" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M74" s="1"/>
+    </row>
+    <row r="75" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A75" s="18">
+        <v>22097</v>
+      </c>
+      <c r="B75" s="18" t="s">
+        <v>658</v>
+      </c>
+      <c r="C75" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D75" s="18"/>
+      <c r="E75" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F75" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G75" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H75" s="18">
+        <v>3</v>
+      </c>
+      <c r="I75" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J75" s="18" t="s">
+        <v>649</v>
+      </c>
+      <c r="K75" s="24">
+        <v>119</v>
+      </c>
+      <c r="L75" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M75" s="1"/>
+    </row>
+    <row r="76" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A76" s="18">
+        <v>22098</v>
+      </c>
+      <c r="B76" s="18" t="s">
+        <v>665</v>
+      </c>
+      <c r="C76" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D76" s="18" t="s">
+        <v>666</v>
+      </c>
+      <c r="E76" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F76" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G76" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H76" s="18">
+        <v>3</v>
+      </c>
+      <c r="I76" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J76" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K76" s="24">
+        <v>129</v>
+      </c>
+      <c r="L76" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M76" s="1"/>
+    </row>
+    <row r="77" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A77" s="18">
+        <v>22099</v>
+      </c>
+      <c r="B77" s="18" t="s">
+        <v>754</v>
+      </c>
+      <c r="C77" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D77" s="18" t="s">
+        <v>177</v>
+      </c>
+      <c r="E77" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F77" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G77" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H77" s="18">
+        <v>4</v>
+      </c>
+      <c r="I77" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J77" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K77" s="24">
+        <v>129</v>
+      </c>
+      <c r="L77" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M77" s="1"/>
+    </row>
+    <row r="78" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A78" s="18">
+        <v>22100</v>
+      </c>
+      <c r="B78" s="18" t="s">
+        <v>773</v>
+      </c>
+      <c r="C78" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D78" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E78" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F78" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G78" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H78" s="18">
+        <v>3</v>
+      </c>
+      <c r="I78" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J78" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K78" s="24">
+        <v>99</v>
+      </c>
+      <c r="L78" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M78" s="1"/>
+    </row>
+    <row r="79" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A79" s="18">
+        <v>22101</v>
+      </c>
+      <c r="B79" s="18" t="s">
+        <v>811</v>
+      </c>
+      <c r="C79" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D79" s="18" t="s">
+        <v>812</v>
+      </c>
+      <c r="E79" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F79" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G79" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H79" s="18">
+        <v>3</v>
+      </c>
+      <c r="I79" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J79" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K79" s="24">
+        <v>99</v>
+      </c>
+      <c r="L79" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M79" s="1"/>
+    </row>
+    <row r="80" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A80" s="18">
+        <v>22102</v>
+      </c>
+      <c r="B80" s="18" t="s">
+        <v>852</v>
+      </c>
+      <c r="C80" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D80" s="18"/>
+      <c r="E80" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F80" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G80" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H80" s="18">
+        <v>3</v>
+      </c>
+      <c r="I80" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J80" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K80" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L80" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M80" s="1"/>
+    </row>
+    <row r="81" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A81" s="18">
+        <v>22113</v>
+      </c>
+      <c r="B81" s="18" t="s">
+        <v>249</v>
+      </c>
+      <c r="C81" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D81" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E81" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F81" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G81" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H81" s="18">
+        <v>1</v>
+      </c>
+      <c r="I81" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J81" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K81" s="24">
+        <v>29</v>
+      </c>
+      <c r="L81" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M81" s="1"/>
+    </row>
+    <row r="82" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A82" s="18">
+        <v>22114</v>
+      </c>
+      <c r="B82" s="18" t="s">
+        <v>378</v>
+      </c>
+      <c r="C82" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D82" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E82" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F82" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G82" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H82" s="18">
+        <v>2</v>
+      </c>
+      <c r="I82" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J82" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K82" s="24">
+        <v>59</v>
+      </c>
+      <c r="L82" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M82" s="1"/>
+    </row>
+    <row r="83" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A83" s="18">
+        <v>22115</v>
+      </c>
+      <c r="B83" s="18" t="s">
+        <v>450</v>
+      </c>
+      <c r="C83" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D83" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E83" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F83" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G83" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H83" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I83" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J83" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K83" s="24">
+        <v>49</v>
+      </c>
+      <c r="L83" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M83" s="1"/>
+    </row>
+    <row r="84" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A84" s="18">
+        <v>22116</v>
+      </c>
+      <c r="B84" s="18" t="s">
+        <v>451</v>
+      </c>
+      <c r="C84" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D84" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E84" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F84" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G84" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H84" s="18">
+        <v>1</v>
+      </c>
+      <c r="I84" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J84" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K84" s="24">
+        <v>39</v>
+      </c>
+      <c r="L84" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M84" s="1"/>
+    </row>
+    <row r="85" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A85" s="18">
+        <v>22118</v>
+      </c>
+      <c r="B85" s="18" t="s">
+        <v>248</v>
+      </c>
+      <c r="C85" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D85" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E85" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F85" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G85" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H85" s="18">
+        <v>1</v>
+      </c>
+      <c r="I85" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J85" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K85" s="24">
+        <v>29</v>
+      </c>
+      <c r="L85" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M85" s="1"/>
+    </row>
+    <row r="86" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A86" s="18">
+        <v>22119</v>
+      </c>
+      <c r="B86" s="18" t="s">
+        <v>377</v>
+      </c>
+      <c r="C86" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D86" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E86" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F86" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G86" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H86" s="18">
+        <v>2</v>
+      </c>
+      <c r="I86" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J86" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K86" s="24">
+        <v>59</v>
+      </c>
+      <c r="L86" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M86" s="1"/>
+    </row>
+    <row r="87" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A87" s="18">
+        <v>22122</v>
+      </c>
+      <c r="B87" s="18" t="s">
+        <v>653</v>
+      </c>
+      <c r="C87" s="18" t="s">
+        <v>654</v>
+      </c>
+      <c r="D87" s="18" t="s">
+        <v>655</v>
+      </c>
+      <c r="E87" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F87" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G87" s="25" t="s">
+        <v>656</v>
+      </c>
+      <c r="H87" s="18">
+        <v>4.5</v>
+      </c>
+      <c r="I87" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J87" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K87" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L87" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M87" s="1"/>
+    </row>
+    <row r="88" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A88" s="18">
+        <v>22127</v>
+      </c>
+      <c r="B88" s="18" t="s">
+        <v>752</v>
+      </c>
+      <c r="C88" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D88" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E88" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="F88" s="18" t="s">
+        <v>753</v>
+      </c>
+      <c r="G88" s="22" t="s">
+        <v>256</v>
+      </c>
+      <c r="H88" s="18">
+        <v>4</v>
+      </c>
+      <c r="I88" s="18">
+        <v>4</v>
+      </c>
+      <c r="J88" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K88" s="24">
+        <v>60</v>
+      </c>
+      <c r="L88" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M88" s="1"/>
+    </row>
+    <row r="89" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A89" s="18">
+        <v>22128</v>
+      </c>
+      <c r="B89" s="18" t="s">
+        <v>399</v>
+      </c>
+      <c r="C89" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D89" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E89" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="F89" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G89" s="22" t="s">
+        <v>256</v>
+      </c>
+      <c r="H89" s="18">
+        <v>5</v>
+      </c>
+      <c r="I89" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J89" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K89" s="24">
+        <v>75</v>
+      </c>
+      <c r="L89" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M89" s="1"/>
+    </row>
+    <row r="90" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A90" s="18">
+        <v>22129</v>
+      </c>
+      <c r="B90" s="18" t="s">
+        <v>400</v>
+      </c>
+      <c r="C90" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D90" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E90" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="F90" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G90" s="22" t="s">
+        <v>256</v>
+      </c>
+      <c r="H90" s="18">
+        <v>5</v>
+      </c>
+      <c r="I90" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J90" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K90" s="24">
+        <v>75</v>
+      </c>
+      <c r="L90" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M90" s="1"/>
+    </row>
+    <row r="91" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A91" s="18">
+        <v>22130</v>
+      </c>
+      <c r="B91" s="18" t="s">
+        <v>752</v>
+      </c>
+      <c r="C91" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D91" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E91" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="F91" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G91" s="22" t="s">
+        <v>256</v>
+      </c>
+      <c r="H91" s="18">
+        <v>5</v>
+      </c>
+      <c r="I91" s="18">
+        <v>5</v>
+      </c>
+      <c r="J91" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K91" s="24">
+        <v>75</v>
+      </c>
+      <c r="L91" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M91" s="1"/>
+    </row>
+    <row r="92" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A92" s="18">
+        <v>22133</v>
+      </c>
+      <c r="B92" s="18" t="s">
+        <v>913</v>
+      </c>
+      <c r="C92" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D92" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E92" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F92" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G92" s="30" t="s">
+        <v>909</v>
+      </c>
+      <c r="H92" s="18">
+        <v>4</v>
+      </c>
+      <c r="I92" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J92" s="18" t="s">
+        <v>908</v>
+      </c>
+      <c r="K92" s="24">
+        <v>60</v>
+      </c>
+      <c r="L92" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M92" s="1"/>
+    </row>
+    <row r="93" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A93" s="18">
+        <v>22134</v>
+      </c>
+      <c r="B93" s="18" t="s">
+        <v>914</v>
+      </c>
+      <c r="C93" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D93" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E93" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F93" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G93" s="30" t="s">
+        <v>909</v>
+      </c>
+      <c r="H93" s="18">
+        <v>6</v>
+      </c>
+      <c r="I93" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J93" s="18" t="s">
+        <v>908</v>
+      </c>
+      <c r="K93" s="24">
+        <v>90</v>
+      </c>
+      <c r="L93" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M93" s="1"/>
+    </row>
+    <row r="94" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A94" s="18">
+        <v>22135</v>
+      </c>
+      <c r="B94" s="18" t="s">
+        <v>911</v>
+      </c>
+      <c r="C94" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D94" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E94" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F94" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G94" s="30" t="s">
+        <v>909</v>
+      </c>
+      <c r="H94" s="18">
+        <v>3</v>
+      </c>
+      <c r="I94" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J94" s="18" t="s">
+        <v>908</v>
+      </c>
+      <c r="K94" s="24">
+        <v>45</v>
+      </c>
+      <c r="L94" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M94" s="1"/>
+    </row>
+    <row r="95" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A95" s="18">
+        <v>22136</v>
+      </c>
+      <c r="B95" s="18" t="s">
+        <v>912</v>
+      </c>
+      <c r="C95" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D95" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E95" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F95" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G95" s="30" t="s">
+        <v>909</v>
+      </c>
+      <c r="H95" s="18">
+        <v>4</v>
+      </c>
+      <c r="I95" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J95" s="18" t="s">
+        <v>908</v>
+      </c>
+      <c r="K95" s="24">
+        <v>60</v>
+      </c>
+      <c r="L95" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M95" s="1"/>
+    </row>
+    <row r="96" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A96" s="18">
+        <v>22137</v>
+      </c>
+      <c r="B96" s="18" t="s">
+        <v>532</v>
+      </c>
+      <c r="C96" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D96" s="18" t="s">
+        <v>381</v>
+      </c>
+      <c r="E96" s="21">
+        <v>45816</v>
+      </c>
+      <c r="F96" s="18" t="s">
+        <v>533</v>
+      </c>
+      <c r="G96" s="22" t="s">
+        <v>534</v>
+      </c>
+      <c r="H96" s="18">
+        <v>3</v>
+      </c>
+      <c r="I96" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J96" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K96" s="31">
+        <v>70</v>
+      </c>
+      <c r="L96" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M96" s="1"/>
+    </row>
+    <row r="97" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A97" s="18">
+        <v>22138</v>
+      </c>
+      <c r="B97" s="18" t="s">
+        <v>907</v>
+      </c>
+      <c r="C97" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D97" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E97" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F97" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G97" s="30" t="s">
+        <v>909</v>
+      </c>
+      <c r="H97" s="18">
+        <v>4</v>
+      </c>
+      <c r="I97" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J97" s="18" t="s">
+        <v>908</v>
+      </c>
+      <c r="K97" s="24">
+        <v>60</v>
+      </c>
+      <c r="L97" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M97" s="1"/>
+    </row>
+    <row r="98" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A98" s="18">
+        <v>22139</v>
+      </c>
+      <c r="B98" s="18" t="s">
+        <v>910</v>
+      </c>
+      <c r="C98" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D98" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E98" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F98" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G98" s="30" t="s">
+        <v>909</v>
+      </c>
+      <c r="H98" s="18">
+        <v>5</v>
+      </c>
+      <c r="I98" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J98" s="18" t="s">
+        <v>908</v>
+      </c>
+      <c r="K98" s="24">
+        <v>75</v>
+      </c>
+      <c r="L98" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M98" s="1"/>
+    </row>
+    <row r="99" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A99" s="18">
+        <v>22140</v>
+      </c>
+      <c r="B99" s="18" t="s">
+        <v>729</v>
+      </c>
+      <c r="C99" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D99" s="18" t="s">
+        <v>730</v>
+      </c>
+      <c r="E99" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F99" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G99" s="33" t="s">
+        <v>148</v>
+      </c>
+      <c r="H99" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I99" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J99" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K99" s="24">
+        <v>25</v>
+      </c>
+      <c r="L99" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M99" s="1"/>
+    </row>
+    <row r="100" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A100" s="18">
+        <v>22141</v>
+      </c>
+      <c r="B100" s="18" t="s">
+        <v>897</v>
+      </c>
+      <c r="C100" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D100" s="18" t="s">
+        <v>730</v>
+      </c>
+      <c r="E100" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F100" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G100" s="33" t="s">
+        <v>148</v>
+      </c>
+      <c r="H100" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I100" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J100" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K100" s="24">
+        <v>25</v>
+      </c>
+      <c r="L100" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M100" s="1"/>
+    </row>
+    <row r="101" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A101" s="18">
+        <v>22144</v>
+      </c>
+      <c r="B101" s="18" t="s">
+        <v>151</v>
+      </c>
+      <c r="C101" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D101" s="18" t="s">
+        <v>152</v>
+      </c>
+      <c r="E101" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F101" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G101" s="22" t="s">
+        <v>148</v>
+      </c>
+      <c r="H101" s="18">
+        <v>1</v>
+      </c>
+      <c r="I101" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J101" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K101" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L101" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M101" s="1"/>
+    </row>
+    <row r="102" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A102" s="18">
+        <v>22155</v>
+      </c>
+      <c r="B102" s="18" t="s">
+        <v>684</v>
+      </c>
+      <c r="C102" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D102" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E102" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F102" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G102" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="H102" s="18">
+        <v>7</v>
+      </c>
+      <c r="I102" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J102" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K102" s="24">
+        <v>105</v>
+      </c>
+      <c r="L102" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M102" s="1"/>
+    </row>
+    <row r="103" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A103" s="18">
+        <v>22156</v>
+      </c>
+      <c r="B103" s="18" t="s">
+        <v>793</v>
+      </c>
+      <c r="C103" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D103" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E103" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F103" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G103" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="H103" s="18">
+        <v>2</v>
+      </c>
+      <c r="I103" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J103" s="18" t="s">
+        <v>794</v>
+      </c>
+      <c r="K103" s="24">
+        <v>40</v>
+      </c>
+      <c r="L103" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M103" s="1"/>
+    </row>
+    <row r="104" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A104" s="18">
+        <v>22161</v>
+      </c>
+      <c r="B104" s="18" t="s">
+        <v>335</v>
+      </c>
+      <c r="C104" s="18" t="s">
+        <v>336</v>
+      </c>
+      <c r="D104" s="18" t="s">
+        <v>337</v>
+      </c>
+      <c r="E104" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F104" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G104" s="22" t="s">
+        <v>338</v>
+      </c>
+      <c r="H104" s="18">
+        <v>12</v>
+      </c>
+      <c r="I104" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J104" s="18" t="s">
+        <v>339</v>
+      </c>
+      <c r="K104" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L104" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M104" s="1"/>
+    </row>
+    <row r="105" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A105" s="18">
+        <v>22167</v>
+      </c>
+      <c r="B105" s="18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C105" s="18" t="s">
+        <v>132</v>
+      </c>
+      <c r="D105" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E105" s="18" t="s">
+        <v>133</v>
+      </c>
+      <c r="F105" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G105" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="H105" s="18">
+        <v>1</v>
+      </c>
+      <c r="I105" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J105" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K105" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="L105" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M105" s="1"/>
+    </row>
+    <row r="106" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A106" s="18">
+        <v>22173</v>
+      </c>
+      <c r="B106" s="18" t="s">
+        <v>330</v>
+      </c>
+      <c r="C106" s="18" t="s">
+        <v>331</v>
+      </c>
+      <c r="D106" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E106" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F106" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G106" s="22" t="s">
+        <v>332</v>
+      </c>
+      <c r="H106" s="18" t="s">
+        <v>333</v>
+      </c>
+      <c r="I106" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J106" s="18" t="s">
+        <v>334</v>
+      </c>
+      <c r="K106" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L106" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M106" s="1"/>
+    </row>
+    <row r="107" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A107" s="18">
+        <v>22175</v>
+      </c>
+      <c r="B107" s="18" t="s">
+        <v>817</v>
+      </c>
+      <c r="C107" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D107" s="18" t="s">
+        <v>816</v>
+      </c>
+      <c r="E107" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F107" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G107" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H107" s="18">
+        <v>3</v>
+      </c>
+      <c r="I107" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J107" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K107" s="24">
+        <v>79</v>
+      </c>
+      <c r="L107" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M107" s="1"/>
+    </row>
+    <row r="108" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A108" s="18">
+        <v>22176</v>
+      </c>
+      <c r="B108" s="18" t="s">
+        <v>818</v>
+      </c>
+      <c r="C108" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D108" s="18" t="s">
+        <v>816</v>
+      </c>
+      <c r="E108" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F108" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G108" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H108" s="18">
+        <v>3</v>
+      </c>
+      <c r="I108" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J108" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K108" s="24">
+        <v>79</v>
+      </c>
+      <c r="L108" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M108" s="1"/>
+    </row>
+    <row r="109" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A109" s="18">
+        <v>22177</v>
+      </c>
+      <c r="B109" s="18" t="s">
+        <v>815</v>
+      </c>
+      <c r="C109" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D109" s="18" t="s">
+        <v>816</v>
+      </c>
+      <c r="E109" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F109" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G109" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H109" s="18">
+        <v>3</v>
+      </c>
+      <c r="I109" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J109" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K109" s="24">
+        <v>79</v>
+      </c>
+      <c r="L109" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M109" s="1"/>
+    </row>
+    <row r="110" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A110" s="18">
+        <v>22178</v>
+      </c>
+      <c r="B110" s="18" t="s">
+        <v>687</v>
+      </c>
+      <c r="C110" s="18" t="s">
+        <v>688</v>
+      </c>
+      <c r="D110" s="18" t="s">
+        <v>689</v>
+      </c>
+      <c r="E110" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F110" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G110" s="22"/>
+      <c r="H110" s="18">
+        <v>2</v>
+      </c>
+      <c r="I110" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J110" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K110" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L110" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M110" s="1"/>
+    </row>
+    <row r="111" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A111" s="18">
+        <v>22179</v>
+      </c>
+      <c r="B111" s="18" t="s">
+        <v>835</v>
+      </c>
+      <c r="C111" s="18" t="s">
+        <v>620</v>
+      </c>
+      <c r="D111" s="18" t="s">
+        <v>593</v>
+      </c>
+      <c r="E111" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F111" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G111" s="22" t="s">
+        <v>551</v>
+      </c>
+      <c r="H111" s="18" t="s">
+        <v>836</v>
+      </c>
+      <c r="I111" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J111" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K111" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L111" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M111" s="1"/>
+    </row>
+    <row r="112" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A112" s="18">
+        <v>22180</v>
+      </c>
+      <c r="B112" s="18" t="s">
+        <v>718</v>
+      </c>
+      <c r="C112" s="18" t="s">
+        <v>620</v>
+      </c>
+      <c r="D112" s="18" t="s">
+        <v>719</v>
+      </c>
+      <c r="E112" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F112" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G112" s="22" t="s">
+        <v>320</v>
+      </c>
+      <c r="H112" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I112" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J112" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K112" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L112" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M112" s="1"/>
+    </row>
+    <row r="113" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A113" s="18">
+        <v>22182</v>
+      </c>
+      <c r="B113" s="18" t="s">
+        <v>283</v>
+      </c>
+      <c r="C113" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D113" s="18" t="s">
+        <v>155</v>
+      </c>
+      <c r="E113" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F113" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G113" s="22" t="s">
+        <v>284</v>
+      </c>
+      <c r="H113" s="18">
+        <v>1</v>
+      </c>
+      <c r="I113" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J113" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K113" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="L113" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M113" s="1"/>
+    </row>
+    <row r="114" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A114" s="18">
+        <v>22183</v>
+      </c>
+      <c r="B114" s="18" t="s">
+        <v>424</v>
+      </c>
+      <c r="C114" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D114" s="18" t="s">
+        <v>155</v>
+      </c>
+      <c r="E114" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F114" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G114" s="25" t="s">
+        <v>284</v>
+      </c>
+      <c r="H114" s="18">
+        <v>1</v>
+      </c>
+      <c r="I114" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J114" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K114" s="23" t="s">
+        <v>135</v>
+      </c>
+      <c r="L114" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M114" s="1"/>
+    </row>
+    <row r="115" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A115" s="18">
+        <v>22184</v>
+      </c>
+      <c r="B115" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="C115" s="18" t="s">
+        <v>354</v>
+      </c>
+      <c r="D115" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E115" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F115" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G115" s="22"/>
+      <c r="H115" s="18">
+        <v>3</v>
+      </c>
+      <c r="I115" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J115" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K115" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L115" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M115" s="1"/>
+    </row>
+    <row r="116" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A116" s="18">
+        <v>22330</v>
+      </c>
+      <c r="B116" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="C116" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D116" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E116" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F116" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G116" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H116" s="18">
+        <v>2</v>
+      </c>
+      <c r="I116" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J116" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K116" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L116" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M116" s="1"/>
+    </row>
+    <row r="117" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A117" s="18">
+        <v>22331</v>
+      </c>
+      <c r="B117" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="C117" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D117" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E117" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F117" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G117" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H117" s="18">
+        <v>2</v>
+      </c>
+      <c r="I117" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J117" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K117" s="24">
+        <v>59</v>
+      </c>
+      <c r="L117" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M117" s="1"/>
+    </row>
+    <row r="118" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A118" s="18">
+        <v>22332</v>
+      </c>
+      <c r="B118" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="C118" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D118" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E118" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F118" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G118" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H118" s="18">
+        <v>2</v>
+      </c>
+      <c r="I118" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J118" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K118" s="24">
+        <v>59</v>
+      </c>
+      <c r="L118" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M118" s="1"/>
+    </row>
+    <row r="119" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A119" s="18">
+        <v>22333</v>
+      </c>
+      <c r="B119" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="C119" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D119" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E119" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F119" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G119" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H119" s="18">
+        <v>2</v>
+      </c>
+      <c r="I119" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J119" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K119" s="24">
+        <v>59</v>
+      </c>
+      <c r="L119" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M119" s="1"/>
+    </row>
+    <row r="120" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A120" s="18">
+        <v>22334</v>
+      </c>
+      <c r="B120" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="C120" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D120" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E120" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F120" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G120" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H120" s="18">
+        <v>2</v>
+      </c>
+      <c r="I120" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J120" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K120" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L120" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M120" s="1"/>
+    </row>
+    <row r="121" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A121" s="18">
+        <v>22335</v>
+      </c>
+      <c r="B121" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C121" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D121" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E121" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F121" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G121" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H121" s="18">
+        <v>2</v>
+      </c>
+      <c r="I121" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J121" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K121" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L121" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M121" s="1"/>
+    </row>
+    <row r="122" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A122" s="18">
+        <v>22336</v>
+      </c>
+      <c r="B122" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="C122" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D122" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E122" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F122" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G122" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H122" s="18">
+        <v>2</v>
+      </c>
+      <c r="I122" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J122" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K122" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L122" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M122" s="1"/>
+    </row>
+    <row r="123" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A123" s="18">
+        <v>22337</v>
+      </c>
+      <c r="B123" s="18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C123" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D123" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E123" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F123" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G123" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H123" s="18">
+        <v>2</v>
+      </c>
+      <c r="I123" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J123" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K123" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L123" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M123" s="1"/>
+    </row>
+    <row r="124" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A124" s="18">
+        <v>22338</v>
+      </c>
+      <c r="B124" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="C124" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D124" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E124" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F124" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G124" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H124" s="18">
+        <v>2</v>
+      </c>
+      <c r="I124" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J124" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K124" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L124" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M124" s="1"/>
+    </row>
+    <row r="125" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A125" s="18">
+        <v>22339</v>
+      </c>
+      <c r="B125" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C125" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D125" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E125" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F125" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G125" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H125" s="18">
+        <v>2</v>
+      </c>
+      <c r="I125" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J125" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K125" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L125" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M125" s="1"/>
+    </row>
+    <row r="126" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A126" s="18">
+        <v>22341</v>
+      </c>
+      <c r="B126" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C126" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D126" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E126" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F126" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G126" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H126" s="18">
+        <v>2</v>
+      </c>
+      <c r="I126" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J126" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K126" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L126" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M126" s="1"/>
+    </row>
+    <row r="127" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A127" s="18">
+        <v>22342</v>
+      </c>
+      <c r="B127" s="18" t="s">
+        <v>104</v>
+      </c>
+      <c r="C127" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D127" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E127" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F127" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G127" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H127" s="18">
+        <v>2</v>
+      </c>
+      <c r="I127" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J127" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K127" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L127" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M127" s="1"/>
+    </row>
+    <row r="128" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A128" s="18">
+        <v>22343</v>
+      </c>
+      <c r="B128" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="C128" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D128" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E128" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F128" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G128" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H128" s="18">
+        <v>2</v>
+      </c>
+      <c r="I128" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J128" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K128" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L128" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M128" s="1"/>
+    </row>
+    <row r="129" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A129" s="18">
+        <v>22344</v>
+      </c>
+      <c r="B129" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C129" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D129" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E129" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F129" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G129" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H129" s="18">
+        <v>2</v>
+      </c>
+      <c r="I129" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J129" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K129" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L129" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M129" s="1"/>
+    </row>
+    <row r="130" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A130" s="18">
+        <v>22345</v>
+      </c>
+      <c r="B130" s="18" t="s">
+        <v>107</v>
+      </c>
+      <c r="C130" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D130" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E130" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F130" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G130" s="34" t="s">
+        <v>95</v>
+      </c>
+      <c r="H130" s="18">
+        <v>2</v>
+      </c>
+      <c r="I130" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J130" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K130" s="27" t="s">
+        <v>96</v>
+      </c>
+      <c r="L130" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="M130" s="1"/>
+    </row>
+    <row r="131" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A131" s="18">
+        <v>22346</v>
+      </c>
+      <c r="B131" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="C131" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D131" s="35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E131" s="35" t="s">
+        <v>10</v>
+      </c>
+      <c r="F131" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G131" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="H131" s="18">
+        <v>2</v>
+      </c>
+      <c r="I131" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J131" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K131" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L131" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M131" s="1"/>
+    </row>
+    <row r="132" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A132" s="18">
+        <v>22347</v>
+      </c>
+      <c r="B132" s="18" t="s">
+        <v>714</v>
+      </c>
+      <c r="C132" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D132" s="18" t="s">
+        <v>715</v>
+      </c>
+      <c r="E132" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F132" s="18" t="s">
+        <v>524</v>
+      </c>
+      <c r="G132" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H132" s="18">
+        <v>2</v>
+      </c>
+      <c r="I132" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J132" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K132" s="24">
+        <v>59</v>
+      </c>
+      <c r="L132" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M132" s="1"/>
+    </row>
+    <row r="133" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A133" s="18">
+        <v>23001</v>
+      </c>
+      <c r="B133" s="18" t="s">
+        <v>854</v>
+      </c>
+      <c r="C133" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="D133" s="18" t="s">
+        <v>645</v>
+      </c>
+      <c r="E133" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F133" s="18" t="s">
+        <v>855</v>
+      </c>
+      <c r="G133" s="36" t="s">
+        <v>156</v>
+      </c>
+      <c r="H133" s="18">
+        <v>6</v>
+      </c>
+      <c r="I133" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J133" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K133" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L133" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M133" s="1"/>
+    </row>
+    <row r="134" spans="1:13" ht="92.5" x14ac:dyDescent="0.45">
+      <c r="A134" s="18">
+        <v>23004</v>
+      </c>
+      <c r="B134" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C134" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D134" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="E134" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F134" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G134" s="22" t="s">
+        <v>116</v>
+      </c>
+      <c r="H134" s="18">
+        <v>1</v>
+      </c>
+      <c r="I134" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J134" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K134" s="24">
+        <v>59</v>
+      </c>
+      <c r="L134" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M134" s="1"/>
+    </row>
+    <row r="135" spans="1:13" ht="92.5" x14ac:dyDescent="0.45">
+      <c r="A135" s="18">
+        <v>23005</v>
+      </c>
+      <c r="B135" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C135" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D135" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="E135" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F135" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G135" s="22" t="s">
+        <v>116</v>
+      </c>
+      <c r="H135" s="18">
+        <v>1</v>
+      </c>
+      <c r="I135" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J135" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K135" s="24">
+        <v>59</v>
+      </c>
+      <c r="L135" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M135" s="1"/>
+    </row>
+    <row r="136" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A136" s="18">
+        <v>23006</v>
+      </c>
+      <c r="B136" s="18" t="s">
+        <v>207</v>
+      </c>
+      <c r="C136" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D136" s="18" t="s">
+        <v>208</v>
+      </c>
+      <c r="E136" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F136" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G136" s="36" t="s">
+        <v>209</v>
+      </c>
+      <c r="H136" s="18">
+        <v>8</v>
+      </c>
+      <c r="I136" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J136" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K136" s="24">
+        <v>1570</v>
+      </c>
+      <c r="L136" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M136" s="1"/>
+    </row>
+    <row r="137" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A137" s="18">
+        <v>23024</v>
+      </c>
+      <c r="B137" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="C137" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D137" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E137" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="F137" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="G137" s="36" t="s">
+        <v>262</v>
+      </c>
+      <c r="H137" s="18">
+        <v>4</v>
+      </c>
+      <c r="I137" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J137" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K137" s="24">
+        <v>75</v>
+      </c>
+      <c r="L137" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M137" s="1"/>
+    </row>
+    <row r="138" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A138" s="18">
+        <v>23027</v>
+      </c>
+      <c r="B138" s="18" t="s">
+        <v>257</v>
+      </c>
+      <c r="C138" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D138" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E138" s="21" t="s">
+        <v>255</v>
+      </c>
+      <c r="F138" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G138" s="22" t="s">
+        <v>256</v>
+      </c>
+      <c r="H138" s="18">
+        <v>5</v>
+      </c>
+      <c r="I138" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J138" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K138" s="24">
+        <v>75</v>
+      </c>
+      <c r="L138" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="M138" s="1"/>
+    </row>
+    <row r="139" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A139" s="18">
+        <v>23028</v>
+      </c>
+      <c r="B139" s="18" t="s">
+        <v>252</v>
+      </c>
+      <c r="C139" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D139" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E139" s="21" t="s">
+        <v>255</v>
+      </c>
+      <c r="F139" s="18" t="s">
+        <v>200</v>
+      </c>
+      <c r="G139" s="22" t="s">
+        <v>256</v>
+      </c>
+      <c r="H139" s="18">
+        <v>5</v>
+      </c>
+      <c r="I139" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J139" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K139" s="24">
+        <v>75</v>
+      </c>
+      <c r="L139" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M139" s="1"/>
+    </row>
+    <row r="140" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A140" s="18">
+        <v>23029</v>
+      </c>
+      <c r="B140" s="18" t="s">
+        <v>569</v>
+      </c>
+      <c r="C140" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D140" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E140" s="21" t="s">
+        <v>255</v>
+      </c>
+      <c r="F140" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="G140" s="22" t="s">
+        <v>256</v>
+      </c>
+      <c r="H140" s="18">
+        <v>1</v>
+      </c>
+      <c r="I140" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J140" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K140" s="24">
+        <v>15</v>
+      </c>
+      <c r="L140" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M140" s="1"/>
+    </row>
+    <row r="141" spans="1:13" s="2" customFormat="1" ht="37" x14ac:dyDescent="0.35">
+      <c r="A141" s="18">
+        <v>23030</v>
+      </c>
+      <c r="B141" s="18" t="s">
+        <v>321</v>
+      </c>
+      <c r="C141" s="18" t="s">
+        <v>322</v>
+      </c>
+      <c r="D141" s="21">
+        <v>44945</v>
+      </c>
+      <c r="E141" s="21">
+        <v>45310</v>
+      </c>
+      <c r="F141" s="18" t="s">
+        <v>323</v>
+      </c>
+      <c r="G141" s="36" t="s">
+        <v>324</v>
+      </c>
+      <c r="H141" s="18">
+        <v>1</v>
+      </c>
+      <c r="I141" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J141" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K141" s="24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" s="2" customFormat="1" ht="55.5" x14ac:dyDescent="0.35">
+      <c r="A142" s="18">
+        <v>23032</v>
+      </c>
+      <c r="B142" s="18" t="s">
+        <v>775</v>
+      </c>
+      <c r="C142" s="18" t="s">
+        <v>776</v>
+      </c>
+      <c r="D142" s="18" t="s">
+        <v>777</v>
+      </c>
+      <c r="E142" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F142" s="18" t="s">
+        <v>778</v>
+      </c>
+      <c r="G142" s="36" t="s">
+        <v>779</v>
+      </c>
+      <c r="H142" s="18">
+        <v>12</v>
+      </c>
+      <c r="I142" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J142" s="18" t="s">
+        <v>780</v>
+      </c>
+      <c r="K142" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L142" s="23" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A143" s="18">
+        <v>23034</v>
+      </c>
+      <c r="B143" s="18" t="s">
+        <v>226</v>
+      </c>
+      <c r="C143" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D143" s="18" t="s">
+        <v>227</v>
+      </c>
+      <c r="E143" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F143" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G143" s="25" t="s">
+        <v>68</v>
+      </c>
+      <c r="H143" s="18">
+        <v>2</v>
+      </c>
+      <c r="I143" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J143" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="K143" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L143" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M143" s="1"/>
+    </row>
+    <row r="144" spans="1:13" ht="129.5" x14ac:dyDescent="0.45">
+      <c r="A144" s="18">
+        <v>23035</v>
+      </c>
+      <c r="B144" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="C144" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D144" s="18" t="s">
+        <v>216</v>
+      </c>
+      <c r="E144" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F144" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G144" s="22" t="s">
+        <v>84</v>
+      </c>
+      <c r="H144" s="18">
+        <v>12</v>
+      </c>
+      <c r="I144" s="18">
+        <v>3</v>
+      </c>
+      <c r="J144" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K144" s="24">
+        <v>2795</v>
+      </c>
+      <c r="L144" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M144" s="1"/>
+    </row>
+    <row r="145" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A145" s="18">
+        <v>23036</v>
+      </c>
+      <c r="B145" s="18" t="s">
+        <v>445</v>
+      </c>
+      <c r="C145" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D145" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E145" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F145" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G145" s="36" t="s">
+        <v>446</v>
+      </c>
+      <c r="H145" s="18">
+        <v>3</v>
+      </c>
+      <c r="I145" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J145" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K145" s="24">
+        <v>99</v>
+      </c>
+      <c r="L145" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M145" s="1"/>
+    </row>
+    <row r="146" spans="1:13" ht="92.5" x14ac:dyDescent="0.45">
+      <c r="A146" s="18">
+        <v>23043</v>
+      </c>
+      <c r="B146" s="18" t="s">
+        <v>309</v>
+      </c>
+      <c r="C146" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D146" s="18" t="s">
+        <v>310</v>
+      </c>
+      <c r="E146" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F146" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G146" s="25" t="s">
+        <v>311</v>
+      </c>
+      <c r="H146" s="18">
+        <v>4.5</v>
+      </c>
+      <c r="I146" s="18">
+        <v>4.5</v>
+      </c>
+      <c r="J146" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K146" s="24">
+        <v>120</v>
+      </c>
+      <c r="L146" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M146" s="1"/>
+    </row>
+    <row r="147" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A147" s="18">
+        <v>23044</v>
+      </c>
+      <c r="B147" s="18" t="s">
+        <v>758</v>
+      </c>
+      <c r="C147" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D147" s="18" t="s">
+        <v>759</v>
+      </c>
+      <c r="E147" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F147" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G147" s="37" t="s">
+        <v>760</v>
+      </c>
+      <c r="H147" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I147" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="J147" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K147" s="24">
+        <v>65</v>
+      </c>
+      <c r="L147" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M147" s="1"/>
+    </row>
+    <row r="148" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A148" s="18">
+        <v>23045</v>
+      </c>
+      <c r="B148" s="18" t="s">
+        <v>404</v>
+      </c>
+      <c r="C148" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D148" s="18" t="s">
+        <v>221</v>
+      </c>
+      <c r="E148" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F148" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G148" s="25" t="s">
+        <v>405</v>
+      </c>
+      <c r="H148" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I148" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="J148" s="18" t="s">
+        <v>406</v>
+      </c>
+      <c r="K148" s="24">
+        <v>60</v>
+      </c>
+      <c r="L148" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M148" s="1"/>
+    </row>
+    <row r="149" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A149" s="18">
+        <v>23046</v>
+      </c>
+      <c r="B149" s="18" t="s">
+        <v>549</v>
+      </c>
+      <c r="C149" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D149" s="18" t="s">
+        <v>550</v>
+      </c>
+      <c r="E149" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F149" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G149" s="37" t="s">
+        <v>551</v>
+      </c>
+      <c r="H149" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I149" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J149" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K149" s="24">
+        <v>85</v>
+      </c>
+      <c r="L149" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M149" s="1"/>
+    </row>
+    <row r="150" spans="1:13" ht="111" x14ac:dyDescent="0.45">
+      <c r="A150" s="18">
+        <v>23047</v>
+      </c>
+      <c r="B150" s="18" t="s">
+        <v>471</v>
+      </c>
+      <c r="C150" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D150" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="E150" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F150" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G150" s="22" t="s">
+        <v>472</v>
+      </c>
+      <c r="H150" s="18">
+        <v>2</v>
+      </c>
+      <c r="I150" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J150" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K150" s="24">
+        <v>59</v>
+      </c>
+      <c r="L150" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M150" s="1"/>
+    </row>
+    <row r="151" spans="1:13" ht="111" x14ac:dyDescent="0.45">
+      <c r="A151" s="18">
+        <v>23048</v>
+      </c>
+      <c r="B151" s="18" t="s">
+        <v>607</v>
+      </c>
+      <c r="C151" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D151" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="E151" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="F151" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G151" s="22" t="s">
+        <v>608</v>
+      </c>
+      <c r="H151" s="18">
+        <v>2</v>
+      </c>
+      <c r="I151" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J151" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K151" s="24">
+        <v>59</v>
+      </c>
+      <c r="L151" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M151" s="1"/>
+    </row>
+    <row r="152" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A152" s="18">
+        <v>23049</v>
+      </c>
+      <c r="B152" s="18" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C152" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D152" s="18" t="s">
+        <v>725</v>
+      </c>
+      <c r="E152" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F152" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G152" s="30" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H152" s="18">
+        <v>3</v>
+      </c>
+      <c r="I152" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J152" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K152" s="24">
+        <v>59</v>
+      </c>
+      <c r="L152" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M152" s="1"/>
+    </row>
+    <row r="153" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A153" s="18">
+        <v>23050</v>
+      </c>
+      <c r="B153" s="18" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C153" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D153" s="18" t="s">
+        <v>725</v>
+      </c>
+      <c r="E153" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F153" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G153" s="30" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H153" s="18">
+        <v>3</v>
+      </c>
+      <c r="I153" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J153" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K153" s="24">
+        <v>59</v>
+      </c>
+      <c r="L153" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M153" s="1"/>
+    </row>
+    <row r="154" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A154" s="18">
+        <v>23051</v>
+      </c>
+      <c r="B154" s="18" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C154" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D154" s="18" t="s">
+        <v>725</v>
+      </c>
+      <c r="E154" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F154" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G154" s="30" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H154" s="18">
+        <v>3</v>
+      </c>
+      <c r="I154" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J154" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K154" s="24">
+        <v>59</v>
+      </c>
+      <c r="L154" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M154" s="1"/>
+    </row>
+    <row r="155" spans="1:13" s="1" customFormat="1" ht="37" x14ac:dyDescent="0.45">
+      <c r="A155" s="18">
+        <v>23052</v>
+      </c>
+      <c r="B155" s="18" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C155" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D155" s="18" t="s">
+        <v>725</v>
+      </c>
+      <c r="E155" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F155" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G155" s="30" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H155" s="18">
+        <v>3</v>
+      </c>
+      <c r="I155" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J155" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K155" s="24">
+        <v>59</v>
+      </c>
+      <c r="L155" s="23" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" s="1" customFormat="1" ht="37" x14ac:dyDescent="0.45">
+      <c r="A156" s="18">
+        <v>23053</v>
+      </c>
+      <c r="B156" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C156" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D156" s="18" t="s">
+        <v>725</v>
+      </c>
+      <c r="E156" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F156" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G156" s="30" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H156" s="18">
+        <v>3</v>
+      </c>
+      <c r="I156" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J156" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K156" s="24">
+        <v>59</v>
+      </c>
+      <c r="L156" s="23" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A157" s="18">
+        <v>23070</v>
+      </c>
+      <c r="B157" s="18" t="s">
+        <v>679</v>
+      </c>
+      <c r="C157" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D157" s="18" t="s">
+        <v>294</v>
+      </c>
+      <c r="E157" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="F157" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="G157" s="25" t="s">
+        <v>680</v>
+      </c>
+      <c r="H157" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I157" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J157" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K157" s="24">
+        <v>60</v>
+      </c>
+      <c r="L157" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M157" s="1"/>
+    </row>
+    <row r="158" spans="1:13" ht="111" x14ac:dyDescent="0.45">
+      <c r="A158" s="18">
+        <v>23071</v>
+      </c>
+      <c r="B158" s="18" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C158" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D158" s="18" t="s">
+        <v>555</v>
+      </c>
+      <c r="E158" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="F158" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="G158" s="25" t="s">
+        <v>623</v>
+      </c>
+      <c r="H158" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I158" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J158" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K158" s="24">
+        <v>60</v>
+      </c>
+      <c r="L158" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M158" s="1"/>
+    </row>
+    <row r="159" spans="1:13" ht="92.5" x14ac:dyDescent="0.45">
+      <c r="A159" s="18">
+        <v>23072</v>
+      </c>
+      <c r="B159" s="18" t="s">
+        <v>554</v>
+      </c>
+      <c r="C159" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D159" s="18" t="s">
+        <v>555</v>
+      </c>
+      <c r="E159" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="F159" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="G159" s="25" t="s">
+        <v>556</v>
+      </c>
+      <c r="H159" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I159" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J159" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K159" s="24">
+        <v>60</v>
+      </c>
+      <c r="L159" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M159" s="1"/>
+    </row>
+    <row r="160" spans="1:13" ht="92.5" x14ac:dyDescent="0.45">
+      <c r="A160" s="18">
+        <v>23073</v>
+      </c>
+      <c r="B160" s="18" t="s">
+        <v>327</v>
+      </c>
+      <c r="C160" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D160" s="18" t="s">
+        <v>328</v>
+      </c>
+      <c r="E160" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="F160" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="G160" s="22" t="s">
+        <v>329</v>
+      </c>
+      <c r="H160" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I160" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J160" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K160" s="24">
+        <v>60</v>
+      </c>
+      <c r="L160" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M160" s="1"/>
+    </row>
+    <row r="161" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A161" s="18">
+        <v>23074</v>
+      </c>
+      <c r="B161" s="18" t="s">
+        <v>500</v>
+      </c>
+      <c r="C161" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D161" s="18" t="s">
+        <v>294</v>
+      </c>
+      <c r="E161" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="F161" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="G161" s="36" t="s">
+        <v>501</v>
+      </c>
+      <c r="H161" s="18">
+        <v>14</v>
+      </c>
+      <c r="I161" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J161" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K161" s="24">
+        <v>599</v>
+      </c>
+      <c r="L161" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M161" s="1"/>
+    </row>
+    <row r="162" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A162" s="18">
+        <v>23075</v>
+      </c>
+      <c r="B162" s="18" t="s">
+        <v>755</v>
+      </c>
+      <c r="C162" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D162" s="18" t="s">
+        <v>294</v>
+      </c>
+      <c r="E162" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="F162" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="G162" s="25" t="s">
+        <v>756</v>
+      </c>
+      <c r="H162" s="18">
+        <v>8</v>
+      </c>
+      <c r="I162" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J162" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K162" s="24">
+        <v>320</v>
+      </c>
+      <c r="L162" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M162" s="1"/>
+    </row>
+    <row r="163" spans="1:13" ht="92.5" x14ac:dyDescent="0.45">
+      <c r="A163" s="18">
+        <v>23076</v>
+      </c>
+      <c r="B163" s="18" t="s">
+        <v>220</v>
+      </c>
+      <c r="C163" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D163" s="18" t="s">
+        <v>221</v>
+      </c>
+      <c r="E163" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="F163" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="G163" s="25" t="s">
+        <v>222</v>
+      </c>
+      <c r="H163" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I163" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="J163" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K163" s="24">
+        <v>60</v>
+      </c>
+      <c r="L163" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M163" s="1"/>
+    </row>
+    <row r="164" spans="1:13" ht="92.5" x14ac:dyDescent="0.45">
+      <c r="A164" s="18">
+        <v>23077</v>
+      </c>
+      <c r="B164" s="18" t="s">
+        <v>274</v>
+      </c>
+      <c r="C164" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D164" s="18" t="s">
+        <v>275</v>
+      </c>
+      <c r="E164" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="F164" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="G164" s="25" t="s">
+        <v>276</v>
+      </c>
+      <c r="H164" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I164" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J164" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K164" s="24">
+        <v>60</v>
+      </c>
+      <c r="L164" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M164" s="1"/>
+    </row>
+    <row r="165" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A165" s="18">
+        <v>23078</v>
+      </c>
+      <c r="B165" s="18" t="s">
+        <v>319</v>
+      </c>
+      <c r="C165" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D165" s="18" t="s">
+        <v>221</v>
+      </c>
+      <c r="E165" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="F165" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="G165" s="36" t="s">
+        <v>320</v>
+      </c>
+      <c r="H165" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I165" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="J165" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K165" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L165" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M165" s="1"/>
+    </row>
+    <row r="166" spans="1:13" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A166" s="18">
+        <v>24010</v>
+      </c>
+      <c r="B166" s="18" t="s">
+        <v>783</v>
+      </c>
+      <c r="C166" s="18" t="s">
+        <v>543</v>
+      </c>
+      <c r="D166" s="18" t="s">
+        <v>544</v>
+      </c>
+      <c r="E166" s="21">
+        <v>45304</v>
+      </c>
+      <c r="F166" s="38">
+        <v>0.41666666666666669</v>
+      </c>
+      <c r="G166" s="36" t="s">
+        <v>784</v>
+      </c>
+      <c r="H166" s="18">
+        <v>4</v>
+      </c>
+      <c r="I166" s="18">
+        <v>1</v>
+      </c>
+      <c r="J166" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K166" s="24">
+        <v>80</v>
+      </c>
+      <c r="L166" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M166" s="1"/>
+    </row>
+    <row r="167" spans="1:13" ht="111" x14ac:dyDescent="0.45">
+      <c r="A167" s="18">
+        <v>24011</v>
+      </c>
+      <c r="B167" s="18" t="s">
+        <v>762</v>
+      </c>
+      <c r="C167" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D167" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E167" s="21">
+        <v>45782</v>
+      </c>
+      <c r="F167" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G167" s="22" t="s">
+        <v>763</v>
+      </c>
+      <c r="H167" s="18">
+        <v>3</v>
+      </c>
+      <c r="I167" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J167" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K167" s="24">
+        <v>75</v>
+      </c>
+      <c r="L167" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M167" s="1"/>
+    </row>
+    <row r="168" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A168" s="18">
+        <v>24012</v>
+      </c>
+      <c r="B168" s="18" t="s">
+        <v>263</v>
+      </c>
+      <c r="C168" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D168" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="E168" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F168" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G168" s="30" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H168" s="18">
+        <v>2</v>
+      </c>
+      <c r="I168" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J168" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K168" s="24">
+        <v>69</v>
+      </c>
+      <c r="L168" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M168" s="1"/>
+    </row>
+    <row r="169" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A169" s="18">
+        <v>24013</v>
+      </c>
+      <c r="B169" s="18" t="s">
+        <v>671</v>
+      </c>
+      <c r="C169" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D169" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="E169" s="21" t="s">
+        <v>672</v>
+      </c>
+      <c r="F169" s="18" t="s">
+        <v>673</v>
+      </c>
+      <c r="G169" s="37" t="s">
+        <v>73</v>
+      </c>
+      <c r="H169" s="18">
+        <v>2</v>
+      </c>
+      <c r="I169" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J169" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K169" s="24">
+        <v>70</v>
+      </c>
+      <c r="L169" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M169" s="1"/>
+    </row>
+    <row r="170" spans="1:13" s="1" customFormat="1" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A170" s="18">
+        <v>24014</v>
+      </c>
+      <c r="B170" s="18" t="s">
+        <v>674</v>
+      </c>
+      <c r="C170" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D170" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="E170" s="21" t="s">
+        <v>672</v>
+      </c>
+      <c r="F170" s="18" t="s">
+        <v>673</v>
+      </c>
+      <c r="G170" s="37" t="s">
+        <v>73</v>
+      </c>
+      <c r="H170" s="18">
+        <v>2</v>
+      </c>
+      <c r="I170" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J170" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K170" s="24">
+        <v>70</v>
+      </c>
+      <c r="L170" s="23" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" s="1" customFormat="1" ht="37" x14ac:dyDescent="0.45">
+      <c r="A171" s="18">
+        <v>24015</v>
+      </c>
+      <c r="B171" s="18" t="s">
+        <v>447</v>
+      </c>
+      <c r="C171" s="18" t="s">
+        <v>269</v>
+      </c>
+      <c r="D171" s="18" t="s">
+        <v>270</v>
+      </c>
+      <c r="E171" s="35">
+        <v>45388</v>
+      </c>
+      <c r="F171" s="18" t="s">
+        <v>448</v>
+      </c>
+      <c r="G171" s="36" t="s">
+        <v>449</v>
+      </c>
+      <c r="H171" s="18">
+        <v>3</v>
+      </c>
+      <c r="I171" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J171" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K171" s="24">
+        <v>50</v>
+      </c>
+      <c r="L171" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" s="1" customFormat="1" ht="37" x14ac:dyDescent="0.45">
+      <c r="A172" s="18">
+        <v>24016</v>
+      </c>
+      <c r="B172" s="18" t="s">
+        <v>830</v>
+      </c>
+      <c r="C172" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D172" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="E172" s="21" t="s">
+        <v>831</v>
+      </c>
+      <c r="F172" s="18" t="s">
+        <v>825</v>
+      </c>
+      <c r="G172" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="H172" s="18">
+        <v>3</v>
+      </c>
+      <c r="I172" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J172" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K172" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L172" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" s="1" customFormat="1" ht="37" x14ac:dyDescent="0.45">
+      <c r="A173" s="18">
+        <v>24017</v>
+      </c>
+      <c r="B173" s="18" t="s">
+        <v>832</v>
+      </c>
+      <c r="C173" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D173" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="E173" s="21" t="s">
+        <v>833</v>
+      </c>
+      <c r="F173" s="18" t="s">
+        <v>825</v>
+      </c>
+      <c r="G173" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="H173" s="18">
+        <v>3</v>
+      </c>
+      <c r="I173" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J173" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K173" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L173" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" s="1" customFormat="1" ht="37" x14ac:dyDescent="0.45">
+      <c r="A174" s="18">
+        <v>24018</v>
+      </c>
+      <c r="B174" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="C174" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D174" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="E174" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F174" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G174" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="H174" s="18">
+        <v>3</v>
+      </c>
+      <c r="I174" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J174" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K174" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L174" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A175" s="18">
+        <v>24019</v>
+      </c>
+      <c r="B175" s="18" t="s">
+        <v>234</v>
+      </c>
+      <c r="C175" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D175" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="E175" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F175" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G175" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="H175" s="18">
+        <v>3</v>
+      </c>
+      <c r="I175" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J175" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K175" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L175" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M175" s="1"/>
+    </row>
+    <row r="176" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A176" s="18">
+        <v>24020</v>
+      </c>
+      <c r="B176" s="18" t="s">
+        <v>237</v>
+      </c>
+      <c r="C176" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D176" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="E176" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F176" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G176" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="H176" s="18">
+        <v>3</v>
+      </c>
+      <c r="I176" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J176" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K176" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L176" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M176" s="1"/>
+    </row>
+    <row r="177" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A177" s="18">
+        <v>24021</v>
+      </c>
+      <c r="B177" s="18" t="s">
+        <v>238</v>
+      </c>
+      <c r="C177" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D177" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="E177" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F177" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G177" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="H177" s="18">
+        <v>3</v>
+      </c>
+      <c r="I177" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J177" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K177" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L177" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M177" s="1"/>
+    </row>
+    <row r="178" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A178" s="18">
+        <v>24022</v>
+      </c>
+      <c r="B178" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="C178" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D178" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="E178" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F178" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G178" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="H178" s="18">
+        <v>3</v>
+      </c>
+      <c r="I178" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J178" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K178" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L178" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M178" s="1"/>
+    </row>
+    <row r="179" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A179" s="18">
+        <v>24023</v>
+      </c>
+      <c r="B179" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="C179" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D179" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="E179" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F179" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G179" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="H179" s="18">
+        <v>1</v>
+      </c>
+      <c r="I179" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J179" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K179" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L179" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M179" s="1"/>
+    </row>
+    <row r="180" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A180" s="18">
+        <v>24024</v>
+      </c>
+      <c r="B180" s="18" t="s">
+        <v>241</v>
+      </c>
+      <c r="C180" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D180" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="E180" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F180" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G180" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="H180" s="18">
+        <v>3</v>
+      </c>
+      <c r="I180" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J180" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K180" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L180" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M180" s="1"/>
+    </row>
+    <row r="181" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A181" s="18">
+        <v>24025</v>
+      </c>
+      <c r="B181" s="18" t="s">
+        <v>236</v>
+      </c>
+      <c r="C181" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D181" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="E181" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F181" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G181" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="H181" s="18">
+        <v>1</v>
+      </c>
+      <c r="I181" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J181" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K181" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L181" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M181" s="1"/>
+    </row>
+    <row r="182" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A182" s="18">
+        <v>24026</v>
+      </c>
+      <c r="B182" s="18" t="s">
+        <v>235</v>
+      </c>
+      <c r="C182" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D182" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="E182" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F182" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G182" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="H182" s="18">
+        <v>3</v>
+      </c>
+      <c r="I182" s="18">
+        <v>3</v>
+      </c>
+      <c r="J182" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K182" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L182" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M182" s="1"/>
+    </row>
+    <row r="183" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A183" s="18">
+        <v>24027</v>
+      </c>
+      <c r="B183" s="18" t="s">
+        <v>661</v>
+      </c>
+      <c r="C183" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D183" s="18" t="s">
+        <v>555</v>
+      </c>
+      <c r="E183" s="18" t="s">
+        <v>662</v>
+      </c>
+      <c r="F183" s="18" t="s">
+        <v>663</v>
+      </c>
+      <c r="G183" s="22" t="s">
+        <v>501</v>
+      </c>
+      <c r="H183" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I183" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J183" s="18" t="s">
+        <v>664</v>
+      </c>
+      <c r="K183" s="24">
+        <v>45</v>
+      </c>
+      <c r="L183" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M183" s="1"/>
+    </row>
+    <row r="184" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A184" s="18">
+        <v>24028</v>
+      </c>
+      <c r="B184" s="18" t="s">
+        <v>609</v>
+      </c>
+      <c r="C184" s="18" t="s">
+        <v>946</v>
+      </c>
+      <c r="D184" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E184" s="18" t="s">
+        <v>610</v>
+      </c>
+      <c r="F184" s="18" t="s">
+        <v>611</v>
+      </c>
+      <c r="G184" s="36" t="s">
+        <v>612</v>
+      </c>
+      <c r="H184" s="18">
+        <v>12</v>
+      </c>
+      <c r="I184" s="18">
+        <v>3</v>
+      </c>
+      <c r="J184" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K184" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L184" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M184" s="1"/>
+    </row>
+    <row r="185" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A185" s="18">
+        <v>24029</v>
+      </c>
+      <c r="B185" s="18" t="s">
+        <v>823</v>
+      </c>
+      <c r="C185" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D185" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="E185" s="21" t="s">
+        <v>824</v>
+      </c>
+      <c r="F185" s="18" t="s">
+        <v>825</v>
+      </c>
+      <c r="G185" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="H185" s="18">
+        <v>3</v>
+      </c>
+      <c r="I185" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J185" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K185" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L185" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M185" s="1"/>
+    </row>
+    <row r="186" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A186" s="18">
+        <v>24030</v>
+      </c>
+      <c r="B186" s="18" t="s">
+        <v>285</v>
+      </c>
+      <c r="C186" s="18" t="s">
+        <v>286</v>
+      </c>
+      <c r="D186" s="18" t="s">
+        <v>287</v>
+      </c>
+      <c r="E186" s="21">
+        <v>45321</v>
+      </c>
+      <c r="F186" s="18" t="s">
+        <v>288</v>
+      </c>
+      <c r="G186" s="37" t="s">
+        <v>289</v>
+      </c>
+      <c r="H186" s="18">
+        <v>3</v>
+      </c>
+      <c r="I186" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J186" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K186" s="24">
+        <v>60</v>
+      </c>
+      <c r="L186" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M186" s="1"/>
+    </row>
+    <row r="187" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A187" s="18">
+        <v>24031</v>
+      </c>
+      <c r="B187" s="18" t="s">
+        <v>805</v>
+      </c>
+      <c r="C187" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D187" s="18" t="s">
+        <v>221</v>
+      </c>
+      <c r="E187" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="F187" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G187" s="25" t="s">
+        <v>806</v>
+      </c>
+      <c r="H187" s="18">
+        <v>5</v>
+      </c>
+      <c r="I187" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J187" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K187" s="24">
+        <v>50</v>
+      </c>
+      <c r="L187" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M187" s="1"/>
+    </row>
+    <row r="188" spans="1:13" ht="111" x14ac:dyDescent="0.45">
+      <c r="A188" s="18">
+        <v>24032</v>
+      </c>
+      <c r="B188" s="18" t="s">
+        <v>473</v>
+      </c>
+      <c r="C188" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D188" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="E188" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F188" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G188" s="22" t="s">
+        <v>472</v>
+      </c>
+      <c r="H188" s="18">
+        <v>2</v>
+      </c>
+      <c r="I188" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J188" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K188" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L188" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M188" s="1"/>
+    </row>
+    <row r="189" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A189" s="18">
+        <v>24033</v>
+      </c>
+      <c r="B189" s="18" t="s">
+        <v>826</v>
+      </c>
+      <c r="C189" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D189" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="E189" s="21" t="s">
+        <v>827</v>
+      </c>
+      <c r="F189" s="18" t="s">
+        <v>825</v>
+      </c>
+      <c r="G189" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="H189" s="18">
+        <v>3</v>
+      </c>
+      <c r="I189" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J189" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K189" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L189" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M189" s="1"/>
+    </row>
+    <row r="190" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A190" s="18">
+        <v>24034</v>
+      </c>
+      <c r="B190" s="18" t="s">
+        <v>828</v>
+      </c>
+      <c r="C190" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="D190" s="18" t="s">
+        <v>232</v>
+      </c>
+      <c r="E190" s="21" t="s">
+        <v>829</v>
+      </c>
+      <c r="F190" s="18" t="s">
+        <v>825</v>
+      </c>
+      <c r="G190" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="H190" s="18">
+        <v>3</v>
+      </c>
+      <c r="I190" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J190" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K190" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L190" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M190" s="1"/>
+    </row>
+    <row r="191" spans="1:13" ht="129.5" x14ac:dyDescent="0.45">
+      <c r="A191" s="18">
+        <v>24037</v>
+      </c>
+      <c r="B191" s="18" t="s">
+        <v>496</v>
+      </c>
+      <c r="C191" s="18" t="s">
+        <v>497</v>
+      </c>
+      <c r="D191" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E191" s="21">
+        <v>45343</v>
+      </c>
+      <c r="F191" s="18" t="s">
+        <v>498</v>
+      </c>
+      <c r="G191" s="22" t="s">
+        <v>499</v>
+      </c>
+      <c r="H191" s="18">
+        <v>9.5</v>
+      </c>
+      <c r="I191" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J191" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K191" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L191" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M191" s="1"/>
+    </row>
+    <row r="192" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A192" s="18">
+        <v>24038</v>
+      </c>
+      <c r="B192" s="18" t="s">
+        <v>781</v>
+      </c>
+      <c r="C192" s="18" t="s">
+        <v>543</v>
+      </c>
+      <c r="D192" s="18" t="s">
+        <v>544</v>
+      </c>
+      <c r="E192" s="21">
+        <v>45304</v>
+      </c>
+      <c r="F192" s="18" t="s">
+        <v>782</v>
+      </c>
+      <c r="G192" s="36" t="s">
+        <v>546</v>
+      </c>
+      <c r="H192" s="18">
+        <v>4</v>
+      </c>
+      <c r="I192" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J192" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K192" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L192" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M192" s="1"/>
+    </row>
+    <row r="193" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A193" s="18">
+        <v>24039</v>
+      </c>
+      <c r="B193" s="18" t="s">
+        <v>542</v>
+      </c>
+      <c r="C193" s="18" t="s">
+        <v>543</v>
+      </c>
+      <c r="D193" s="18" t="s">
+        <v>544</v>
+      </c>
+      <c r="E193" s="21">
+        <v>45374</v>
+      </c>
+      <c r="F193" s="18" t="s">
+        <v>545</v>
+      </c>
+      <c r="G193" s="36" t="s">
+        <v>546</v>
+      </c>
+      <c r="H193" s="18">
+        <v>2</v>
+      </c>
+      <c r="I193" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J193" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K193" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L193" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M193" s="1"/>
+    </row>
+    <row r="194" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A194" s="18">
+        <v>24043</v>
+      </c>
+      <c r="B194" s="18" t="s">
+        <v>372</v>
+      </c>
+      <c r="C194" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D194" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="E194" s="18" t="s">
+        <v>373</v>
+      </c>
+      <c r="F194" s="18" t="s">
+        <v>373</v>
+      </c>
+      <c r="G194" s="39" t="s">
+        <v>73</v>
+      </c>
+      <c r="H194" s="18">
+        <v>6</v>
+      </c>
+      <c r="I194" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J194" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K194" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L194" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M194" s="1"/>
+    </row>
+    <row r="195" spans="1:13" s="9" customFormat="1" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A195" s="18">
+        <v>24044</v>
+      </c>
+      <c r="B195" s="25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C195" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D195" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="E195" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="F195" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="G195" s="37" t="s">
+        <v>73</v>
+      </c>
+      <c r="H195" s="18">
+        <v>3</v>
+      </c>
+      <c r="I195" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J195" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K195" s="24">
+        <v>119</v>
+      </c>
+      <c r="L195" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M195" s="3"/>
+    </row>
+    <row r="196" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A196" s="18">
+        <v>24045</v>
+      </c>
+      <c r="B196" s="25" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C196" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D196" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="E196" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F196" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G196" s="39" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H196" s="18">
+        <v>2</v>
+      </c>
+      <c r="I196" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J196" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K196" s="24">
+        <v>69</v>
+      </c>
+      <c r="L196" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M196" s="1"/>
+    </row>
+    <row r="197" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A197" s="18">
+        <v>24046</v>
+      </c>
+      <c r="B197" s="25" t="s">
+        <v>396</v>
+      </c>
+      <c r="C197" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D197" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="E197" s="21" t="s">
+        <v>397</v>
+      </c>
+      <c r="F197" s="18" t="s">
+        <v>168</v>
+      </c>
+      <c r="G197" s="37" t="s">
+        <v>73</v>
+      </c>
+      <c r="H197" s="18">
+        <v>3</v>
+      </c>
+      <c r="I197" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J197" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K197" s="24">
+        <v>89</v>
+      </c>
+      <c r="L197" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M197" s="1"/>
+    </row>
+    <row r="198" spans="1:13" ht="111" x14ac:dyDescent="0.45">
+      <c r="A198" s="18">
+        <v>24047</v>
+      </c>
+      <c r="B198" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="C198" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D198" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E198" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="F198" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="G198" s="22" t="s">
+        <v>184</v>
+      </c>
+      <c r="H198" s="18">
+        <v>5.5</v>
+      </c>
+      <c r="I198" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J198" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K198" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L198" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M198" s="1"/>
+    </row>
+    <row r="199" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A199" s="18">
+        <v>24049</v>
+      </c>
+      <c r="B199" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C199" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D199" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E199" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="F199" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G199" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="H199" s="18">
+        <v>3</v>
+      </c>
+      <c r="I199" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J199" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K199" s="24">
+        <v>75</v>
+      </c>
+      <c r="L199" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M199" s="1"/>
+    </row>
+    <row r="200" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A200" s="18">
+        <v>24050</v>
+      </c>
+      <c r="B200" s="18" t="s">
+        <v>374</v>
+      </c>
+      <c r="C200" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D200" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="E200" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F200" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G200" s="36" t="s">
+        <v>66</v>
+      </c>
+      <c r="H200" s="18">
+        <v>6</v>
+      </c>
+      <c r="I200" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J200" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K200" s="24">
+        <v>149</v>
+      </c>
+      <c r="L200" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M200" s="1"/>
+    </row>
+    <row r="201" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A201" s="18">
+        <v>24051</v>
+      </c>
+      <c r="B201" s="18" t="s">
+        <v>736</v>
+      </c>
+      <c r="C201" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="D201" s="40" t="s">
+        <v>737</v>
+      </c>
+      <c r="E201" s="35">
+        <v>45367</v>
+      </c>
+      <c r="F201" s="18" t="s">
+        <v>738</v>
+      </c>
+      <c r="G201" s="36" t="s">
+        <v>739</v>
+      </c>
+      <c r="H201" s="18">
+        <v>2</v>
+      </c>
+      <c r="I201" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J201" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K201" s="23" t="s">
+        <v>740</v>
+      </c>
+      <c r="L201" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M201" s="1"/>
+    </row>
+    <row r="202" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A202" s="18">
+        <v>24052</v>
+      </c>
+      <c r="B202" s="18" t="s">
+        <v>552</v>
+      </c>
+      <c r="C202" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D202" s="41" t="s">
+        <v>203</v>
+      </c>
+      <c r="E202" s="21">
+        <v>45367</v>
+      </c>
+      <c r="F202" s="18" t="s">
+        <v>553</v>
+      </c>
+      <c r="G202" s="37" t="s">
+        <v>320</v>
+      </c>
+      <c r="H202" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I202" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J202" s="18" t="s">
+        <v>169</v>
+      </c>
+      <c r="K202" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L202" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M202" s="1"/>
+    </row>
+    <row r="203" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A203" s="18">
+        <v>24053</v>
+      </c>
+      <c r="B203" s="18" t="s">
+        <v>580</v>
+      </c>
+      <c r="C203" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="D203" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E203" s="21">
+        <v>45429</v>
+      </c>
+      <c r="F203" s="18" t="s">
+        <v>581</v>
+      </c>
+      <c r="G203" s="36" t="s">
+        <v>578</v>
+      </c>
+      <c r="H203" s="18">
+        <v>6</v>
+      </c>
+      <c r="I203" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J203" s="18" t="s">
+        <v>579</v>
+      </c>
+      <c r="K203" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L203" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M203" s="1"/>
+    </row>
+    <row r="204" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A204" s="18">
+        <v>24054</v>
+      </c>
+      <c r="B204" s="18" t="s">
+        <v>574</v>
+      </c>
+      <c r="C204" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="D204" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E204" s="21" t="s">
+        <v>576</v>
+      </c>
+      <c r="F204" s="18" t="s">
+        <v>577</v>
+      </c>
+      <c r="G204" s="36" t="s">
+        <v>578</v>
+      </c>
+      <c r="H204" s="18">
+        <v>9</v>
+      </c>
+      <c r="I204" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J204" s="18" t="s">
+        <v>579</v>
+      </c>
+      <c r="K204" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L204" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M204" s="1"/>
+    </row>
+    <row r="205" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A205" s="18">
+        <v>24055</v>
+      </c>
+      <c r="B205" s="18" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C205" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="D205" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E205" s="21">
+        <v>45364</v>
+      </c>
+      <c r="F205" s="18" t="s">
+        <v>296</v>
+      </c>
+      <c r="G205" s="30" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H205" s="18">
+        <v>1</v>
+      </c>
+      <c r="I205" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J205" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K205" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L205" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M205" s="1"/>
+    </row>
+    <row r="206" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A206" s="18">
+        <v>24056</v>
+      </c>
+      <c r="B206" s="18" t="s">
+        <v>615</v>
+      </c>
+      <c r="C206" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D206" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="E206" s="21">
+        <v>45403</v>
+      </c>
+      <c r="F206" s="18" t="s">
+        <v>616</v>
+      </c>
+      <c r="G206" s="36" t="s">
+        <v>617</v>
+      </c>
+      <c r="H206" s="18">
+        <v>3</v>
+      </c>
+      <c r="I206" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J206" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K206" s="23" t="s">
+        <v>618</v>
+      </c>
+      <c r="L206" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M206" s="1"/>
+    </row>
+    <row r="207" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A207" s="18">
+        <v>24057</v>
+      </c>
+      <c r="B207" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="C207" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D207" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E207" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F207" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G207" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="H207" s="18">
+        <v>3</v>
+      </c>
+      <c r="I207" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J207" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K207" s="24">
+        <v>99</v>
+      </c>
+      <c r="L207" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M207" s="1"/>
+    </row>
+    <row r="208" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A208" s="18">
+        <v>24058</v>
+      </c>
+      <c r="B208" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="C208" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D208" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="E208" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F208" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G208" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="H208" s="18">
+        <v>2</v>
+      </c>
+      <c r="I208" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J208" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K208" s="24">
+        <v>59</v>
+      </c>
+      <c r="L208" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M208" s="1"/>
+    </row>
+    <row r="209" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A209" s="18">
+        <v>24059</v>
+      </c>
+      <c r="B209" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="C209" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D209" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="E209" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F209" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G209" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="H209" s="18">
+        <v>2</v>
+      </c>
+      <c r="I209" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J209" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K209" s="24">
+        <v>59</v>
+      </c>
+      <c r="L209" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M209" s="1"/>
+    </row>
+    <row r="210" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A210" s="18">
+        <v>24061</v>
+      </c>
+      <c r="B210" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="C210" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D210" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E210" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F210" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G210" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H210" s="18">
+        <v>1</v>
+      </c>
+      <c r="I210" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J210" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K210" s="24">
+        <v>39</v>
+      </c>
+      <c r="L210" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M210" s="1"/>
+    </row>
+    <row r="211" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A211" s="18">
+        <v>24062</v>
+      </c>
+      <c r="B211" s="18" t="s">
+        <v>224</v>
+      </c>
+      <c r="C211" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D211" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E211" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F211" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G211" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H211" s="18">
+        <v>1</v>
+      </c>
+      <c r="I211" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J211" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K211" s="24">
+        <v>39</v>
+      </c>
+      <c r="L211" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M211" s="1"/>
+    </row>
+    <row r="212" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A212" s="18">
+        <v>24063</v>
+      </c>
+      <c r="B212" s="18" t="s">
+        <v>250</v>
+      </c>
+      <c r="C212" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D212" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E212" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F212" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G212" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H212" s="18">
+        <v>1</v>
+      </c>
+      <c r="I212" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J212" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K212" s="24">
+        <v>29</v>
+      </c>
+      <c r="L212" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M212" s="1"/>
+    </row>
+    <row r="213" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A213" s="18">
+        <v>24064</v>
+      </c>
+      <c r="B213" s="18" t="s">
+        <v>278</v>
+      </c>
+      <c r="C213" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D213" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="E213" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F213" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G213" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H213" s="18">
+        <v>3</v>
+      </c>
+      <c r="I213" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J213" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K213" s="24">
+        <v>89</v>
+      </c>
+      <c r="L213" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M213" s="1"/>
+    </row>
+    <row r="214" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A214" s="18">
+        <v>24065</v>
+      </c>
+      <c r="B214" s="18" t="s">
+        <v>398</v>
+      </c>
+      <c r="C214" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D214" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E214" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F214" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G214" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H214" s="18">
+        <v>3</v>
+      </c>
+      <c r="I214" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J214" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K214" s="24">
+        <v>89</v>
+      </c>
+      <c r="L214" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M214" s="1"/>
+    </row>
+    <row r="215" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A215" s="18">
+        <v>24066</v>
+      </c>
+      <c r="B215" s="18" t="s">
+        <v>536</v>
+      </c>
+      <c r="C215" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D215" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E215" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F215" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G215" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H215" s="18">
+        <v>2</v>
+      </c>
+      <c r="I215" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J215" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K215" s="24">
+        <v>59</v>
+      </c>
+      <c r="L215" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M215" s="1"/>
+    </row>
+    <row r="216" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A216" s="18">
+        <v>24067</v>
+      </c>
+      <c r="B216" s="18" t="s">
+        <v>540</v>
+      </c>
+      <c r="C216" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D216" s="18" t="s">
+        <v>541</v>
+      </c>
+      <c r="E216" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F216" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G216" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H216" s="18">
+        <v>3</v>
+      </c>
+      <c r="I216" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J216" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K216" s="24">
+        <v>89</v>
+      </c>
+      <c r="L216" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M216" s="1"/>
+    </row>
+    <row r="217" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A217" s="18">
+        <v>24068</v>
+      </c>
+      <c r="B217" s="18" t="s">
+        <v>630</v>
+      </c>
+      <c r="C217" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D217" s="18" t="s">
+        <v>631</v>
+      </c>
+      <c r="E217" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F217" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G217" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H217" s="18">
+        <v>3</v>
+      </c>
+      <c r="I217" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J217" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K217" s="24">
+        <v>89</v>
+      </c>
+      <c r="L217" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M217" s="1"/>
+    </row>
+    <row r="218" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A218" s="18">
+        <v>24069</v>
+      </c>
+      <c r="B218" s="18" t="s">
+        <v>657</v>
+      </c>
+      <c r="C218" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D218" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="E218" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F218" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G218" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H218" s="18">
+        <v>2</v>
+      </c>
+      <c r="I218" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J218" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K218" s="24">
+        <v>59</v>
+      </c>
+      <c r="L218" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M218" s="1"/>
+    </row>
+    <row r="219" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A219" s="18">
+        <v>24071</v>
+      </c>
+      <c r="B219" s="18" t="s">
+        <v>694</v>
+      </c>
+      <c r="C219" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D219" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="E219" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F219" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G219" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H219" s="18">
+        <v>3</v>
+      </c>
+      <c r="I219" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J219" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K219" s="24">
+        <v>99</v>
+      </c>
+      <c r="L219" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M219" s="1"/>
+    </row>
+    <row r="220" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A220" s="18">
+        <v>24072</v>
+      </c>
+      <c r="B220" s="18" t="s">
+        <v>701</v>
+      </c>
+      <c r="C220" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D220" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E220" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F220" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G220" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H220" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I220" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J220" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K220" s="24">
+        <v>39</v>
+      </c>
+      <c r="L220" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M220" s="1"/>
+    </row>
+    <row r="221" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A221" s="18">
+        <v>24073</v>
+      </c>
+      <c r="B221" s="18" t="s">
+        <v>702</v>
+      </c>
+      <c r="C221" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D221" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E221" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F221" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G221" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H221" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I221" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J221" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K221" s="24">
+        <v>39</v>
+      </c>
+      <c r="L221" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M221" s="1"/>
+    </row>
+    <row r="222" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A222" s="18">
+        <v>24074</v>
+      </c>
+      <c r="B222" s="18" t="s">
+        <v>210</v>
+      </c>
+      <c r="C222" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D222" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="E222" s="18" t="s">
+        <v>211</v>
+      </c>
+      <c r="F222" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="G222" s="36" t="s">
+        <v>213</v>
+      </c>
+      <c r="H222" s="18" t="s">
+        <v>214</v>
+      </c>
+      <c r="I222" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J222" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K222" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L222" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M222" s="1"/>
+    </row>
+    <row r="223" spans="1:13" ht="92.5" x14ac:dyDescent="0.45">
+      <c r="A223" s="18">
+        <v>24075</v>
+      </c>
+      <c r="B223" s="18" t="s">
+        <v>429</v>
+      </c>
+      <c r="C223" s="18" t="s">
+        <v>430</v>
+      </c>
+      <c r="D223" s="18" t="s">
+        <v>287</v>
+      </c>
+      <c r="E223" s="21">
+        <v>45401</v>
+      </c>
+      <c r="F223" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="G223" s="22" t="s">
+        <v>432</v>
+      </c>
+      <c r="H223" s="18">
+        <v>3</v>
+      </c>
+      <c r="I223" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J223" s="18" t="s">
+        <v>433</v>
+      </c>
+      <c r="K223" s="24">
+        <v>60</v>
+      </c>
+      <c r="L223" s="23" t="s">
+        <v>434</v>
+      </c>
+      <c r="M223" s="1"/>
+    </row>
+    <row r="224" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A224" s="18">
+        <v>24076</v>
+      </c>
+      <c r="B224" s="25" t="s">
+        <v>128</v>
+      </c>
+      <c r="C224" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="D224" s="18" t="s">
+        <v>129</v>
+      </c>
+      <c r="E224" s="21">
+        <v>45392</v>
+      </c>
+      <c r="F224" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="G224" s="36" t="s">
+        <v>36</v>
+      </c>
+      <c r="H224" s="18">
+        <v>1</v>
+      </c>
+      <c r="I224" s="18">
+        <v>1</v>
+      </c>
+      <c r="J224" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K224" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M224" s="1"/>
+    </row>
+    <row r="225" spans="1:13" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A225" s="18">
+        <v>24077</v>
+      </c>
+      <c r="B225" s="18" t="s">
+        <v>268</v>
+      </c>
+      <c r="C225" s="12" t="s">
+        <v>269</v>
+      </c>
+      <c r="D225" s="18" t="s">
+        <v>270</v>
+      </c>
+      <c r="E225" s="21">
+        <v>45458</v>
+      </c>
+      <c r="F225" s="18" t="s">
+        <v>271</v>
+      </c>
+      <c r="G225" s="36" t="s">
+        <v>272</v>
+      </c>
+      <c r="H225" s="18">
+        <v>3</v>
+      </c>
+      <c r="I225" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J225" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K225" s="24">
+        <v>65</v>
+      </c>
+      <c r="L225" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M225" s="1"/>
+    </row>
+    <row r="226" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A226" s="18">
+        <v>24079</v>
+      </c>
+      <c r="B226" s="18" t="s">
+        <v>412</v>
+      </c>
+      <c r="C226" s="18" t="s">
+        <v>413</v>
+      </c>
+      <c r="D226" s="18" t="s">
+        <v>414</v>
+      </c>
+      <c r="E226" s="21">
+        <v>45416</v>
+      </c>
+      <c r="F226" s="18" t="s">
+        <v>415</v>
+      </c>
+      <c r="G226" s="36" t="s">
+        <v>416</v>
+      </c>
+      <c r="H226" s="18">
+        <v>3</v>
+      </c>
+      <c r="I226" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J226" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K226" s="24">
+        <v>30</v>
+      </c>
+      <c r="L226" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M226" s="1"/>
+    </row>
+    <row r="227" spans="1:13" ht="129.5" x14ac:dyDescent="0.45">
+      <c r="A227" s="18">
+        <v>24081</v>
+      </c>
+      <c r="B227" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="C227" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D227" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E227" s="21" t="s">
+        <v>27</v>
+      </c>
+      <c r="F227" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="G227" s="22" t="s">
+        <v>84</v>
+      </c>
+      <c r="H227" s="18">
+        <v>3</v>
+      </c>
+      <c r="I227" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J227" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="K227" s="24">
+        <v>24</v>
+      </c>
+      <c r="L227" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M227" s="1"/>
+    </row>
+    <row r="228" spans="1:13" ht="148" x14ac:dyDescent="0.45">
+      <c r="A228" s="18">
+        <v>24082</v>
+      </c>
+      <c r="B228" s="18" t="s">
+        <v>592</v>
+      </c>
+      <c r="C228" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D228" s="18" t="s">
+        <v>593</v>
+      </c>
+      <c r="E228" s="18" t="s">
+        <v>594</v>
+      </c>
+      <c r="F228" s="18" t="s">
+        <v>595</v>
+      </c>
+      <c r="G228" s="25" t="s">
+        <v>596</v>
+      </c>
+      <c r="H228" s="18">
+        <v>3</v>
+      </c>
+      <c r="I228" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J228" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="K228" s="24">
+        <v>45</v>
+      </c>
+      <c r="L228" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M228" s="1"/>
+    </row>
+    <row r="229" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A229" s="18">
+        <v>24083</v>
+      </c>
+      <c r="B229" s="18" t="s">
         <v>845</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="C229" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D229" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E229" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F229" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G229" s="30" t="s">
+        <v>256</v>
+      </c>
+      <c r="H229" s="18">
+        <v>5</v>
+      </c>
+      <c r="I229" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J229" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K229" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="L229" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M229" s="1"/>
+    </row>
+    <row r="230" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A230" s="18">
+        <v>24088</v>
+      </c>
+      <c r="B230" s="42" t="s">
+        <v>312</v>
+      </c>
+      <c r="C230" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D230" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E230" s="21" t="s">
+        <v>313</v>
+      </c>
+      <c r="F230" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G230" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H230" s="18">
+        <v>2</v>
+      </c>
+      <c r="I230" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J230" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K230" s="24">
+        <v>50</v>
+      </c>
+      <c r="L230" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M230" s="1"/>
+    </row>
+    <row r="231" spans="1:13" ht="111" x14ac:dyDescent="0.45">
+      <c r="A231" s="18">
+        <v>24089</v>
+      </c>
+      <c r="B231" s="18" t="s">
+        <v>597</v>
+      </c>
+      <c r="C231" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D231" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E231" s="18" t="s">
+        <v>598</v>
+      </c>
+      <c r="F231" s="18" t="s">
+        <v>599</v>
+      </c>
+      <c r="G231" s="22" t="s">
+        <v>600</v>
+      </c>
+      <c r="H231" s="18">
+        <v>11</v>
+      </c>
+      <c r="I231" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J231" s="18" t="s">
+        <v>601</v>
+      </c>
+      <c r="K231" s="23" t="s">
+        <v>602</v>
+      </c>
+      <c r="L231" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M231" s="1"/>
+    </row>
+    <row r="232" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A232" s="18">
+        <v>24090</v>
+      </c>
+      <c r="B232" s="42" t="s">
+        <v>44</v>
+      </c>
+      <c r="C232" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D232" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E232" s="21" t="s">
+        <v>47</v>
+      </c>
+      <c r="F232" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G232" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H232" s="18">
+        <v>3</v>
+      </c>
+      <c r="I232" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J232" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K232" s="24">
+        <v>50</v>
+      </c>
+      <c r="L232" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="M232" s="1"/>
+    </row>
+    <row r="233" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A233" s="18">
+        <v>24091</v>
+      </c>
+      <c r="B233" s="42" t="s">
+        <v>51</v>
+      </c>
+      <c r="C233" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D233" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E233" s="21" t="s">
+        <v>52</v>
+      </c>
+      <c r="F233" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G233" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H233" s="18">
+        <v>3</v>
+      </c>
+      <c r="I233" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J233" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K233" s="24">
+        <v>50</v>
+      </c>
+      <c r="L233" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="M233" s="1"/>
+    </row>
+    <row r="234" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A234" s="18">
+        <v>24092</v>
+      </c>
+      <c r="B234" s="42" t="s">
+        <v>53</v>
+      </c>
+      <c r="C234" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D234" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E234" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="F234" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G234" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H234" s="18">
+        <v>3</v>
+      </c>
+      <c r="I234" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J234" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K234" s="24">
+        <v>50</v>
+      </c>
+      <c r="L234" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="M234" s="1"/>
+    </row>
+    <row r="235" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A235" s="18">
+        <v>24093</v>
+      </c>
+      <c r="B235" s="42" t="s">
+        <v>55</v>
+      </c>
+      <c r="C235" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D235" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E235" s="21" t="s">
+        <v>56</v>
+      </c>
+      <c r="F235" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G235" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H235" s="18">
+        <v>3</v>
+      </c>
+      <c r="I235" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J235" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K235" s="24">
+        <v>50</v>
+      </c>
+      <c r="L235" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M235" s="1"/>
+    </row>
+    <row r="236" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A236" s="18">
+        <v>24094</v>
+      </c>
+      <c r="B236" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="C236" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D236" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E236" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="F236" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G236" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H236" s="18">
+        <v>3</v>
+      </c>
+      <c r="I236" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J236" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K236" s="24">
+        <v>50</v>
+      </c>
+      <c r="L236" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="M236" s="1"/>
+    </row>
+    <row r="237" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A237" s="18">
+        <v>24095</v>
+      </c>
+      <c r="B237" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C237" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="D237" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="E237" s="21">
+        <v>45420</v>
+      </c>
+      <c r="F237" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="G237" s="36" t="s">
+        <v>36</v>
+      </c>
+      <c r="H237" s="18">
+        <v>1</v>
+      </c>
+      <c r="I237" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J237" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K237" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L237" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M237" s="1"/>
+    </row>
+    <row r="238" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A238" s="18">
+        <v>24096</v>
+      </c>
+      <c r="B238" s="42" t="s">
+        <v>314</v>
+      </c>
+      <c r="C238" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D238" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E238" s="21" t="s">
+        <v>315</v>
+      </c>
+      <c r="F238" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G238" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H238" s="18">
+        <v>2</v>
+      </c>
+      <c r="I238" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J238" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K238" s="24">
+        <v>50</v>
+      </c>
+      <c r="L238" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M238" s="1"/>
+    </row>
+    <row r="239" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A239" s="18">
+        <v>24097</v>
+      </c>
+      <c r="B239" s="42" t="s">
+        <v>358</v>
+      </c>
+      <c r="C239" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D239" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E239" s="21" t="s">
+        <v>359</v>
+      </c>
+      <c r="F239" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G239" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H239" s="18">
+        <v>3</v>
+      </c>
+      <c r="I239" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J239" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K239" s="24">
+        <v>50</v>
+      </c>
+      <c r="L239" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M239" s="1"/>
+    </row>
+    <row r="240" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A240" s="18">
+        <v>24098</v>
+      </c>
+      <c r="B240" s="42" t="s">
+        <v>360</v>
+      </c>
+      <c r="C240" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D240" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E240" s="21" t="s">
+        <v>361</v>
+      </c>
+      <c r="F240" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G240" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H240" s="18">
+        <v>3</v>
+      </c>
+      <c r="I240" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J240" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K240" s="24">
+        <v>50</v>
+      </c>
+      <c r="L240" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M240" s="1"/>
+    </row>
+    <row r="241" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A241" s="18">
+        <v>24099</v>
+      </c>
+      <c r="B241" s="42" t="s">
+        <v>362</v>
+      </c>
+      <c r="C241" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D241" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E241" s="21" t="s">
+        <v>363</v>
+      </c>
+      <c r="F241" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G241" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H241" s="18">
+        <v>3</v>
+      </c>
+      <c r="I241" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J241" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K241" s="24">
+        <v>50</v>
+      </c>
+      <c r="L241" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M241" s="1"/>
+    </row>
+    <row r="242" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A242" s="18">
+        <v>24100</v>
+      </c>
+      <c r="B242" s="42" t="s">
+        <v>364</v>
+      </c>
+      <c r="C242" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D242" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E242" s="21" t="s">
+        <v>365</v>
+      </c>
+      <c r="F242" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G242" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H242" s="18">
+        <v>3</v>
+      </c>
+      <c r="I242" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J242" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K242" s="24">
+        <v>50</v>
+      </c>
+      <c r="L242" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M242" s="1"/>
+    </row>
+    <row r="243" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A243" s="18">
+        <v>24101</v>
+      </c>
+      <c r="B243" s="42" t="s">
+        <v>366</v>
+      </c>
+      <c r="C243" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D243" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E243" s="21" t="s">
+        <v>367</v>
+      </c>
+      <c r="F243" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G243" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H243" s="18">
+        <v>3</v>
+      </c>
+      <c r="I243" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J243" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K243" s="24">
+        <v>50</v>
+      </c>
+      <c r="L243" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M243" s="1"/>
+    </row>
+    <row r="244" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A244" s="18">
+        <v>24102</v>
+      </c>
+      <c r="B244" s="42" t="s">
+        <v>570</v>
+      </c>
+      <c r="C244" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D244" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E244" s="18" t="s">
+        <v>571</v>
+      </c>
+      <c r="F244" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G244" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H244" s="18">
+        <v>3</v>
+      </c>
+      <c r="I244" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J244" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K244" s="24">
+        <v>50</v>
+      </c>
+      <c r="L244" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M244" s="1"/>
+    </row>
+    <row r="245" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A245" s="18">
+        <v>24103</v>
+      </c>
+      <c r="B245" s="42" t="s">
+        <v>572</v>
+      </c>
+      <c r="C245" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D245" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E245" s="18" t="s">
+        <v>573</v>
+      </c>
+      <c r="F245" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G245" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H245" s="18">
+        <v>3</v>
+      </c>
+      <c r="I245" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J245" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K245" s="24">
+        <v>50</v>
+      </c>
+      <c r="L245" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M245" s="1"/>
+    </row>
+    <row r="246" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A246" s="18">
+        <v>24104</v>
+      </c>
+      <c r="B246" s="42" t="s">
+        <v>750</v>
+      </c>
+      <c r="C246" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D246" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E246" s="18" t="s">
+        <v>751</v>
+      </c>
+      <c r="F246" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G246" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H246" s="18">
+        <v>3</v>
+      </c>
+      <c r="I246" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J246" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K246" s="24">
+        <v>50</v>
+      </c>
+      <c r="L246" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M246" s="1"/>
+    </row>
+    <row r="247" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A247" s="18">
+        <v>24105</v>
+      </c>
+      <c r="B247" s="42" t="s">
+        <v>494</v>
+      </c>
+      <c r="C247" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D247" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E247" s="18" t="s">
+        <v>495</v>
+      </c>
+      <c r="F247" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G247" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H247" s="18">
+        <v>4</v>
+      </c>
+      <c r="I247" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J247" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K247" s="24">
+        <v>100</v>
+      </c>
+      <c r="L247" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M247" s="1"/>
+    </row>
+    <row r="248" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A248" s="18">
+        <v>24106</v>
+      </c>
+      <c r="B248" s="42" t="s">
+        <v>57</v>
+      </c>
+      <c r="C248" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D248" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E248" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F248" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G248" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H248" s="18">
+        <v>3</v>
+      </c>
+      <c r="I248" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J248" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K248" s="24">
+        <v>50</v>
+      </c>
+      <c r="L248" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M248" s="1"/>
+    </row>
+    <row r="249" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A249" s="18">
+        <v>24107</v>
+      </c>
+      <c r="B249" s="42" t="s">
+        <v>59</v>
+      </c>
+      <c r="C249" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D249" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E249" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F249" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G249" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H249" s="18">
+        <v>3</v>
+      </c>
+      <c r="I249" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J249" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K249" s="24">
+        <v>50</v>
+      </c>
+      <c r="L249" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M249" s="1"/>
+    </row>
+    <row r="250" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A250" s="18">
+        <v>24108</v>
+      </c>
+      <c r="B250" s="42" t="s">
+        <v>60</v>
+      </c>
+      <c r="C250" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D250" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E250" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F250" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G250" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H250" s="18">
+        <v>3</v>
+      </c>
+      <c r="I250" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J250" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K250" s="24">
+        <v>50</v>
+      </c>
+      <c r="L250" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M250" s="1"/>
+    </row>
+    <row r="251" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A251" s="18">
+        <v>24109</v>
+      </c>
+      <c r="B251" s="42" t="s">
+        <v>61</v>
+      </c>
+      <c r="C251" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D251" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E251" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F251" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G251" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H251" s="18">
+        <v>3</v>
+      </c>
+      <c r="I251" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J251" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K251" s="24">
+        <v>50</v>
+      </c>
+      <c r="L251" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M251" s="1"/>
+    </row>
+    <row r="252" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A252" s="18">
+        <v>24110</v>
+      </c>
+      <c r="B252" s="42" t="s">
+        <v>62</v>
+      </c>
+      <c r="C252" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D252" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E252" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F252" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G252" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H252" s="18">
+        <v>3</v>
+      </c>
+      <c r="I252" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J252" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K252" s="24">
+        <v>50</v>
+      </c>
+      <c r="L252" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M252" s="1"/>
+    </row>
+    <row r="253" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A253" s="18">
+        <v>24111</v>
+      </c>
+      <c r="B253" s="42" t="s">
+        <v>355</v>
+      </c>
+      <c r="C253" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D253" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E253" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F253" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G253" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H253" s="18">
+        <v>3</v>
+      </c>
+      <c r="I253" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J253" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K253" s="24">
+        <v>50</v>
+      </c>
+      <c r="L253" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M253" s="1"/>
+    </row>
+    <row r="254" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A254" s="18">
+        <v>24112</v>
+      </c>
+      <c r="B254" s="42" t="s">
+        <v>356</v>
+      </c>
+      <c r="C254" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D254" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E254" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F254" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G254" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H254" s="18">
+        <v>3</v>
+      </c>
+      <c r="I254" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J254" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K254" s="24">
+        <v>50</v>
+      </c>
+      <c r="L254" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M254" s="1"/>
+    </row>
+    <row r="255" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A255" s="18">
+        <v>24113</v>
+      </c>
+      <c r="B255" s="42" t="s">
+        <v>357</v>
+      </c>
+      <c r="C255" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D255" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E255" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F255" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G255" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H255" s="18">
+        <v>3</v>
+      </c>
+      <c r="I255" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J255" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K255" s="24">
+        <v>50</v>
+      </c>
+      <c r="L255" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M255" s="1"/>
+    </row>
+    <row r="256" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A256" s="18">
+        <v>24114</v>
+      </c>
+      <c r="B256" s="42" t="s">
+        <v>380</v>
+      </c>
+      <c r="C256" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D256" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E256" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F256" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G256" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="H256" s="18">
+        <v>6</v>
+      </c>
+      <c r="I256" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J256" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K256" s="24">
+        <v>100</v>
+      </c>
+      <c r="L256" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M256" s="1"/>
+    </row>
+    <row r="257" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A257" s="18">
+        <v>24116</v>
+      </c>
+      <c r="B257" s="18" t="s">
+        <v>537</v>
+      </c>
+      <c r="C257" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D257" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E257" s="21">
+        <v>45423</v>
+      </c>
+      <c r="F257" s="18" t="s">
+        <v>538</v>
+      </c>
+      <c r="G257" s="37" t="s">
+        <v>73</v>
+      </c>
+      <c r="H257" s="18">
+        <v>3</v>
+      </c>
+      <c r="I257" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J257" s="18" t="s">
+        <v>539</v>
+      </c>
+      <c r="K257" s="24">
+        <v>119</v>
+      </c>
+      <c r="L257" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M257" s="1"/>
+    </row>
+    <row r="258" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A258" s="18">
+        <v>24117</v>
+      </c>
+      <c r="B258" s="18" t="s">
+        <v>745</v>
+      </c>
+      <c r="C258" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="D258" s="18" t="s">
+        <v>746</v>
+      </c>
+      <c r="E258" s="21">
+        <v>45455</v>
+      </c>
+      <c r="F258" s="18" t="s">
+        <v>747</v>
+      </c>
+      <c r="G258" s="36" t="s">
+        <v>36</v>
+      </c>
+      <c r="H258" s="18">
+        <v>1</v>
+      </c>
+      <c r="I258" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J258" s="18" t="s">
+        <v>539</v>
+      </c>
+      <c r="K258" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L258" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M258" s="1"/>
+    </row>
+    <row r="259" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A259" s="18">
+        <v>24118</v>
+      </c>
+      <c r="B259" s="18" t="s">
+        <v>634</v>
+      </c>
+      <c r="C259" s="18" t="s">
+        <v>286</v>
+      </c>
+      <c r="D259" s="18" t="s">
+        <v>635</v>
+      </c>
+      <c r="E259" s="21">
+        <v>45514</v>
+      </c>
+      <c r="F259" s="18" t="s">
+        <v>636</v>
+      </c>
+      <c r="G259" s="36" t="s">
+        <v>432</v>
+      </c>
+      <c r="H259" s="18">
+        <v>3</v>
+      </c>
+      <c r="I259" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J259" s="18" t="s">
+        <v>637</v>
+      </c>
+      <c r="K259" s="24">
+        <v>60</v>
+      </c>
+      <c r="L259" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M259" s="1"/>
+    </row>
+    <row r="260" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A260" s="18">
+        <v>24119</v>
+      </c>
+      <c r="B260" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="C260" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="D260" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E260" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="F260" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="G260" s="36" t="s">
+        <v>30</v>
+      </c>
+      <c r="H260" s="18">
+        <v>12</v>
+      </c>
+      <c r="I260" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="J260" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="K260" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L260" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M260" s="1"/>
+    </row>
+    <row r="261" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A261" s="18">
+        <v>24120</v>
+      </c>
+      <c r="B261" s="18" t="s">
+        <v>391</v>
+      </c>
+      <c r="C261" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D261" s="18" t="s">
+        <v>392</v>
+      </c>
+      <c r="E261" s="21">
+        <v>45486</v>
+      </c>
+      <c r="F261" s="18" t="s">
+        <v>393</v>
+      </c>
+      <c r="G261" s="36" t="s">
+        <v>394</v>
+      </c>
+      <c r="H261" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I261" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J261" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K261" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L261" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M261" s="1"/>
+    </row>
+    <row r="262" spans="1:13" ht="148" x14ac:dyDescent="0.45">
+      <c r="A262" s="18">
+        <v>24121</v>
+      </c>
+      <c r="B262" s="18" t="s">
+        <v>303</v>
+      </c>
+      <c r="C262" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D262" s="18" t="s">
+        <v>304</v>
+      </c>
+      <c r="E262" s="18" t="s">
+        <v>305</v>
+      </c>
+      <c r="F262" s="18" t="s">
+        <v>306</v>
+      </c>
+      <c r="G262" s="22" t="s">
+        <v>307</v>
+      </c>
+      <c r="H262" s="18">
+        <v>3</v>
+      </c>
+      <c r="I262" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J262" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K262" s="24">
+        <v>45</v>
+      </c>
+      <c r="L262" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M262" s="1"/>
+    </row>
+    <row r="263" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A263" s="18">
+        <v>24124</v>
+      </c>
+      <c r="B263" s="18" t="s">
+        <v>840</v>
+      </c>
+      <c r="C263" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="D263" s="18" t="s">
+        <v>730</v>
+      </c>
+      <c r="E263" s="21">
+        <v>45498</v>
+      </c>
+      <c r="F263" s="18" t="s">
+        <v>841</v>
+      </c>
+      <c r="G263" s="22" t="s">
+        <v>842</v>
+      </c>
+      <c r="H263" s="18">
+        <v>1</v>
+      </c>
+      <c r="I263" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J263" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K263" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L263" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M263" s="1"/>
+    </row>
+    <row r="264" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A264" s="18">
+        <v>24200</v>
+      </c>
+      <c r="B264" s="18" t="s">
+        <v>846</v>
+      </c>
+      <c r="C264" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D264" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E264" s="21" t="s">
+        <v>847</v>
+      </c>
+      <c r="F264" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G264" s="22" t="s">
+        <v>259</v>
+      </c>
+      <c r="H264" s="18">
+        <v>5</v>
+      </c>
+      <c r="I264" s="18">
+        <v>1</v>
+      </c>
+      <c r="J264" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K264" s="24">
+        <v>75</v>
+      </c>
+      <c r="L264" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M264" s="1"/>
+    </row>
+    <row r="265" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A265" s="18">
+        <v>24201</v>
+      </c>
+      <c r="B265" s="18" t="s">
+        <v>850</v>
+      </c>
+      <c r="C265" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D265" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E265" s="18" t="s">
+        <v>851</v>
+      </c>
+      <c r="F265" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G265" s="22" t="s">
+        <v>259</v>
+      </c>
+      <c r="H265" s="18">
+        <v>5</v>
+      </c>
+      <c r="I265" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J265" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K265" s="24">
+        <v>75</v>
+      </c>
+      <c r="L265" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M265" s="1"/>
+    </row>
+    <row r="266" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A266" s="18">
+        <v>24202</v>
+      </c>
+      <c r="B266" s="18" t="s">
+        <v>258</v>
+      </c>
+      <c r="C266" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D266" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E266" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F266" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G266" s="22" t="s">
+        <v>259</v>
+      </c>
+      <c r="H266" s="18">
+        <v>5</v>
+      </c>
+      <c r="I266" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J266" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K266" s="24">
+        <v>75</v>
+      </c>
+      <c r="L266" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M266" s="1"/>
+    </row>
+    <row r="267" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A267" s="18">
+        <v>24203</v>
+      </c>
+      <c r="B267" s="18" t="s">
+        <v>260</v>
+      </c>
+      <c r="C267" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D267" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E267" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F267" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G267" s="22" t="s">
+        <v>259</v>
+      </c>
+      <c r="H267" s="18">
+        <v>5</v>
+      </c>
+      <c r="I267" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J267" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="K267" s="24">
+        <v>75</v>
+      </c>
+      <c r="L267" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M267" s="1"/>
+    </row>
+    <row r="268" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A268" s="18">
+        <v>24204</v>
+      </c>
+      <c r="B268" s="18" t="s">
+        <v>681</v>
+      </c>
+      <c r="C268" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D268" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E268" s="18" t="s">
+        <v>682</v>
+      </c>
+      <c r="F268" s="18" t="s">
+        <v>683</v>
+      </c>
+      <c r="G268" s="36" t="s">
+        <v>262</v>
+      </c>
+      <c r="H268" s="18">
+        <v>7</v>
+      </c>
+      <c r="I268" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J268" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K268" s="24">
+        <v>140</v>
+      </c>
+      <c r="L268" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M268" s="1"/>
+    </row>
+    <row r="269" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A269" s="18">
+        <v>24205</v>
+      </c>
+      <c r="B269" s="18" t="s">
+        <v>768</v>
+      </c>
+      <c r="C269" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D269" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E269" s="43" t="s">
+        <v>769</v>
+      </c>
+      <c r="F269" s="44" t="s">
+        <v>770</v>
+      </c>
+      <c r="G269" s="36" t="s">
+        <v>262</v>
+      </c>
+      <c r="H269" s="18">
+        <v>7</v>
+      </c>
+      <c r="I269" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J269" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K269" s="24">
+        <v>140</v>
+      </c>
+      <c r="L269" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M269" s="1"/>
+    </row>
+    <row r="270" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A270" s="18">
+        <v>24206</v>
+      </c>
+      <c r="B270" s="18" t="s">
+        <v>279</v>
+      </c>
+      <c r="C270" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D270" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E270" s="18" t="s">
+        <v>280</v>
+      </c>
+      <c r="F270" s="18" t="s">
+        <v>281</v>
+      </c>
+      <c r="G270" s="36" t="s">
+        <v>262</v>
+      </c>
+      <c r="H270" s="18">
+        <v>6</v>
+      </c>
+      <c r="I270" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J270" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K270" s="24">
+        <v>125</v>
+      </c>
+      <c r="L270" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M270" s="1"/>
+    </row>
+    <row r="271" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A271" s="18">
+        <v>24208</v>
+      </c>
+      <c r="B271" s="18" t="s">
+        <v>342</v>
+      </c>
+      <c r="C271" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D271" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E271" s="18" t="s">
+        <v>343</v>
+      </c>
+      <c r="F271" s="18" t="s">
+        <v>344</v>
+      </c>
+      <c r="G271" s="36" t="s">
+        <v>262</v>
+      </c>
+      <c r="H271" s="18">
+        <v>8</v>
+      </c>
+      <c r="I271" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J271" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K271" s="24">
+        <v>155</v>
+      </c>
+      <c r="L271" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M271" s="1"/>
+    </row>
+    <row r="272" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A272" s="18">
+        <v>24209</v>
+      </c>
+      <c r="B272" s="18" t="s">
+        <v>509</v>
+      </c>
+      <c r="C272" s="18" t="s">
+        <v>510</v>
+      </c>
+      <c r="D272" s="18" t="s">
+        <v>511</v>
+      </c>
+      <c r="E272" s="18" t="s">
+        <v>512</v>
+      </c>
+      <c r="F272" s="18" t="s">
+        <v>513</v>
+      </c>
+      <c r="G272" s="22" t="s">
+        <v>514</v>
+      </c>
+      <c r="H272" s="18">
+        <v>4</v>
+      </c>
+      <c r="I272" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J272" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K272" s="23" t="s">
+        <v>515</v>
+      </c>
+      <c r="L272" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M272" s="1"/>
+    </row>
+    <row r="273" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A273" s="18">
+        <v>24210</v>
+      </c>
+      <c r="B273" s="18" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C273" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D273" s="18" t="s">
+        <v>381</v>
+      </c>
+      <c r="E273" s="18" t="s">
+        <v>382</v>
+      </c>
+      <c r="F273" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G273" s="36" t="s">
+        <v>43</v>
+      </c>
+      <c r="H273" s="18">
+        <v>3</v>
+      </c>
+      <c r="I273" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J273" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K273" s="24">
+        <v>75</v>
+      </c>
+      <c r="L273" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M273" s="1"/>
+    </row>
+    <row r="274" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A274" s="18">
+        <v>24211</v>
+      </c>
+      <c r="B274" s="18" t="s">
+        <v>791</v>
+      </c>
+      <c r="C274" s="18" t="s">
+        <v>475</v>
+      </c>
+      <c r="D274" s="18" t="s">
+        <v>476</v>
+      </c>
+      <c r="E274" s="21">
+        <v>45481</v>
+      </c>
+      <c r="F274" s="18" t="s">
+        <v>792</v>
+      </c>
+      <c r="G274" s="36" t="s">
+        <v>478</v>
+      </c>
+      <c r="H274" s="18">
+        <v>2</v>
+      </c>
+      <c r="I274" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J274" s="18" t="s">
+        <v>479</v>
+      </c>
+      <c r="K274" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L274" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M274" s="1"/>
+    </row>
+    <row r="275" spans="1:13" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A275" s="18">
+        <v>24212</v>
+      </c>
+      <c r="B275" s="18" t="s">
+        <v>766</v>
+      </c>
+      <c r="C275" s="18" t="s">
+        <v>475</v>
+      </c>
+      <c r="D275" s="18" t="s">
+        <v>476</v>
+      </c>
+      <c r="E275" s="21">
+        <v>45483</v>
+      </c>
+      <c r="F275" s="18" t="s">
+        <v>767</v>
+      </c>
+      <c r="G275" s="36" t="s">
+        <v>478</v>
+      </c>
+      <c r="H275" s="18">
+        <v>1</v>
+      </c>
+      <c r="I275" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J275" s="18" t="s">
+        <v>479</v>
+      </c>
+      <c r="K275" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L275" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M275" s="1"/>
+    </row>
+    <row r="276" spans="1:13" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A276" s="18">
+        <v>24213</v>
+      </c>
+      <c r="B276" s="18" t="s">
+        <v>474</v>
+      </c>
+      <c r="C276" s="18" t="s">
+        <v>475</v>
+      </c>
+      <c r="D276" s="18" t="s">
+        <v>476</v>
+      </c>
+      <c r="E276" s="21">
+        <v>45484</v>
+      </c>
+      <c r="F276" s="18" t="s">
+        <v>477</v>
+      </c>
+      <c r="G276" s="36" t="s">
+        <v>478</v>
+      </c>
+      <c r="H276" s="18">
+        <v>1</v>
+      </c>
+      <c r="I276" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J276" s="18" t="s">
+        <v>479</v>
+      </c>
+      <c r="K276" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L276" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M276" s="1"/>
+    </row>
+    <row r="277" spans="1:13" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A277" s="18">
+        <v>24214</v>
+      </c>
+      <c r="B277" s="18" t="s">
+        <v>716</v>
+      </c>
+      <c r="C277" s="18" t="s">
+        <v>475</v>
+      </c>
+      <c r="D277" s="18" t="s">
+        <v>476</v>
+      </c>
+      <c r="E277" s="21">
+        <v>45485</v>
+      </c>
+      <c r="F277" s="18" t="s">
+        <v>717</v>
+      </c>
+      <c r="G277" s="36" t="s">
+        <v>478</v>
+      </c>
+      <c r="H277" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I277" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J277" s="18" t="s">
+        <v>479</v>
+      </c>
+      <c r="K277" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L277" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M277" s="1"/>
+    </row>
+    <row r="278" spans="1:13" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A278" s="18">
+        <v>24215</v>
+      </c>
+      <c r="B278" s="18" t="s">
+        <v>764</v>
+      </c>
+      <c r="C278" s="18" t="s">
+        <v>475</v>
+      </c>
+      <c r="D278" s="18" t="s">
+        <v>476</v>
+      </c>
+      <c r="E278" s="21">
+        <v>45485</v>
+      </c>
+      <c r="F278" s="18" t="s">
+        <v>765</v>
+      </c>
+      <c r="G278" s="36" t="s">
+        <v>478</v>
+      </c>
+      <c r="H278" s="18">
+        <v>2</v>
+      </c>
+      <c r="I278" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J278" s="18" t="s">
+        <v>479</v>
+      </c>
+      <c r="K278" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L278" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M278" s="1"/>
+    </row>
+    <row r="279" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A279" s="18">
+        <v>24216</v>
+      </c>
+      <c r="B279" s="18" t="s">
+        <v>464</v>
+      </c>
+      <c r="C279" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D279" s="18" t="s">
+        <v>465</v>
+      </c>
+      <c r="E279" s="21">
+        <v>45554</v>
+      </c>
+      <c r="F279" s="18" t="s">
+        <v>466</v>
+      </c>
+      <c r="G279" s="36" t="s">
+        <v>467</v>
+      </c>
+      <c r="H279" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I279" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J279" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K279" s="24">
+        <v>40</v>
+      </c>
+      <c r="L279" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M279" s="1"/>
+    </row>
+    <row r="280" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A280" s="18">
+        <v>24220</v>
+      </c>
+      <c r="B280" s="18" t="s">
+        <v>368</v>
+      </c>
+      <c r="C280" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D280" s="18" t="s">
+        <v>369</v>
+      </c>
+      <c r="E280" s="21">
+        <v>45532</v>
+      </c>
+      <c r="F280" s="18" t="s">
+        <v>370</v>
+      </c>
+      <c r="G280" s="36" t="s">
+        <v>371</v>
+      </c>
+      <c r="H280" s="18">
+        <v>1</v>
+      </c>
+      <c r="I280" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J280" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K280" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L280" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M280" s="1"/>
+    </row>
+    <row r="281" spans="1:13" ht="129.5" x14ac:dyDescent="0.45">
+      <c r="A281" s="18">
+        <v>24221</v>
+      </c>
+      <c r="B281" s="18" t="s">
+        <v>159</v>
+      </c>
+      <c r="C281" s="18" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D281" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E281" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="F281" s="18" t="s">
+        <v>161</v>
+      </c>
+      <c r="G281" s="34" t="s">
+        <v>162</v>
+      </c>
+      <c r="H281" s="18">
+        <v>6</v>
+      </c>
+      <c r="I281" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J281" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K281" s="26">
+        <v>198</v>
+      </c>
+      <c r="L281" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="M281" s="1"/>
+    </row>
+    <row r="282" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A282" s="18">
+        <v>24222</v>
+      </c>
+      <c r="B282" s="18" t="s">
+        <v>517</v>
+      </c>
+      <c r="C282" s="18" t="s">
+        <v>518</v>
+      </c>
+      <c r="D282" s="18" t="s">
+        <v>519</v>
+      </c>
+      <c r="E282" s="21">
+        <v>45522</v>
+      </c>
+      <c r="F282" s="18" t="s">
+        <v>520</v>
+      </c>
+      <c r="G282" s="36" t="s">
+        <v>521</v>
+      </c>
+      <c r="H282" s="18">
+        <v>2</v>
+      </c>
+      <c r="I282" s="18">
+        <v>2</v>
+      </c>
+      <c r="J282" s="18" t="s">
+        <v>163</v>
+      </c>
+      <c r="K282" s="24">
+        <v>60</v>
+      </c>
+      <c r="L282" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M282" s="1"/>
+    </row>
+    <row r="283" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A283" s="18">
+        <v>24225</v>
+      </c>
+      <c r="B283" s="18" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C283" s="18" t="s">
+        <v>984</v>
+      </c>
+      <c r="D283" s="18" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E283" s="21" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F283" s="18" t="s">
+        <v>1195</v>
+      </c>
+      <c r="G283" s="36" t="s">
+        <v>565</v>
+      </c>
+      <c r="H283" s="18">
+        <v>9</v>
+      </c>
+      <c r="I283" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J283" s="18" t="s">
+        <v>1196</v>
+      </c>
+      <c r="K283" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L283" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M283" s="1"/>
+    </row>
+    <row r="284" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A284" s="18">
+        <v>24226</v>
+      </c>
+      <c r="B284" s="18" t="s">
+        <v>696</v>
+      </c>
+      <c r="C284" s="18" t="s">
+        <v>299</v>
+      </c>
+      <c r="D284" s="18" t="s">
+        <v>697</v>
+      </c>
+      <c r="E284" s="18" t="s">
+        <v>698</v>
+      </c>
+      <c r="F284" s="18" t="s">
+        <v>699</v>
+      </c>
+      <c r="G284" s="30" t="s">
+        <v>302</v>
+      </c>
+      <c r="H284" s="18">
+        <v>12</v>
+      </c>
+      <c r="I284" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J284" s="18" t="s">
+        <v>700</v>
+      </c>
+      <c r="K284" s="24">
+        <v>450</v>
+      </c>
+      <c r="L284" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M284" s="1"/>
+    </row>
+    <row r="285" spans="1:13" ht="129.5" x14ac:dyDescent="0.45">
+      <c r="A285" s="18">
+        <v>24226</v>
+      </c>
+      <c r="B285" s="18" t="s">
+        <v>170</v>
+      </c>
+      <c r="C285" s="18" t="s">
+        <v>171</v>
+      </c>
+      <c r="D285" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E285" s="18" t="s">
+        <v>172</v>
+      </c>
+      <c r="F285" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="G285" s="22" t="s">
+        <v>174</v>
+      </c>
+      <c r="H285" s="18">
+        <v>12</v>
+      </c>
+      <c r="I285" s="18">
+        <v>2</v>
+      </c>
+      <c r="J285" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="K285" s="23" t="s">
+        <v>175</v>
+      </c>
+      <c r="L285" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M285" s="1"/>
+    </row>
+    <row r="286" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A286" s="18">
+        <v>24230</v>
+      </c>
+      <c r="B286" s="18" t="s">
+        <v>482</v>
+      </c>
+      <c r="C286" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D286" s="18" t="s">
+        <v>483</v>
+      </c>
+      <c r="E286" s="21">
+        <v>45539</v>
+      </c>
+      <c r="F286" s="18" t="s">
+        <v>484</v>
+      </c>
+      <c r="G286" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="H286" s="18">
+        <v>1</v>
+      </c>
+      <c r="I286" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J286" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K286" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L286" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M286" s="1"/>
+    </row>
+    <row r="287" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A287" s="18">
+        <v>24230</v>
+      </c>
+      <c r="B287" s="18" t="s">
+        <v>768</v>
+      </c>
+      <c r="C287" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D287" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E287" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F287" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G287" s="45" t="s">
+        <v>771</v>
+      </c>
+      <c r="H287" s="18">
+        <v>7</v>
+      </c>
+      <c r="I287" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J287" s="18" t="s">
+        <v>772</v>
+      </c>
+      <c r="K287" s="24">
+        <v>120</v>
+      </c>
+      <c r="L287" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M287" s="1"/>
+    </row>
+    <row r="288" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A288" s="18">
+        <v>24231</v>
+      </c>
+      <c r="B288" s="18" t="s">
+        <v>731</v>
+      </c>
+      <c r="C288" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D288" s="18" t="s">
+        <v>732</v>
+      </c>
+      <c r="E288" s="21">
+        <v>45540</v>
+      </c>
+      <c r="F288" s="18" t="s">
+        <v>733</v>
+      </c>
+      <c r="G288" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="H288" s="18">
+        <v>1</v>
+      </c>
+      <c r="I288" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J288" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K288" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L288" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M288" s="1"/>
+    </row>
+    <row r="289" spans="1:13" ht="92.5" x14ac:dyDescent="0.45">
+      <c r="A289" s="18">
+        <v>24232</v>
+      </c>
+      <c r="B289" s="18" t="s">
+        <v>837</v>
+      </c>
+      <c r="C289" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D289" s="18" t="s">
+        <v>838</v>
+      </c>
+      <c r="E289" s="21">
+        <v>45546</v>
+      </c>
+      <c r="F289" s="18" t="s">
+        <v>839</v>
+      </c>
+      <c r="G289" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="H289" s="18">
+        <v>1</v>
+      </c>
+      <c r="I289" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J289" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K289" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L289" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M289" s="1"/>
+    </row>
+    <row r="290" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A290" s="18">
+        <v>24233</v>
+      </c>
+      <c r="B290" s="18" t="s">
+        <v>242</v>
+      </c>
+      <c r="C290" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D290" s="46" t="s">
+        <v>244</v>
+      </c>
+      <c r="E290" s="21">
+        <v>45546</v>
+      </c>
+      <c r="F290" s="18" t="s">
+        <v>245</v>
+      </c>
+      <c r="G290" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="H290" s="18">
+        <v>1</v>
+      </c>
+      <c r="I290" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J290" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K290" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L290" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M290" s="1"/>
+    </row>
+    <row r="291" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A291" s="18">
+        <v>24234</v>
+      </c>
+      <c r="B291" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="C291" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D291" s="18" t="s">
+        <v>317</v>
+      </c>
+      <c r="E291" s="21">
+        <v>45553</v>
+      </c>
+      <c r="F291" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="G291" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="H291" s="18">
+        <v>1</v>
+      </c>
+      <c r="I291" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J291" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K291" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L291" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M291" s="1"/>
+    </row>
+    <row r="292" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A292" s="18">
+        <v>24235</v>
+      </c>
+      <c r="B292" s="18" t="s">
+        <v>650</v>
+      </c>
+      <c r="C292" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D292" s="18" t="s">
+        <v>651</v>
+      </c>
+      <c r="E292" s="21">
+        <v>45560</v>
+      </c>
+      <c r="F292" s="18" t="s">
+        <v>652</v>
+      </c>
+      <c r="G292" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="H292" s="18">
+        <v>1</v>
+      </c>
+      <c r="I292" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J292" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K292" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L292" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M292" s="1"/>
+    </row>
+    <row r="293" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A293" s="18">
+        <v>24236</v>
+      </c>
+      <c r="B293" s="18" t="s">
+        <v>703</v>
+      </c>
+      <c r="C293" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D293" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E293" s="18" t="s">
+        <v>704</v>
+      </c>
+      <c r="F293" s="18" t="s">
+        <v>705</v>
+      </c>
+      <c r="G293" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="H293" s="18">
+        <v>2</v>
+      </c>
+      <c r="I293" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J293" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K293" s="24">
+        <v>69</v>
+      </c>
+      <c r="L293" s="23" t="s">
+        <v>706</v>
+      </c>
+      <c r="M293" s="1"/>
+    </row>
+    <row r="294" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A294" s="18">
+        <v>24237</v>
+      </c>
+      <c r="B294" s="18" t="s">
+        <v>707</v>
+      </c>
+      <c r="C294" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D294" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E294" s="18" t="s">
+        <v>708</v>
+      </c>
+      <c r="F294" s="18" t="s">
+        <v>705</v>
+      </c>
+      <c r="G294" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="H294" s="18">
+        <v>2</v>
+      </c>
+      <c r="I294" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J294" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K294" s="24">
+        <v>69</v>
+      </c>
+      <c r="L294" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M294" s="1"/>
+    </row>
+    <row r="295" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A295" s="18">
+        <v>24238</v>
+      </c>
+      <c r="B295" s="18" t="s">
+        <v>801</v>
+      </c>
+      <c r="C295" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D295" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="E295" s="18" t="s">
+        <v>802</v>
+      </c>
+      <c r="F295" s="18" t="s">
+        <v>803</v>
+      </c>
+      <c r="G295" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="H295" s="18">
+        <v>1</v>
+      </c>
+      <c r="I295" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J295" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K295" s="24">
+        <v>49</v>
+      </c>
+      <c r="L295" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M295" s="1"/>
+    </row>
+    <row r="296" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A296" s="18">
+        <v>24239</v>
+      </c>
+      <c r="B296" s="18" t="s">
+        <v>453</v>
+      </c>
+      <c r="C296" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D296" s="18" t="s">
+        <v>454</v>
+      </c>
+      <c r="E296" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F296" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G296" s="36" t="s">
+        <v>455</v>
+      </c>
+      <c r="H296" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I296" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J296" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K296" s="24">
+        <v>55</v>
+      </c>
+      <c r="L296" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M296" s="1"/>
+    </row>
+    <row r="297" spans="1:13" ht="92.5" x14ac:dyDescent="0.45">
+      <c r="A297" s="18">
+        <v>24240</v>
+      </c>
+      <c r="B297" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C297" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D297" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="E297" s="21">
+        <v>45592</v>
+      </c>
+      <c r="F297" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="G297" s="22" t="s">
+        <v>121</v>
+      </c>
+      <c r="H297" s="18">
+        <v>3</v>
+      </c>
+      <c r="I297" s="18">
+        <v>3</v>
+      </c>
+      <c r="J297" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K297" s="23" t="s">
+        <v>123</v>
+      </c>
+      <c r="L297" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M297" s="1"/>
+    </row>
+    <row r="298" spans="1:13" ht="92.5" x14ac:dyDescent="0.45">
+      <c r="A298" s="18">
+        <v>24241</v>
+      </c>
+      <c r="B298" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C298" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D298" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="E298" s="21">
+        <v>45571</v>
+      </c>
+      <c r="F298" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="G298" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="H298" s="18">
+        <v>3</v>
+      </c>
+      <c r="I298" s="18">
+        <v>3</v>
+      </c>
+      <c r="J298" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K298" s="23" t="s">
+        <v>123</v>
+      </c>
+      <c r="L298" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M298" s="1"/>
+    </row>
+    <row r="299" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A299" s="18">
+        <v>24242</v>
+      </c>
+      <c r="B299" s="18" t="s">
+        <v>557</v>
+      </c>
+      <c r="C299" s="18" t="s">
+        <v>558</v>
+      </c>
+      <c r="D299" s="18" t="s">
+        <v>559</v>
+      </c>
+      <c r="E299" s="21" t="s">
+        <v>560</v>
+      </c>
+      <c r="F299" s="18" t="s">
+        <v>561</v>
+      </c>
+      <c r="G299" s="47" t="s">
+        <v>562</v>
+      </c>
+      <c r="H299" s="18">
+        <v>2</v>
+      </c>
+      <c r="I299" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J299" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K299" s="24">
+        <v>40</v>
+      </c>
+      <c r="L299" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M299" s="1"/>
+    </row>
+    <row r="300" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A300" s="18">
+        <v>24243</v>
+      </c>
+      <c r="B300" s="18" t="s">
+        <v>563</v>
+      </c>
+      <c r="C300" s="18" t="s">
+        <v>558</v>
+      </c>
+      <c r="D300" s="18" t="s">
+        <v>559</v>
+      </c>
+      <c r="E300" s="21" t="s">
+        <v>560</v>
+      </c>
+      <c r="F300" s="18" t="s">
+        <v>561</v>
+      </c>
+      <c r="G300" s="22" t="s">
+        <v>562</v>
+      </c>
+      <c r="H300" s="18">
+        <v>2</v>
+      </c>
+      <c r="I300" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J300" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K300" s="24">
+        <v>40</v>
+      </c>
+      <c r="L300" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M300" s="1"/>
+    </row>
+    <row r="301" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A301" s="18">
+        <v>24244</v>
+      </c>
+      <c r="B301" s="18" t="s">
+        <v>564</v>
+      </c>
+      <c r="C301" s="18" t="s">
+        <v>558</v>
+      </c>
+      <c r="D301" s="18" t="s">
+        <v>559</v>
+      </c>
+      <c r="E301" s="21" t="s">
+        <v>560</v>
+      </c>
+      <c r="F301" s="18" t="s">
+        <v>561</v>
+      </c>
+      <c r="G301" s="22" t="s">
+        <v>562</v>
+      </c>
+      <c r="H301" s="18">
+        <v>2</v>
+      </c>
+      <c r="I301" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J301" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K301" s="24">
+        <v>40</v>
+      </c>
+      <c r="L301" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M301" s="1"/>
+    </row>
+    <row r="302" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A302" s="18">
+        <v>24245</v>
+      </c>
+      <c r="B302" s="18" t="s">
+        <v>685</v>
+      </c>
+      <c r="C302" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="D302" s="18" t="s">
+        <v>645</v>
+      </c>
+      <c r="E302" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F302" s="18" t="s">
+        <v>686</v>
+      </c>
+      <c r="G302" s="36" t="s">
+        <v>156</v>
+      </c>
+      <c r="H302" s="18">
+        <v>3</v>
+      </c>
+      <c r="I302" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J302" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K302" s="24">
+        <v>90</v>
+      </c>
+      <c r="L302" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M302" s="1"/>
+    </row>
+    <row r="303" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A303" s="18">
+        <v>24246</v>
+      </c>
+      <c r="B303" s="18" t="s">
+        <v>644</v>
+      </c>
+      <c r="C303" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="D303" s="18" t="s">
+        <v>645</v>
+      </c>
+      <c r="E303" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="F303" s="18" t="s">
+        <v>646</v>
+      </c>
+      <c r="G303" s="36" t="s">
+        <v>156</v>
+      </c>
+      <c r="H303" s="18">
+        <v>6</v>
+      </c>
+      <c r="I303" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J303" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K303" s="24">
+        <v>150</v>
+      </c>
+      <c r="L303" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M303" s="1"/>
+    </row>
+    <row r="304" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A304" s="18">
+        <v>24248</v>
+      </c>
+      <c r="B304" s="18" t="s">
+        <v>228</v>
+      </c>
+      <c r="C304" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="D304" s="18" t="s">
+        <v>155</v>
+      </c>
+      <c r="E304" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F304" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G304" s="36" t="s">
+        <v>156</v>
+      </c>
+      <c r="H304" s="18">
+        <v>6</v>
+      </c>
+      <c r="I304" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J304" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K304" s="24">
+        <v>110</v>
+      </c>
+      <c r="L304" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M304" s="1"/>
+    </row>
+    <row r="305" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A305" s="18">
+        <v>24249</v>
+      </c>
+      <c r="B305" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="C305" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="D305" s="18" t="s">
+        <v>155</v>
+      </c>
+      <c r="E305" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F305" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G305" s="36" t="s">
+        <v>156</v>
+      </c>
+      <c r="H305" s="18">
+        <v>6</v>
+      </c>
+      <c r="I305" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J305" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K305" s="24">
+        <v>110</v>
+      </c>
+      <c r="L305" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M305" s="1"/>
+    </row>
+    <row r="306" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A306" s="18">
+        <v>24250</v>
+      </c>
+      <c r="B306" s="18" t="s">
+        <v>153</v>
+      </c>
+      <c r="C306" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="D306" s="18" t="s">
+        <v>155</v>
+      </c>
+      <c r="E306" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="F306" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G306" s="36" t="s">
+        <v>156</v>
+      </c>
+      <c r="H306" s="18">
+        <v>3</v>
+      </c>
+      <c r="I306" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J306" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K306" s="24">
+        <v>60</v>
+      </c>
+      <c r="L306" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M306" s="1"/>
+    </row>
+    <row r="307" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A307" s="18">
+        <v>24253</v>
+      </c>
+      <c r="B307" s="18" t="s">
+        <v>757</v>
+      </c>
+      <c r="C307" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D307" s="18" t="s">
+        <v>381</v>
+      </c>
+      <c r="E307" s="21">
+        <v>45642</v>
+      </c>
+      <c r="F307" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G307" s="36" t="s">
+        <v>43</v>
+      </c>
+      <c r="H307" s="18">
+        <v>3</v>
+      </c>
+      <c r="I307" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J307" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K307" s="24">
+        <v>75</v>
+      </c>
+      <c r="L307" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M307" s="1"/>
+    </row>
+    <row r="308" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A308" s="18">
+        <v>24254</v>
+      </c>
+      <c r="B308" s="18" t="s">
+        <v>526</v>
+      </c>
+      <c r="C308" s="18" t="s">
+        <v>527</v>
+      </c>
+      <c r="D308" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E308" s="21">
+        <v>45563</v>
+      </c>
+      <c r="F308" s="18" t="s">
+        <v>528</v>
+      </c>
+      <c r="G308" s="48" t="s">
+        <v>529</v>
+      </c>
+      <c r="H308" s="18">
+        <v>4</v>
+      </c>
+      <c r="I308" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J308" s="18" t="s">
+        <v>530</v>
+      </c>
+      <c r="K308" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L308" s="23" t="s">
+        <v>531</v>
+      </c>
+      <c r="M308" s="1"/>
+    </row>
+    <row r="309" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A309" s="18">
+        <v>24255</v>
+      </c>
+      <c r="B309" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C309" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D309" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E309" s="21">
+        <v>45620</v>
+      </c>
+      <c r="F309" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G309" s="48" t="s">
+        <v>19</v>
+      </c>
+      <c r="H309" s="18">
+        <v>3</v>
+      </c>
+      <c r="I309" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J309" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K309" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L309" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M309" s="1"/>
+    </row>
+    <row r="310" spans="1:13" ht="111" x14ac:dyDescent="0.45">
+      <c r="A310" s="18">
+        <v>24260</v>
+      </c>
+      <c r="B310" s="18" t="s">
+        <v>626</v>
+      </c>
+      <c r="C310" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="D310" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E310" s="21">
+        <v>45549</v>
+      </c>
+      <c r="F310" s="18" t="s">
+        <v>628</v>
+      </c>
+      <c r="G310" s="22" t="s">
+        <v>629</v>
+      </c>
+      <c r="H310" s="18">
+        <v>5</v>
+      </c>
+      <c r="I310" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J310" s="18" t="s">
+        <v>189</v>
+      </c>
+      <c r="K310" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L310" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M310" s="1"/>
+    </row>
+    <row r="311" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A311" s="18">
+        <v>24261</v>
+      </c>
+      <c r="B311" s="18" t="s">
+        <v>603</v>
+      </c>
+      <c r="C311" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D311" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E311" s="18" t="s">
+        <v>604</v>
+      </c>
+      <c r="F311" s="18" t="s">
+        <v>605</v>
+      </c>
+      <c r="G311" s="25" t="s">
+        <v>606</v>
+      </c>
+      <c r="H311" s="18">
+        <v>9</v>
+      </c>
+      <c r="I311" s="18">
+        <v>1</v>
+      </c>
+      <c r="J311" s="18" t="s">
+        <v>189</v>
+      </c>
+      <c r="K311" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L311" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M311" s="1"/>
+    </row>
+    <row r="312" spans="1:13" ht="111" x14ac:dyDescent="0.45">
+      <c r="A312" s="18">
+        <v>24262</v>
+      </c>
+      <c r="B312" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="C312" s="18" t="s">
+        <v>186</v>
+      </c>
+      <c r="D312" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E312" s="21">
+        <v>45626</v>
+      </c>
+      <c r="F312" s="18" t="s">
+        <v>187</v>
+      </c>
+      <c r="G312" s="49" t="s">
+        <v>188</v>
+      </c>
+      <c r="H312" s="18">
+        <v>12</v>
+      </c>
+      <c r="I312" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J312" s="18" t="s">
+        <v>189</v>
+      </c>
+      <c r="K312" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L312" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M312" s="1"/>
+    </row>
+    <row r="313" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A313" s="18">
+        <v>24263</v>
+      </c>
+      <c r="B313" s="18" t="s">
+        <v>589</v>
+      </c>
+      <c r="C313" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D313" s="18" t="s">
+        <v>590</v>
+      </c>
+      <c r="E313" s="21">
+        <v>45581</v>
+      </c>
+      <c r="F313" s="18" t="s">
+        <v>591</v>
+      </c>
+      <c r="G313" s="50" t="s">
+        <v>36</v>
+      </c>
+      <c r="H313" s="18">
+        <v>1</v>
+      </c>
+      <c r="I313" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J313" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K313" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L313" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M313" s="1"/>
+    </row>
+    <row r="314" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A314" s="18">
+        <v>24264</v>
+      </c>
+      <c r="B314" s="18" t="s">
+        <v>785</v>
+      </c>
+      <c r="C314" s="18" t="s">
+        <v>286</v>
+      </c>
+      <c r="D314" s="18" t="s">
+        <v>786</v>
+      </c>
+      <c r="E314" s="21">
+        <v>45595</v>
+      </c>
+      <c r="F314" s="18" t="s">
+        <v>787</v>
+      </c>
+      <c r="G314" s="22" t="s">
+        <v>788</v>
+      </c>
+      <c r="H314" s="18">
+        <v>3</v>
+      </c>
+      <c r="I314" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J314" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K314" s="24">
+        <v>60</v>
+      </c>
+      <c r="L314" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M314" s="1"/>
+    </row>
+    <row r="315" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A315" s="18">
+        <v>24265</v>
+      </c>
+      <c r="B315" s="18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C315" s="18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D315" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E315" s="18" t="s">
+        <v>143</v>
+      </c>
+      <c r="F315" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="G315" s="49" t="s">
+        <v>145</v>
+      </c>
+      <c r="H315" s="18">
+        <v>12</v>
+      </c>
+      <c r="I315" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J315" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="K315" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L315" s="23" t="s">
+        <v>146</v>
+      </c>
+      <c r="M315" s="1"/>
+    </row>
+    <row r="316" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A316" s="18">
+        <v>24267</v>
+      </c>
+      <c r="B316" s="18" t="s">
+        <v>667</v>
+      </c>
+      <c r="C316" s="18" t="s">
+        <v>299</v>
+      </c>
+      <c r="D316" s="18" t="s">
+        <v>668</v>
+      </c>
+      <c r="E316" s="21">
+        <v>45591</v>
+      </c>
+      <c r="F316" s="18" t="s">
+        <v>669</v>
+      </c>
+      <c r="G316" s="22" t="s">
+        <v>670</v>
+      </c>
+      <c r="H316" s="18">
+        <v>3</v>
+      </c>
+      <c r="I316" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J316" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="K316" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L316" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M316" s="1"/>
+    </row>
+    <row r="317" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A317" s="18">
+        <v>24268</v>
+      </c>
+      <c r="B317" s="18" t="s">
+        <v>853</v>
+      </c>
+      <c r="C317" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D317" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E317" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F317" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G317" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="H317" s="18">
+        <v>1</v>
+      </c>
+      <c r="I317" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J317" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K317" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L317" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M317" s="1"/>
+    </row>
+    <row r="318" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A318" s="18">
+        <v>24269</v>
+      </c>
+      <c r="B318" s="18" t="s">
+        <v>800</v>
+      </c>
+      <c r="C318" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D318" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E318" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F318" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G318" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="H318" s="18">
+        <v>1</v>
+      </c>
+      <c r="I318" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J318" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K318" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L318" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M318" s="1"/>
+    </row>
+    <row r="319" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A319" s="18">
+        <v>24270</v>
+      </c>
+      <c r="B319" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="C319" s="18" t="s">
+        <v>243</v>
+      </c>
+      <c r="D319" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E319" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F319" s="18" t="s">
+        <v>790</v>
+      </c>
+      <c r="G319" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="H319" s="18">
+        <v>1</v>
+      </c>
+      <c r="I319" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J319" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K319" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L319" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M319" s="1"/>
+    </row>
+    <row r="320" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A320" s="18">
+        <v>24271</v>
+      </c>
+      <c r="B320" s="18" t="s">
+        <v>440</v>
+      </c>
+      <c r="C320" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D320" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E320" s="18" t="s">
+        <v>441</v>
+      </c>
+      <c r="F320" s="18" t="s">
+        <v>442</v>
+      </c>
+      <c r="G320" s="51" t="s">
+        <v>443</v>
+      </c>
+      <c r="H320" s="18">
+        <v>3</v>
+      </c>
+      <c r="I320" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J320" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K320" s="24">
+        <v>99</v>
+      </c>
+      <c r="L320" s="23" t="s">
+        <v>444</v>
+      </c>
+      <c r="M320" s="1"/>
+    </row>
+    <row r="321" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A321" s="18">
+        <v>24272</v>
+      </c>
+      <c r="B321" s="18" t="s">
+        <v>796</v>
+      </c>
+      <c r="C321" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D321" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E321" s="18" t="s">
+        <v>797</v>
+      </c>
+      <c r="F321" s="18" t="s">
+        <v>798</v>
+      </c>
+      <c r="G321" s="51" t="s">
+        <v>443</v>
+      </c>
+      <c r="H321" s="18">
+        <v>2</v>
+      </c>
+      <c r="I321" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J321" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K321" s="24">
+        <v>99</v>
+      </c>
+      <c r="L321" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M321" s="1"/>
+    </row>
+    <row r="322" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A322" s="18">
+        <v>24273</v>
+      </c>
+      <c r="B322" s="18" t="s">
+        <v>202</v>
+      </c>
+      <c r="C322" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D322" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="E322" s="21">
+        <v>45617</v>
+      </c>
+      <c r="F322" s="18" t="s">
+        <v>204</v>
+      </c>
+      <c r="G322" s="52" t="s">
+        <v>112</v>
+      </c>
+      <c r="H322" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I322" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J322" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K322" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L322" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M322" s="1"/>
+    </row>
+    <row r="323" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A323" s="25">
+        <v>24273</v>
+      </c>
+      <c r="B323" s="18" t="s">
+        <v>457</v>
+      </c>
+      <c r="C323" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D323" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E323" s="21">
+        <v>45633</v>
+      </c>
+      <c r="F323" s="18" t="s">
+        <v>458</v>
+      </c>
+      <c r="G323" s="30" t="s">
+        <v>459</v>
+      </c>
+      <c r="H323" s="18">
+        <v>3</v>
+      </c>
+      <c r="I323" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J323" s="18" t="s">
+        <v>460</v>
+      </c>
+      <c r="K323" s="23" t="s">
+        <v>195</v>
+      </c>
+      <c r="L323" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M323" s="1"/>
+    </row>
+    <row r="324" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A324" s="18">
+        <v>24274</v>
+      </c>
+      <c r="B324" s="18" t="s">
+        <v>298</v>
+      </c>
+      <c r="C324" s="18" t="s">
+        <v>299</v>
+      </c>
+      <c r="D324" s="18" t="s">
+        <v>300</v>
+      </c>
+      <c r="E324" s="21">
+        <v>45639</v>
+      </c>
+      <c r="F324" s="18" t="s">
+        <v>301</v>
+      </c>
+      <c r="G324" s="30" t="s">
+        <v>302</v>
+      </c>
+      <c r="H324" s="18">
+        <v>2</v>
+      </c>
+      <c r="I324" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J324" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K324" s="23" t="s">
+        <v>195</v>
+      </c>
+      <c r="L324" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M324" s="1"/>
+    </row>
+    <row r="325" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A325" s="18">
+        <v>24274</v>
+      </c>
+      <c r="B325" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="C325" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D325" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E325" s="21">
+        <v>45633</v>
+      </c>
+      <c r="F325" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="G325" s="52" t="s">
+        <v>112</v>
+      </c>
+      <c r="H325" s="18">
+        <v>6</v>
+      </c>
+      <c r="I325" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J325" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="K325" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L325" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M325" s="1"/>
+    </row>
+    <row r="326" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A326" s="18">
+        <v>24275</v>
+      </c>
+      <c r="B326" s="18" t="s">
+        <v>748</v>
+      </c>
+      <c r="C326" s="18" t="s">
+        <v>299</v>
+      </c>
+      <c r="D326" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="E326" s="21">
+        <v>45618</v>
+      </c>
+      <c r="F326" s="18" t="s">
+        <v>749</v>
+      </c>
+      <c r="G326" s="30" t="s">
+        <v>302</v>
+      </c>
+      <c r="H326" s="18">
+        <v>3</v>
+      </c>
+      <c r="I326" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J326" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K326" s="23" t="s">
+        <v>195</v>
+      </c>
+      <c r="L326" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M326" s="1"/>
+    </row>
+    <row r="327" spans="1:13" s="7" customFormat="1" ht="37" x14ac:dyDescent="0.45">
+      <c r="A327" s="18">
+        <v>24275</v>
+      </c>
+      <c r="B327" s="18" t="s">
+        <v>742</v>
+      </c>
+      <c r="C327" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D327" s="18" t="s">
+        <v>454</v>
+      </c>
+      <c r="E327" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F327" s="18" t="s">
+        <v>743</v>
+      </c>
+      <c r="G327" s="30" t="s">
+        <v>744</v>
+      </c>
+      <c r="H327" s="18">
+        <v>5</v>
+      </c>
+      <c r="I327" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J327" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K327" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L327" s="23" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A328" s="18">
+        <v>24276</v>
+      </c>
+      <c r="B328" s="18" t="s">
+        <v>485</v>
+      </c>
+      <c r="C328" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D328" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E328" s="21">
+        <v>45640</v>
+      </c>
+      <c r="F328" s="18" t="s">
+        <v>486</v>
+      </c>
+      <c r="G328" s="30" t="s">
+        <v>487</v>
+      </c>
+      <c r="H328" s="18">
+        <v>3</v>
+      </c>
+      <c r="I328" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J328" s="18" t="s">
+        <v>460</v>
+      </c>
+      <c r="K328" s="24">
+        <v>100</v>
+      </c>
+      <c r="L328" s="23" t="s">
+        <v>488</v>
+      </c>
+      <c r="M328" s="1"/>
+    </row>
+    <row r="329" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A329" s="18">
+        <v>24277</v>
+      </c>
+      <c r="B329" s="18" t="s">
+        <v>811</v>
+      </c>
+      <c r="C329" s="18" t="s">
+        <v>813</v>
+      </c>
+      <c r="D329" s="18" t="s">
+        <v>814</v>
+      </c>
+      <c r="E329" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F329" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G329" s="30" t="s">
+        <v>492</v>
+      </c>
+      <c r="H329" s="18">
+        <v>5</v>
+      </c>
+      <c r="I329" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J329" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K329" s="23" t="s">
+        <v>195</v>
+      </c>
+      <c r="L329" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M329" s="1"/>
+    </row>
+    <row r="330" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A330" s="18">
+        <v>24278</v>
+      </c>
+      <c r="B330" s="18" t="s">
+        <v>190</v>
+      </c>
+      <c r="C330" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D330" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E330" s="21">
+        <v>45409</v>
+      </c>
+      <c r="F330" s="18" t="s">
+        <v>191</v>
+      </c>
+      <c r="G330" s="53" t="s">
+        <v>192</v>
+      </c>
+      <c r="H330" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I330" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="J330" s="18" t="s">
+        <v>194</v>
+      </c>
+      <c r="K330" s="23" t="s">
+        <v>195</v>
+      </c>
+      <c r="L330" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M330" s="1"/>
+    </row>
+    <row r="331" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A331" s="18">
+        <v>24279</v>
+      </c>
+      <c r="B331" s="18" t="s">
+        <v>386</v>
+      </c>
+      <c r="C331" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D331" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E331" s="21">
+        <v>45570</v>
+      </c>
+      <c r="F331" s="18" t="s">
+        <v>387</v>
+      </c>
+      <c r="G331" s="30" t="s">
+        <v>112</v>
+      </c>
+      <c r="H331" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I331" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J331" s="18" t="s">
+        <v>388</v>
+      </c>
+      <c r="K331" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L331" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M331" s="1"/>
+    </row>
+    <row r="332" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A332" s="18">
+        <v>24280</v>
+      </c>
+      <c r="B332" s="18" t="s">
+        <v>389</v>
+      </c>
+      <c r="C332" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D332" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E332" s="21">
+        <v>45591</v>
+      </c>
+      <c r="F332" s="18" t="s">
+        <v>390</v>
+      </c>
+      <c r="G332" s="30" t="s">
+        <v>112</v>
+      </c>
+      <c r="H332" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I332" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J332" s="18" t="s">
+        <v>388</v>
+      </c>
+      <c r="K332" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L332" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M332" s="1"/>
+    </row>
+    <row r="333" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A333" s="18">
+        <v>24281</v>
+      </c>
+      <c r="B333" s="18" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C333" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D333" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="E333" s="21">
+        <v>45507</v>
+      </c>
+      <c r="F333" s="18" t="s">
+        <v>1023</v>
+      </c>
+      <c r="G333" s="30" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H333" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I333" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J333" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K333" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L333" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M333" s="1"/>
+    </row>
+    <row r="334" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A334" s="18">
+        <v>24283</v>
+      </c>
+      <c r="B334" s="18" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C334" s="18" t="s">
+        <v>963</v>
+      </c>
+      <c r="D334" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="E334" s="21">
+        <v>45450</v>
+      </c>
+      <c r="F334" s="18" t="s">
+        <v>772</v>
+      </c>
+      <c r="G334" s="30" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H334" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I334" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J334" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K334" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L334" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M334" s="1"/>
+    </row>
+    <row r="335" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A335" s="18">
+        <v>24282</v>
+      </c>
+      <c r="B335" s="18" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C335" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D335" s="18" t="s">
+        <v>294</v>
+      </c>
+      <c r="E335" s="21">
+        <v>45528</v>
+      </c>
+      <c r="F335" s="18" t="s">
+        <v>1023</v>
+      </c>
+      <c r="G335" s="30" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H335" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I335" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J335" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K335" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="L335" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M335" s="1"/>
+    </row>
+    <row r="336" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A336" s="18">
+        <v>24284</v>
+      </c>
+      <c r="B336" s="18" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C336" s="18" t="s">
+        <v>988</v>
+      </c>
+      <c r="D336" s="18" t="s">
+        <v>988</v>
+      </c>
+      <c r="E336" s="21">
+        <v>45551</v>
+      </c>
+      <c r="F336" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="G336" s="22" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H336" s="18">
+        <v>3</v>
+      </c>
+      <c r="I336" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J336" s="18" t="s">
+        <v>1242</v>
+      </c>
+      <c r="K336" s="23" t="s">
+        <v>1057</v>
+      </c>
+      <c r="L336" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M336" s="1"/>
+    </row>
+    <row r="337" spans="1:14" ht="74" x14ac:dyDescent="0.45">
+      <c r="A337" s="18">
+        <v>24285</v>
+      </c>
+      <c r="B337" s="18" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C337" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D337" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E337" s="18">
+        <v>2024</v>
+      </c>
+      <c r="F337" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="G337" s="22" t="s">
+        <v>944</v>
+      </c>
+      <c r="H337" s="18">
+        <v>3</v>
+      </c>
+      <c r="I337" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J337" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K337" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L337" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M337" s="1"/>
+    </row>
+    <row r="338" spans="1:14" ht="74" x14ac:dyDescent="0.45">
+      <c r="A338" s="18">
+        <v>24286</v>
+      </c>
+      <c r="B338" s="18" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C338" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="D338" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E338" s="18">
+        <v>2024</v>
+      </c>
+      <c r="F338" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="G338" s="22" t="s">
+        <v>944</v>
+      </c>
+      <c r="H338" s="18">
+        <v>3</v>
+      </c>
+      <c r="I338" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J338" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K338" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L338" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M338" s="1"/>
+    </row>
+    <row r="339" spans="1:14" ht="37" x14ac:dyDescent="0.45">
+      <c r="A339" s="18">
+        <v>24287</v>
+      </c>
+      <c r="B339" s="18" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C339" s="18" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D339" s="18" t="s">
+        <v>1317</v>
+      </c>
+      <c r="E339" s="21">
+        <v>45534</v>
+      </c>
+      <c r="F339" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="G339" s="22" t="s">
+        <v>944</v>
+      </c>
+      <c r="H339" s="18">
+        <v>8</v>
+      </c>
+      <c r="I339" s="18">
+        <v>4</v>
+      </c>
+      <c r="J339" s="18" t="s">
+        <v>980</v>
+      </c>
+      <c r="K339" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L339" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M339" s="1"/>
+    </row>
+    <row r="340" spans="1:14" ht="37" x14ac:dyDescent="0.45">
+      <c r="A340" s="18">
+        <v>24288</v>
+      </c>
+      <c r="B340" s="18" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C340" s="18" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D340" s="18" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E340" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F340" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G340" s="30" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H340" s="18">
+        <v>1</v>
+      </c>
+      <c r="I340" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J340" s="18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="K340" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L340" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M340" s="1"/>
+    </row>
+    <row r="341" spans="1:14" ht="37" x14ac:dyDescent="0.45">
+      <c r="A341" s="18">
+        <v>24289</v>
+      </c>
+      <c r="B341" s="18" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C341" s="18" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D341" s="18" t="s">
+        <v>1321</v>
+      </c>
+      <c r="E341" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F341" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G341" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H341" s="18">
+        <v>1</v>
+      </c>
+      <c r="I341" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J341" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K341" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L341" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M341" s="1"/>
+    </row>
+    <row r="342" spans="1:14" ht="37.5" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A342" s="18">
+        <v>24290</v>
+      </c>
+      <c r="B342" s="18" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C342" s="18" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D342" s="18" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E342" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F342" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G342" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H342" s="18">
+        <v>1</v>
+      </c>
+      <c r="I342" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J342" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K342" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L342" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M342" s="1"/>
+    </row>
+    <row r="343" spans="1:14" ht="37.5" thickTop="1" x14ac:dyDescent="0.45">
+      <c r="A343" s="54">
+        <v>25005</v>
+      </c>
+      <c r="B343" s="54" t="s">
+        <v>726</v>
+      </c>
+      <c r="C343" s="54" t="s">
+        <v>299</v>
+      </c>
+      <c r="D343" s="54" t="s">
+        <v>727</v>
+      </c>
+      <c r="E343" s="55">
+        <v>45665</v>
+      </c>
+      <c r="F343" s="54" t="s">
+        <v>728</v>
+      </c>
+      <c r="G343" s="56" t="s">
+        <v>678</v>
+      </c>
+      <c r="H343" s="54">
+        <v>1</v>
+      </c>
+      <c r="I343" s="54" t="s">
+        <v>12</v>
+      </c>
+      <c r="J343" s="54" t="s">
+        <v>127</v>
+      </c>
+      <c r="K343" s="57" t="s">
+        <v>195</v>
+      </c>
+      <c r="L343" s="57" t="s">
+        <v>22</v>
+      </c>
+      <c r="M343" s="1"/>
+    </row>
+    <row r="344" spans="1:14" ht="37" x14ac:dyDescent="0.45">
+      <c r="A344" s="18">
+        <v>25006</v>
+      </c>
+      <c r="B344" s="18" t="s">
+        <v>675</v>
+      </c>
+      <c r="C344" s="18" t="s">
+        <v>299</v>
+      </c>
+      <c r="D344" s="18" t="s">
+        <v>676</v>
+      </c>
+      <c r="E344" s="21">
+        <v>45710</v>
+      </c>
+      <c r="F344" s="18" t="s">
+        <v>677</v>
+      </c>
+      <c r="G344" s="30" t="s">
+        <v>678</v>
+      </c>
+      <c r="H344" s="18">
+        <v>2</v>
+      </c>
+      <c r="I344" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J344" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K344" s="24">
+        <v>120</v>
+      </c>
+      <c r="L344" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M344" s="1"/>
+    </row>
+    <row r="345" spans="1:14" ht="37" x14ac:dyDescent="0.45">
+      <c r="A345" s="18">
+        <v>25007</v>
+      </c>
+      <c r="B345" s="18" t="s">
+        <v>807</v>
+      </c>
+      <c r="C345" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D345" s="18" t="s">
+        <v>808</v>
+      </c>
+      <c r="E345" s="21">
+        <v>45518</v>
+      </c>
+      <c r="F345" s="18" t="s">
+        <v>809</v>
+      </c>
+      <c r="G345" s="30" t="s">
+        <v>810</v>
+      </c>
+      <c r="H345" s="18">
+        <v>1</v>
+      </c>
+      <c r="I345" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J345" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K345" s="23" t="s">
+        <v>195</v>
+      </c>
+      <c r="L345" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M345" s="1"/>
+    </row>
+    <row r="346" spans="1:14" ht="37" x14ac:dyDescent="0.45">
+      <c r="A346" s="18">
+        <v>25010</v>
+      </c>
+      <c r="B346" s="18" t="s">
+        <v>263</v>
+      </c>
+      <c r="C346" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D346" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E346" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F346" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G346" s="30" t="s">
+        <v>264</v>
+      </c>
+      <c r="H346" s="18">
+        <v>5</v>
+      </c>
+      <c r="I346" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J346" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K346" s="24">
+        <v>115</v>
+      </c>
+      <c r="L346" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M346" s="1"/>
+    </row>
+    <row r="347" spans="1:14" ht="37" x14ac:dyDescent="0.45">
+      <c r="A347" s="18">
+        <v>25011</v>
+      </c>
+      <c r="B347" s="18" t="s">
+        <v>846</v>
+      </c>
+      <c r="C347" s="37" t="s">
+        <v>253</v>
+      </c>
+      <c r="D347" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E347" s="37" t="s">
+        <v>848</v>
+      </c>
+      <c r="F347" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G347" s="30" t="s">
+        <v>256</v>
+      </c>
+      <c r="H347" s="18">
+        <v>5</v>
+      </c>
+      <c r="I347" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J347" s="18" t="s">
+        <v>849</v>
+      </c>
+      <c r="K347" s="23" t="s">
+        <v>195</v>
+      </c>
+      <c r="L347" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M347" s="1"/>
+    </row>
+    <row r="348" spans="1:14" ht="37" x14ac:dyDescent="0.45">
+      <c r="A348" s="18">
+        <v>25012</v>
+      </c>
+      <c r="B348" s="18" t="s">
+        <v>720</v>
+      </c>
+      <c r="C348" s="18" t="s">
+        <v>721</v>
+      </c>
+      <c r="D348" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E348" s="18" t="s">
+        <v>722</v>
+      </c>
+      <c r="F348" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G348" s="25" t="s">
+        <v>723</v>
+      </c>
+      <c r="H348" s="18">
+        <v>12</v>
+      </c>
+      <c r="I348" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J348" s="18" t="s">
+        <v>724</v>
+      </c>
+      <c r="K348" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L348" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M348" s="1"/>
+    </row>
+    <row r="349" spans="1:14" ht="37" x14ac:dyDescent="0.45">
+      <c r="A349" s="18">
+        <v>25015</v>
+      </c>
+      <c r="B349" s="18" t="s">
+        <v>263</v>
+      </c>
+      <c r="C349" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D349" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E349" s="21" t="s">
+        <v>265</v>
+      </c>
+      <c r="F349" s="18" t="s">
+        <v>266</v>
+      </c>
+      <c r="G349" s="30" t="s">
+        <v>264</v>
+      </c>
+      <c r="H349" s="18">
+        <v>5</v>
+      </c>
+      <c r="I349" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J349" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K349" s="24">
+        <v>135</v>
+      </c>
+      <c r="L349" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M349" s="1"/>
+    </row>
+    <row r="350" spans="1:14" ht="74" x14ac:dyDescent="0.45">
+      <c r="A350" s="18">
+        <v>25016</v>
+      </c>
+      <c r="B350" s="18" t="s">
+        <v>709</v>
+      </c>
+      <c r="C350" s="18" t="s">
+        <v>710</v>
+      </c>
+      <c r="D350" s="18" t="s">
+        <v>711</v>
+      </c>
+      <c r="E350" s="21">
+        <v>45717</v>
+      </c>
+      <c r="F350" s="18" t="s">
+        <v>712</v>
+      </c>
+      <c r="G350" s="30" t="s">
+        <v>713</v>
+      </c>
+      <c r="H350" s="18">
+        <v>3</v>
+      </c>
+      <c r="I350" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J350" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K350" s="24">
+        <v>100</v>
+      </c>
+      <c r="L350" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M350" s="1"/>
+    </row>
+    <row r="351" spans="1:14" ht="37" x14ac:dyDescent="0.45">
+      <c r="A351" s="18">
+        <v>25017</v>
+      </c>
+      <c r="B351" s="18" t="s">
+        <v>638</v>
+      </c>
+      <c r="C351" s="18" t="s">
+        <v>639</v>
+      </c>
+      <c r="D351" s="18" t="s">
+        <v>640</v>
+      </c>
+      <c r="E351" s="21">
+        <v>45715</v>
+      </c>
+      <c r="F351" s="18" t="s">
+        <v>641</v>
+      </c>
+      <c r="G351" s="25" t="s">
+        <v>642</v>
+      </c>
+      <c r="H351" s="18">
+        <v>2</v>
+      </c>
+      <c r="I351" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J351" s="18" t="s">
+        <v>352</v>
+      </c>
+      <c r="K351" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L351" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M351" s="1"/>
+    </row>
+    <row r="352" spans="1:14" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A352" s="18">
+        <v>25018</v>
+      </c>
+      <c r="B352" s="18" t="s">
+        <v>426</v>
+      </c>
+      <c r="C352" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D352" s="18" t="s">
+        <v>427</v>
+      </c>
+      <c r="E352" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F352" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G352" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H352" s="18">
+        <v>3.5</v>
+      </c>
+      <c r="I352" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J352" s="18" t="s">
+        <v>428</v>
+      </c>
+      <c r="K352" s="24">
+        <v>75</v>
+      </c>
+      <c r="L352" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M352" s="1"/>
+      <c r="N352" s="10"/>
+    </row>
+    <row r="353" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A353" s="18">
+        <v>25019</v>
+      </c>
+      <c r="B353" s="18" t="s">
+        <v>308</v>
+      </c>
+      <c r="C353" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D353" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E353" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F353" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G353" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H353" s="18">
+        <v>3.5</v>
+      </c>
+      <c r="I353" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J353" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K353" s="24">
+        <v>75</v>
+      </c>
+      <c r="L353" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M353" s="1"/>
+    </row>
+    <row r="354" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A354" s="18">
+        <v>25020</v>
+      </c>
+      <c r="B354" s="18" t="s">
+        <v>804</v>
+      </c>
+      <c r="C354" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D354" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E354" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F354" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G354" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H354" s="18">
+        <v>4</v>
+      </c>
+      <c r="I354" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J354" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="K354" s="24">
+        <v>75</v>
+      </c>
+      <c r="L354" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M354" s="1"/>
+    </row>
+    <row r="355" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A355" s="18">
+        <v>25021</v>
+      </c>
+      <c r="B355" s="18" t="s">
+        <v>834</v>
+      </c>
+      <c r="C355" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D355" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E355" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F355" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G355" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H355" s="18">
+        <v>3.5</v>
+      </c>
+      <c r="I355" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J355" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="K355" s="24">
+        <v>75</v>
+      </c>
+      <c r="L355" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M355" s="1"/>
+    </row>
+    <row r="356" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A356" s="18">
+        <v>25022</v>
+      </c>
+      <c r="B356" s="18" t="s">
+        <v>425</v>
+      </c>
+      <c r="C356" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D356" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E356" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F356" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G356" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H356" s="18">
+        <v>3.5</v>
+      </c>
+      <c r="I356" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J356" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="K356" s="24">
+        <v>75</v>
+      </c>
+      <c r="L356" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M356" s="1"/>
+    </row>
+    <row r="357" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A357" s="18">
+        <v>25023</v>
+      </c>
+      <c r="B357" s="18" t="s">
+        <v>273</v>
+      </c>
+      <c r="C357" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D357" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E357" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F357" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G357" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H357" s="18">
+        <v>3</v>
+      </c>
+      <c r="I357" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J357" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K357" s="24">
+        <v>75</v>
+      </c>
+      <c r="L357" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M357" s="1"/>
+    </row>
+    <row r="358" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A358" s="18">
+        <v>25024</v>
+      </c>
+      <c r="B358" s="18" t="s">
+        <v>251</v>
+      </c>
+      <c r="C358" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D358" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E358" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F358" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G358" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H358" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I358" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J358" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K358" s="24">
+        <v>75</v>
+      </c>
+      <c r="L358" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M358" s="1"/>
+    </row>
+    <row r="359" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A359" s="18">
+        <v>25025</v>
+      </c>
+      <c r="B359" s="18" t="s">
+        <v>693</v>
+      </c>
+      <c r="C359" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D359" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E359" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F359" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G359" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H359" s="18">
+        <v>3</v>
+      </c>
+      <c r="I359" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J359" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K359" s="24">
+        <v>75</v>
+      </c>
+      <c r="L359" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M359" s="1"/>
+    </row>
+    <row r="360" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A360" s="18">
+        <v>25026</v>
+      </c>
+      <c r="B360" s="18" t="s">
+        <v>325</v>
+      </c>
+      <c r="C360" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D360" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E360" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F360" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G360" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H360" s="18">
+        <v>3</v>
+      </c>
+      <c r="I360" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J360" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K360" s="24">
+        <v>75</v>
+      </c>
+      <c r="L360" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M360" s="1"/>
+    </row>
+    <row r="361" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A361" s="18">
+        <v>25027</v>
+      </c>
+      <c r="B361" s="18" t="s">
+        <v>795</v>
+      </c>
+      <c r="C361" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D361" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E361" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F361" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G361" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H361" s="18">
+        <v>4</v>
+      </c>
+      <c r="I361" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J361" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K361" s="24">
+        <v>75</v>
+      </c>
+      <c r="L361" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M361" s="1"/>
+    </row>
+    <row r="362" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A362" s="18">
+        <v>25028</v>
+      </c>
+      <c r="B362" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C362" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D362" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E362" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F362" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G362" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H362" s="18">
+        <v>3</v>
+      </c>
+      <c r="I362" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J362" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K362" s="24">
+        <v>75</v>
+      </c>
+      <c r="L362" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M362" s="1"/>
+    </row>
+    <row r="363" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A363" s="18">
+        <v>25029</v>
+      </c>
+      <c r="B363" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="C363" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D363" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E363" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F363" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G363" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H363" s="18">
+        <v>3</v>
+      </c>
+      <c r="I363" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J363" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K363" s="24">
+        <v>75</v>
+      </c>
+      <c r="L363" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M363" s="1"/>
+    </row>
+    <row r="364" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A364" s="18">
+        <v>25030</v>
+      </c>
+      <c r="B364" s="18" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C364" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D364" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E364" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F364" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G364" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H364" s="18">
+        <v>3</v>
+      </c>
+      <c r="I364" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J364" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K364" s="24">
+        <v>75</v>
+      </c>
+      <c r="L364" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M364" s="1"/>
+    </row>
+    <row r="365" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A365" s="18">
+        <v>25031</v>
+      </c>
+      <c r="B365" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="C365" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D365" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E365" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F365" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G365" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H365" s="18">
+        <v>4</v>
+      </c>
+      <c r="I365" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J365" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="K365" s="24">
+        <v>75</v>
+      </c>
+      <c r="L365" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M365" s="1"/>
+    </row>
+    <row r="366" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A366" s="18">
+        <v>25032</v>
+      </c>
+      <c r="B366" s="18" t="s">
+        <v>741</v>
+      </c>
+      <c r="C366" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D366" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E366" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F366" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G366" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="H366" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I366" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J366" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="K366" s="24">
+        <v>75</v>
+      </c>
+      <c r="L366" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M366" s="1"/>
+    </row>
+    <row r="367" spans="1:13" ht="43.5" x14ac:dyDescent="0.45">
+      <c r="A367" s="18">
+        <v>25033</v>
+      </c>
+      <c r="B367" s="18" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C367" s="18" t="s">
+        <v>984</v>
+      </c>
+      <c r="D367" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E367" s="18" t="s">
+        <v>566</v>
+      </c>
+      <c r="F367" s="18" t="s">
+        <v>567</v>
+      </c>
+      <c r="G367" s="30" t="s">
+        <v>568</v>
+      </c>
+      <c r="H367" s="18">
+        <v>6</v>
+      </c>
+      <c r="I367" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J367" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K367" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L367" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M367" s="1"/>
+    </row>
+    <row r="368" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A368" s="18">
+        <v>25034</v>
+      </c>
+      <c r="B368" s="18" t="s">
+        <v>347</v>
+      </c>
+      <c r="C368" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D368" s="18" t="s">
+        <v>348</v>
+      </c>
+      <c r="E368" s="18" t="s">
+        <v>349</v>
+      </c>
+      <c r="F368" s="18" t="s">
+        <v>350</v>
+      </c>
+      <c r="G368" s="30" t="s">
+        <v>351</v>
+      </c>
+      <c r="H368" s="18">
+        <v>3</v>
+      </c>
+      <c r="I368" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J368" s="18" t="s">
+        <v>352</v>
+      </c>
+      <c r="K368" s="23">
+        <v>119</v>
+      </c>
+      <c r="L368" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M368" s="1"/>
+    </row>
+    <row r="369" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A369" s="18">
+        <v>25035</v>
+      </c>
+      <c r="B369" s="18" t="s">
+        <v>819</v>
+      </c>
+      <c r="C369" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D369" s="18" t="s">
+        <v>348</v>
+      </c>
+      <c r="E369" s="18" t="s">
+        <v>820</v>
+      </c>
+      <c r="F369" s="18" t="s">
+        <v>350</v>
+      </c>
+      <c r="G369" s="30" t="s">
+        <v>73</v>
+      </c>
+      <c r="H369" s="18">
+        <v>3</v>
+      </c>
+      <c r="I369" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J369" s="18" t="s">
+        <v>352</v>
+      </c>
+      <c r="K369" s="24">
+        <v>119</v>
+      </c>
+      <c r="L369" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M369" s="1"/>
+    </row>
+    <row r="370" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A370" s="18">
+        <v>25036</v>
+      </c>
+      <c r="B370" s="18" t="s">
+        <v>821</v>
+      </c>
+      <c r="C370" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D370" s="18" t="s">
+        <v>348</v>
+      </c>
+      <c r="E370" s="18" t="s">
+        <v>822</v>
+      </c>
+      <c r="F370" s="18" t="s">
+        <v>350</v>
+      </c>
+      <c r="G370" s="30" t="s">
+        <v>73</v>
+      </c>
+      <c r="H370" s="18">
+        <v>3</v>
+      </c>
+      <c r="I370" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J370" s="18" t="s">
+        <v>352</v>
+      </c>
+      <c r="K370" s="24">
+        <v>119</v>
+      </c>
+      <c r="L370" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M370" s="1"/>
+    </row>
+    <row r="371" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A371" s="18">
+        <v>25037</v>
+      </c>
+      <c r="B371" s="18" t="s">
+        <v>417</v>
+      </c>
+      <c r="C371" s="18" t="s">
+        <v>418</v>
+      </c>
+      <c r="D371" s="18" t="s">
+        <v>419</v>
+      </c>
+      <c r="E371" s="21">
+        <v>45741</v>
+      </c>
+      <c r="F371" s="18" t="s">
+        <v>420</v>
+      </c>
+      <c r="G371" s="39" t="s">
+        <v>421</v>
+      </c>
+      <c r="H371" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I371" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J371" s="18" t="s">
+        <v>422</v>
+      </c>
+      <c r="K371" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L371" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M371" s="1"/>
+    </row>
+    <row r="372" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A372" s="18">
+        <v>25038</v>
+      </c>
+      <c r="B372" s="18" t="s">
+        <v>866</v>
+      </c>
+      <c r="C372" s="18" t="s">
+        <v>905</v>
+      </c>
+      <c r="D372" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E372" s="21" t="s">
+        <v>867</v>
+      </c>
+      <c r="F372" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G372" s="30" t="s">
+        <v>868</v>
+      </c>
+      <c r="H372" s="18">
+        <v>10</v>
+      </c>
+      <c r="I372" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J372" s="18" t="s">
+        <v>601</v>
+      </c>
+      <c r="K372" s="23" t="s">
+        <v>869</v>
+      </c>
+      <c r="L372" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M372" s="1"/>
+    </row>
+    <row r="373" spans="1:13" ht="29" x14ac:dyDescent="0.45">
+      <c r="A373" s="18">
+        <v>25039</v>
+      </c>
+      <c r="B373" s="18" t="s">
+        <v>870</v>
+      </c>
+      <c r="C373" s="18" t="s">
+        <v>871</v>
+      </c>
+      <c r="D373" s="18" t="s">
+        <v>270</v>
+      </c>
+      <c r="E373" s="21">
+        <v>45920</v>
+      </c>
+      <c r="F373" s="18" t="s">
+        <v>872</v>
+      </c>
+      <c r="G373" s="30" t="s">
+        <v>873</v>
+      </c>
+      <c r="H373" s="18">
+        <v>3</v>
+      </c>
+      <c r="I373" s="18">
+        <v>3</v>
+      </c>
+      <c r="J373" s="18" t="s">
+        <v>917</v>
+      </c>
+      <c r="K373" s="24">
+        <v>80</v>
+      </c>
+      <c r="L373" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M373" s="1"/>
+    </row>
+    <row r="374" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A374" s="18">
+        <v>25040</v>
+      </c>
+      <c r="B374" s="58" t="s">
+        <v>407</v>
+      </c>
+      <c r="C374" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D374" s="18" t="s">
+        <v>409</v>
+      </c>
+      <c r="E374" s="21">
+        <v>45742</v>
+      </c>
+      <c r="F374" s="38" t="s">
+        <v>410</v>
+      </c>
+      <c r="G374" s="39" t="s">
+        <v>408</v>
+      </c>
+      <c r="H374" s="18">
+        <v>1</v>
+      </c>
+      <c r="I374" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J374" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K374" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L374" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M374" s="1"/>
+    </row>
+    <row r="375" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A375" s="18">
+        <v>25041</v>
+      </c>
+      <c r="B375" s="18" t="s">
+        <v>502</v>
+      </c>
+      <c r="C375" s="18" t="s">
+        <v>503</v>
+      </c>
+      <c r="D375" s="18" t="s">
+        <v>504</v>
+      </c>
+      <c r="E375" s="18" t="s">
+        <v>505</v>
+      </c>
+      <c r="F375" s="18" t="s">
+        <v>506</v>
+      </c>
+      <c r="G375" s="30" t="s">
+        <v>507</v>
+      </c>
+      <c r="H375" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I375" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J375" s="18" t="s">
+        <v>508</v>
+      </c>
+      <c r="K375" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L375" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M375" s="1"/>
+    </row>
+    <row r="376" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A376" s="18">
+        <v>25042</v>
+      </c>
+      <c r="B376" s="18" t="s">
+        <v>489</v>
+      </c>
+      <c r="C376" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D376" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E376" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="F376" s="18" t="s">
+        <v>491</v>
+      </c>
+      <c r="G376" s="30" t="s">
+        <v>492</v>
+      </c>
+      <c r="H376" s="18">
+        <v>10.5</v>
+      </c>
+      <c r="I376" s="18">
+        <v>1</v>
+      </c>
+      <c r="J376" s="18" t="s">
+        <v>493</v>
+      </c>
+      <c r="K376" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L376" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M376" s="1"/>
+    </row>
+    <row r="377" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A377" s="18">
+        <v>25043</v>
+      </c>
+      <c r="B377" s="18" t="s">
+        <v>587</v>
+      </c>
+      <c r="C377" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="D377" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E377" s="21">
+        <v>45814</v>
+      </c>
+      <c r="F377" s="18" t="s">
+        <v>584</v>
+      </c>
+      <c r="G377" s="30" t="s">
+        <v>588</v>
+      </c>
+      <c r="H377" s="18">
+        <v>6</v>
+      </c>
+      <c r="I377" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J377" s="18" t="s">
+        <v>579</v>
+      </c>
+      <c r="K377" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L377" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M377" s="1"/>
+    </row>
+    <row r="378" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A378" s="18">
+        <v>25044</v>
+      </c>
+      <c r="B378" s="18" t="s">
+        <v>582</v>
+      </c>
+      <c r="C378" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="D378" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E378" s="18" t="s">
+        <v>583</v>
+      </c>
+      <c r="F378" s="18" t="s">
+        <v>584</v>
+      </c>
+      <c r="G378" s="30" t="s">
+        <v>585</v>
+      </c>
+      <c r="H378" s="18">
+        <v>8.5</v>
+      </c>
+      <c r="I378" s="18">
+        <v>5</v>
+      </c>
+      <c r="J378" s="18" t="s">
+        <v>586</v>
+      </c>
+      <c r="K378" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L378" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M378" s="1"/>
+    </row>
+    <row r="379" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A379" s="18">
+        <v>25045</v>
+      </c>
+      <c r="B379" s="18" t="s">
+        <v>435</v>
+      </c>
+      <c r="C379" s="18" t="s">
+        <v>436</v>
+      </c>
+      <c r="D379" s="18" t="s">
+        <v>437</v>
+      </c>
+      <c r="E379" s="21">
+        <v>45752</v>
+      </c>
+      <c r="F379" s="18" t="s">
+        <v>438</v>
+      </c>
+      <c r="G379" s="39" t="s">
+        <v>439</v>
+      </c>
+      <c r="H379" s="18">
+        <v>3</v>
+      </c>
+      <c r="I379" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J379" s="18" t="s">
+        <v>352</v>
+      </c>
+      <c r="K379" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L379" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M379" s="1"/>
+    </row>
+    <row r="380" spans="1:13" ht="51" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A380" s="18">
+        <v>25046</v>
+      </c>
+      <c r="B380" s="18" t="s">
+        <v>619</v>
+      </c>
+      <c r="C380" s="18" t="s">
+        <v>620</v>
+      </c>
+      <c r="D380" s="18" t="s">
+        <v>621</v>
+      </c>
+      <c r="E380" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="F380" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G380" s="39" t="s">
+        <v>622</v>
+      </c>
+      <c r="H380" s="18">
+        <v>2</v>
+      </c>
+      <c r="I380" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J380" s="18" t="s">
+        <v>428</v>
+      </c>
+      <c r="K380" s="24">
+        <v>44</v>
+      </c>
+      <c r="L380" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M380" s="1"/>
+    </row>
+    <row r="381" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A381" s="18">
+        <v>25047</v>
+      </c>
+      <c r="B381" s="18" t="s">
+        <v>856</v>
+      </c>
+      <c r="C381" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D381" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E381" s="18" t="s">
+        <v>857</v>
+      </c>
+      <c r="F381" s="18" t="s">
+        <v>219</v>
+      </c>
+      <c r="G381" s="30" t="s">
+        <v>856</v>
+      </c>
+      <c r="H381" s="18">
+        <v>8</v>
+      </c>
+      <c r="I381" s="18">
+        <v>1</v>
+      </c>
+      <c r="J381" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="K381" s="18" t="s">
+        <v>859</v>
+      </c>
+      <c r="L381" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M381" s="1"/>
+    </row>
+    <row r="382" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A382" s="18">
+        <v>25048</v>
+      </c>
+      <c r="B382" s="18" t="s">
+        <v>874</v>
+      </c>
+      <c r="C382" s="18" t="s">
+        <v>875</v>
+      </c>
+      <c r="D382" s="18" t="s">
+        <v>876</v>
+      </c>
+      <c r="E382" s="21">
+        <v>45827</v>
+      </c>
+      <c r="F382" s="18" t="s">
+        <v>877</v>
+      </c>
+      <c r="G382" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="H382" s="18">
+        <v>1</v>
+      </c>
+      <c r="I382" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J382" s="18" t="s">
+        <v>879</v>
+      </c>
+      <c r="K382" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L382" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M382" s="1"/>
+    </row>
+    <row r="383" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A383" s="18">
+        <v>25049</v>
+      </c>
+      <c r="B383" s="18" t="s">
+        <v>880</v>
+      </c>
+      <c r="C383" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D383" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E383" s="21">
+        <v>45826</v>
+      </c>
+      <c r="F383" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="G383" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="H383" s="18">
+        <v>1</v>
+      </c>
+      <c r="I383" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J383" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K383" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L383" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M383" s="1"/>
+    </row>
+    <row r="384" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A384" s="18">
+        <v>25050</v>
+      </c>
+      <c r="B384" s="59" t="s">
+        <v>957</v>
+      </c>
+      <c r="C384" s="59" t="s">
+        <v>789</v>
+      </c>
+      <c r="D384" s="59" t="s">
+        <v>27</v>
+      </c>
+      <c r="E384" s="60">
+        <v>45854</v>
+      </c>
+      <c r="F384" s="59" t="s">
+        <v>881</v>
+      </c>
+      <c r="G384" s="61" t="s">
+        <v>878</v>
+      </c>
+      <c r="H384" s="59">
+        <v>1</v>
+      </c>
+      <c r="I384" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="J384" s="59" t="s">
+        <v>122</v>
+      </c>
+      <c r="K384" s="62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L384" s="62" t="s">
+        <v>22</v>
+      </c>
+      <c r="M384" s="1"/>
+    </row>
+    <row r="385" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A385" s="18">
+        <v>25051</v>
+      </c>
+      <c r="B385" s="63" t="s">
+        <v>958</v>
+      </c>
+      <c r="C385" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D385" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E385" s="21">
+        <v>45889</v>
+      </c>
+      <c r="F385" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="G385" s="64" t="s">
+        <v>878</v>
+      </c>
+      <c r="H385" s="18">
+        <v>1</v>
+      </c>
+      <c r="I385" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J385" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K385" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L385" s="65" t="s">
+        <v>22</v>
+      </c>
+      <c r="M385" s="1"/>
+    </row>
+    <row r="386" spans="1:13" ht="38" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A386" s="18">
+        <v>25052</v>
+      </c>
+      <c r="B386" s="18" t="s">
+        <v>991</v>
+      </c>
+      <c r="C386" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D386" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E386" s="21">
+        <v>45917</v>
+      </c>
+      <c r="F386" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="G386" s="64" t="s">
+        <v>882</v>
+      </c>
+      <c r="H386" s="18">
+        <v>1</v>
+      </c>
+      <c r="I386" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J386" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K386" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L386" s="65" t="s">
+        <v>22</v>
+      </c>
+      <c r="M386" s="1"/>
+    </row>
+    <row r="387" spans="1:13" ht="47" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A387" s="18">
+        <v>25053</v>
+      </c>
+      <c r="B387" s="18" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C387" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D387" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E387" s="21">
+        <v>45945</v>
+      </c>
+      <c r="F387" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="G387" s="64" t="s">
+        <v>882</v>
+      </c>
+      <c r="H387" s="18">
+        <v>1</v>
+      </c>
+      <c r="I387" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J387" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K387" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L387" s="65" t="s">
+        <v>22</v>
+      </c>
+      <c r="M387" s="1"/>
+    </row>
+    <row r="388" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A388" s="18">
+        <v>25054</v>
+      </c>
+      <c r="B388" s="18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C388" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D388" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E388" s="21">
+        <v>45980</v>
+      </c>
+      <c r="F388" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="G388" s="64" t="s">
+        <v>882</v>
+      </c>
+      <c r="H388" s="18">
+        <v>1</v>
+      </c>
+      <c r="I388" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J388" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K388" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L388" s="65" t="s">
+        <v>22</v>
+      </c>
+      <c r="M388" s="1"/>
+    </row>
+    <row r="389" spans="1:13" ht="59" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A389" s="18">
+        <v>25055</v>
+      </c>
+      <c r="B389" s="18" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C389" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D389" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E389" s="21">
+        <v>46008</v>
+      </c>
+      <c r="F389" s="18" t="s">
+        <v>881</v>
+      </c>
+      <c r="G389" s="66" t="s">
+        <v>882</v>
+      </c>
+      <c r="H389" s="18">
+        <v>1</v>
+      </c>
+      <c r="I389" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J389" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K389" s="67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L389" s="67" t="s">
+        <v>22</v>
+      </c>
+      <c r="M389" s="1"/>
+    </row>
+    <row r="390" spans="1:13" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A390" s="18">
+        <v>25056</v>
+      </c>
+      <c r="B390" s="18" t="s">
+        <v>883</v>
+      </c>
+      <c r="C390" s="18" t="s">
+        <v>336</v>
+      </c>
+      <c r="D390" s="18" t="s">
+        <v>337</v>
+      </c>
+      <c r="E390" s="21">
+        <v>45822</v>
+      </c>
+      <c r="F390" s="18" t="s">
+        <v>884</v>
+      </c>
+      <c r="G390" s="68" t="s">
+        <v>885</v>
+      </c>
+      <c r="H390" s="18">
+        <v>4</v>
+      </c>
+      <c r="I390" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J390" s="18" t="s">
+        <v>900</v>
+      </c>
+      <c r="K390" s="26">
+        <v>99</v>
+      </c>
+      <c r="L390" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M390" s="1"/>
+    </row>
+    <row r="391" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A391" s="18">
+        <v>25057</v>
+      </c>
+      <c r="B391" s="18" t="s">
+        <v>886</v>
+      </c>
+      <c r="C391" s="18" t="s">
+        <v>543</v>
+      </c>
+      <c r="D391" s="18" t="s">
+        <v>887</v>
+      </c>
+      <c r="E391" s="21">
+        <v>45823</v>
+      </c>
+      <c r="F391" s="18" t="s">
+        <v>888</v>
+      </c>
+      <c r="G391" s="30" t="s">
+        <v>889</v>
+      </c>
+      <c r="H391" s="18">
+        <v>3</v>
+      </c>
+      <c r="I391" s="18">
+        <v>1</v>
+      </c>
+      <c r="J391" s="18" t="s">
+        <v>900</v>
+      </c>
+      <c r="K391" s="24">
+        <v>80</v>
+      </c>
+      <c r="L391" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M391" s="11"/>
+    </row>
+    <row r="392" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A392" s="18">
+        <v>25058</v>
+      </c>
+      <c r="B392" s="18" t="s">
+        <v>890</v>
+      </c>
+      <c r="C392" s="18" t="s">
+        <v>891</v>
+      </c>
+      <c r="D392" s="18" t="s">
+        <v>892</v>
+      </c>
+      <c r="E392" s="18" t="s">
+        <v>893</v>
+      </c>
+      <c r="F392" s="18" t="s">
+        <v>894</v>
+      </c>
+      <c r="G392" s="68" t="s">
+        <v>895</v>
+      </c>
+      <c r="H392" s="18">
+        <v>12</v>
+      </c>
+      <c r="I392" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J392" s="18" t="s">
+        <v>916</v>
+      </c>
+      <c r="K392" s="26">
+        <v>250</v>
+      </c>
+      <c r="L392" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="M392" s="11"/>
+    </row>
+    <row r="393" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A393" s="18">
+        <v>25059</v>
+      </c>
+      <c r="B393" s="18" t="s">
+        <v>898</v>
+      </c>
+      <c r="C393" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D393" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="E393" s="21">
+        <v>45834</v>
+      </c>
+      <c r="F393" s="18" t="s">
+        <v>864</v>
+      </c>
+      <c r="G393" s="30" t="s">
+        <v>896</v>
+      </c>
+      <c r="H393" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I393" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J393" s="18" t="s">
+        <v>900</v>
+      </c>
+      <c r="K393" s="24">
+        <v>45</v>
+      </c>
+      <c r="L393" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M393" s="1"/>
+    </row>
+    <row r="394" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A394" s="18">
+        <v>25060</v>
+      </c>
+      <c r="B394" s="69" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C394" s="18" t="s">
+        <v>984</v>
+      </c>
+      <c r="D394" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E394" s="21" t="s">
+        <v>860</v>
+      </c>
+      <c r="F394" s="18" t="s">
+        <v>861</v>
+      </c>
+      <c r="G394" s="70" t="s">
+        <v>862</v>
+      </c>
+      <c r="H394" s="18">
+        <v>9</v>
+      </c>
+      <c r="I394" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J394" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K394" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="L394" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M394" s="1"/>
+    </row>
+    <row r="395" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A395" s="18">
+        <v>25061</v>
+      </c>
+      <c r="B395" s="18" t="s">
+        <v>863</v>
+      </c>
+      <c r="C395" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D395" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="E395" s="21">
+        <v>45805</v>
+      </c>
+      <c r="F395" s="18" t="s">
+        <v>864</v>
+      </c>
+      <c r="G395" s="30" t="s">
+        <v>110</v>
+      </c>
+      <c r="H395" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I395" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="J395" s="18" t="s">
+        <v>865</v>
+      </c>
+      <c r="K395" s="24">
+        <v>45</v>
+      </c>
+      <c r="L395" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M395" s="1"/>
+    </row>
+    <row r="396" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A396" s="18">
+        <v>25062</v>
+      </c>
+      <c r="B396" s="71" t="s">
+        <v>863</v>
+      </c>
+      <c r="C396" s="71" t="s">
+        <v>110</v>
+      </c>
+      <c r="D396" s="71" t="s">
+        <v>203</v>
+      </c>
+      <c r="E396" s="71" t="s">
+        <v>74</v>
+      </c>
+      <c r="F396" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G396" s="33" t="s">
+        <v>110</v>
+      </c>
+      <c r="H396" s="71">
+        <v>1.5</v>
+      </c>
+      <c r="I396" s="71">
+        <v>1.5</v>
+      </c>
+      <c r="J396" s="71" t="s">
+        <v>37</v>
+      </c>
+      <c r="K396" s="72">
+        <v>45</v>
+      </c>
+      <c r="L396" s="71" t="s">
+        <v>22</v>
+      </c>
+      <c r="M396" s="1"/>
+    </row>
+    <row r="397" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A397" s="18">
+        <v>25063</v>
+      </c>
+      <c r="B397" s="18" t="s">
+        <v>899</v>
+      </c>
+      <c r="C397" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D397" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="E397" s="21">
+        <v>45862</v>
+      </c>
+      <c r="F397" s="18" t="s">
+        <v>864</v>
+      </c>
+      <c r="G397" s="30" t="s">
+        <v>896</v>
+      </c>
+      <c r="H397" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I397" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J397" s="18" t="s">
+        <v>900</v>
+      </c>
+      <c r="K397" s="24">
+        <v>45</v>
+      </c>
+      <c r="L397" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M397" s="1"/>
+    </row>
+    <row r="398" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A398" s="18">
+        <v>25064</v>
+      </c>
+      <c r="B398" s="18" t="s">
+        <v>915</v>
+      </c>
+      <c r="C398" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="D398" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="E398" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F398" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G398" s="30" t="s">
+        <v>909</v>
+      </c>
+      <c r="H398" s="18">
+        <v>1</v>
+      </c>
+      <c r="I398" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J398" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K398" s="24">
+        <v>15</v>
+      </c>
+      <c r="L398" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M398" s="1"/>
+    </row>
+    <row r="399" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A399" s="63">
+        <v>25065</v>
+      </c>
+      <c r="B399" s="63" t="s">
+        <v>920</v>
+      </c>
+      <c r="C399" s="63" t="s">
+        <v>921</v>
+      </c>
+      <c r="D399" s="63" t="s">
+        <v>9</v>
+      </c>
+      <c r="E399" s="18" t="s">
+        <v>923</v>
+      </c>
+      <c r="F399" s="63" t="s">
+        <v>926</v>
+      </c>
+      <c r="G399" s="73" t="s">
+        <v>930</v>
+      </c>
+      <c r="H399" s="63">
+        <v>6</v>
+      </c>
+      <c r="I399" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J399" s="63" t="s">
+        <v>122</v>
+      </c>
+      <c r="K399" s="74">
+        <v>135</v>
+      </c>
+      <c r="L399" s="63" t="s">
+        <v>22</v>
+      </c>
+      <c r="M399" s="1"/>
+    </row>
+    <row r="400" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A400" s="69">
+        <v>25066</v>
+      </c>
+      <c r="B400" s="69" t="s">
+        <v>681</v>
+      </c>
+      <c r="C400" s="69" t="s">
+        <v>921</v>
+      </c>
+      <c r="D400" s="69" t="s">
+        <v>9</v>
+      </c>
+      <c r="E400" s="18" t="s">
+        <v>924</v>
+      </c>
+      <c r="F400" s="69" t="s">
+        <v>927</v>
+      </c>
+      <c r="G400" s="75" t="s">
+        <v>930</v>
+      </c>
+      <c r="H400" s="69">
+        <v>7</v>
+      </c>
+      <c r="I400" s="69" t="s">
+        <v>12</v>
+      </c>
+      <c r="J400" s="69" t="s">
+        <v>122</v>
+      </c>
+      <c r="K400" s="76">
+        <v>145</v>
+      </c>
+      <c r="L400" s="69" t="s">
+        <v>22</v>
+      </c>
+      <c r="M400" s="1"/>
+    </row>
+    <row r="401" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A401" s="63">
+        <v>25067</v>
+      </c>
+      <c r="B401" s="63" t="s">
+        <v>342</v>
+      </c>
+      <c r="C401" s="63" t="s">
+        <v>921</v>
+      </c>
+      <c r="D401" s="63" t="s">
+        <v>9</v>
+      </c>
+      <c r="E401" s="18" t="s">
+        <v>925</v>
+      </c>
+      <c r="F401" s="63" t="s">
+        <v>928</v>
+      </c>
+      <c r="G401" s="73" t="s">
+        <v>930</v>
+      </c>
+      <c r="H401" s="63">
+        <v>8</v>
+      </c>
+      <c r="I401" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J401" s="63" t="s">
+        <v>122</v>
+      </c>
+      <c r="K401" s="74">
+        <v>155</v>
+      </c>
+      <c r="L401" s="63" t="s">
+        <v>22</v>
+      </c>
+      <c r="M401" s="1"/>
+    </row>
+    <row r="402" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A402" s="69">
+        <v>25068</v>
+      </c>
+      <c r="B402" s="69" t="s">
+        <v>922</v>
+      </c>
+      <c r="C402" s="69" t="s">
+        <v>921</v>
+      </c>
+      <c r="D402" s="69" t="s">
+        <v>9</v>
+      </c>
+      <c r="E402" s="77">
+        <v>45997</v>
+      </c>
+      <c r="F402" s="18" t="s">
+        <v>929</v>
+      </c>
+      <c r="G402" s="75" t="s">
+        <v>930</v>
+      </c>
+      <c r="H402" s="69">
+        <v>4</v>
+      </c>
+      <c r="I402" s="69" t="s">
+        <v>12</v>
+      </c>
+      <c r="J402" s="69" t="s">
+        <v>122</v>
+      </c>
+      <c r="K402" s="76">
+        <v>105</v>
+      </c>
+      <c r="L402" s="69" t="s">
+        <v>22</v>
+      </c>
+      <c r="M402" s="1"/>
+    </row>
+    <row r="403" spans="1:13" ht="40.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A403" s="18">
+        <v>25069</v>
+      </c>
+      <c r="B403" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C403" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D403" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="E403" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F403" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G403" s="30" t="s">
+        <v>919</v>
+      </c>
+      <c r="H403" s="18">
+        <v>1</v>
+      </c>
+      <c r="I403" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J403" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K403" s="24">
+        <v>59</v>
+      </c>
+      <c r="L403" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M403" s="1"/>
+    </row>
+    <row r="404" spans="1:13" ht="40.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A404" s="18">
+        <v>25070</v>
+      </c>
+      <c r="B404" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C404" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D404" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="E404" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F404" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G404" s="30" t="s">
+        <v>919</v>
+      </c>
+      <c r="H404" s="18">
+        <v>1</v>
+      </c>
+      <c r="I404" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J404" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K404" s="24">
+        <v>59</v>
+      </c>
+      <c r="L404" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M404" s="1"/>
+    </row>
+    <row r="405" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A405" s="18">
+        <v>25071</v>
+      </c>
+      <c r="B405" s="18" t="s">
+        <v>263</v>
+      </c>
+      <c r="C405" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D405" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E405" s="21">
+        <v>45969</v>
+      </c>
+      <c r="F405" s="18" t="s">
+        <v>933</v>
+      </c>
+      <c r="G405" s="73" t="s">
+        <v>930</v>
+      </c>
+      <c r="H405" s="18">
+        <v>5</v>
+      </c>
+      <c r="I405" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J405" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K405" s="24">
+        <v>135</v>
+      </c>
+      <c r="L405" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M405" s="1"/>
+    </row>
+    <row r="406" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A406" s="18">
+        <v>25072</v>
+      </c>
+      <c r="B406" s="18" t="s">
+        <v>931</v>
+      </c>
+      <c r="C406" s="71" t="s">
+        <v>110</v>
+      </c>
+      <c r="D406" s="18" t="s">
+        <v>932</v>
+      </c>
+      <c r="E406" s="21">
+        <v>45927</v>
+      </c>
+      <c r="F406" s="18" t="s">
+        <v>959</v>
+      </c>
+      <c r="G406" s="78" t="s">
+        <v>934</v>
+      </c>
+      <c r="H406" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I406" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J406" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K406" s="79" t="s">
+        <v>941</v>
+      </c>
+      <c r="L406" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M406" s="1"/>
+    </row>
+    <row r="407" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A407" s="18">
+        <v>25073</v>
+      </c>
+      <c r="B407" s="18" t="s">
+        <v>935</v>
+      </c>
+      <c r="C407" s="18" t="s">
+        <v>940</v>
+      </c>
+      <c r="D407" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E407" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F407" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G407" s="30" t="s">
+        <v>943</v>
+      </c>
+      <c r="H407" s="18">
+        <v>1</v>
+      </c>
+      <c r="I407" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J407" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K407" s="23" t="s">
+        <v>942</v>
+      </c>
+      <c r="L407" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M407" s="1"/>
+    </row>
+    <row r="408" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A408" s="18">
+        <v>25074</v>
+      </c>
+      <c r="B408" s="18" t="s">
+        <v>936</v>
+      </c>
+      <c r="C408" s="18" t="s">
+        <v>940</v>
+      </c>
+      <c r="D408" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E408" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F408" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G408" s="30" t="s">
+        <v>943</v>
+      </c>
+      <c r="H408" s="18">
+        <v>1</v>
+      </c>
+      <c r="I408" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J408" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K408" s="23" t="s">
+        <v>942</v>
+      </c>
+      <c r="L408" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M408" s="1"/>
+    </row>
+    <row r="409" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A409" s="18">
+        <v>25075</v>
+      </c>
+      <c r="B409" s="18" t="s">
+        <v>937</v>
+      </c>
+      <c r="C409" s="18" t="s">
+        <v>940</v>
+      </c>
+      <c r="D409" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E409" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F409" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G409" s="30" t="s">
+        <v>943</v>
+      </c>
+      <c r="H409" s="18">
+        <v>1</v>
+      </c>
+      <c r="I409" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J409" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K409" s="23" t="s">
+        <v>942</v>
+      </c>
+      <c r="L409" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M409" s="1"/>
+    </row>
+    <row r="410" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A410" s="18">
+        <v>25076</v>
+      </c>
+      <c r="B410" s="18" t="s">
+        <v>938</v>
+      </c>
+      <c r="C410" s="18" t="s">
+        <v>940</v>
+      </c>
+      <c r="D410" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E410" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F410" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G410" s="30" t="s">
+        <v>943</v>
+      </c>
+      <c r="H410" s="18">
+        <v>2</v>
+      </c>
+      <c r="I410" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J410" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K410" s="23" t="s">
+        <v>942</v>
+      </c>
+      <c r="L410" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M410" s="1"/>
+    </row>
+    <row r="411" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A411" s="18">
+        <v>25077</v>
+      </c>
+      <c r="B411" s="18" t="s">
+        <v>939</v>
+      </c>
+      <c r="C411" s="18" t="s">
+        <v>940</v>
+      </c>
+      <c r="D411" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E411" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F411" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G411" s="30" t="s">
+        <v>943</v>
+      </c>
+      <c r="H411" s="18">
+        <v>2</v>
+      </c>
+      <c r="I411" s="18">
+        <v>2</v>
+      </c>
+      <c r="J411" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K411" s="23" t="s">
+        <v>942</v>
+      </c>
+      <c r="L411" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M411" s="1"/>
+    </row>
+    <row r="412" spans="1:13" ht="92" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A412" s="18">
+        <v>25078</v>
+      </c>
+      <c r="B412" s="18" t="s">
+        <v>945</v>
+      </c>
+      <c r="C412" s="18" t="s">
+        <v>946</v>
+      </c>
+      <c r="D412" s="18" t="s">
+        <v>947</v>
+      </c>
+      <c r="E412" s="21">
+        <v>45836</v>
+      </c>
+      <c r="F412" s="18" t="s">
+        <v>948</v>
+      </c>
+      <c r="G412" s="30" t="s">
+        <v>949</v>
+      </c>
+      <c r="H412" s="18">
+        <v>3</v>
+      </c>
+      <c r="I412" s="18">
+        <v>3</v>
+      </c>
+      <c r="J412" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K412" s="23" t="s">
+        <v>944</v>
+      </c>
+      <c r="L412" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M412" s="1"/>
+    </row>
+    <row r="413" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A413" s="18">
+        <v>25079</v>
+      </c>
+      <c r="B413" s="18" t="s">
+        <v>956</v>
+      </c>
+      <c r="C413" s="18" t="s">
+        <v>954</v>
+      </c>
+      <c r="D413" s="18" t="s">
+        <v>950</v>
+      </c>
+      <c r="E413" s="21">
+        <v>45864</v>
+      </c>
+      <c r="F413" s="18" t="s">
+        <v>951</v>
+      </c>
+      <c r="G413" s="30" t="s">
+        <v>955</v>
+      </c>
+      <c r="H413" s="18">
+        <v>3</v>
+      </c>
+      <c r="I413" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J413" s="18" t="s">
+        <v>952</v>
+      </c>
+      <c r="K413" s="24">
+        <v>45</v>
+      </c>
+      <c r="L413" s="23" t="s">
+        <v>953</v>
+      </c>
+      <c r="M413" s="1"/>
+    </row>
+    <row r="414" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A414" s="18">
+        <v>25080</v>
+      </c>
+      <c r="B414" s="18" t="s">
+        <v>962</v>
+      </c>
+      <c r="C414" s="71" t="s">
+        <v>110</v>
+      </c>
+      <c r="D414" s="18" t="s">
+        <v>960</v>
+      </c>
+      <c r="E414" s="18" t="s">
+        <v>961</v>
+      </c>
+      <c r="F414" s="18" t="s">
+        <v>959</v>
+      </c>
+      <c r="G414" s="30" t="s">
+        <v>934</v>
+      </c>
+      <c r="H414" s="18">
+        <v>5</v>
+      </c>
+      <c r="I414" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J414" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K414" s="80" t="s">
+        <v>941</v>
+      </c>
+      <c r="L414" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M414" s="1"/>
+    </row>
+    <row r="415" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A415" s="18">
+        <v>25081</v>
+      </c>
+      <c r="B415" s="18" t="s">
+        <v>274</v>
+      </c>
+      <c r="C415" s="18" t="s">
+        <v>963</v>
+      </c>
+      <c r="D415" s="18" t="s">
+        <v>275</v>
+      </c>
+      <c r="E415" s="21">
+        <v>45897</v>
+      </c>
+      <c r="F415" s="18" t="s">
+        <v>964</v>
+      </c>
+      <c r="G415" s="30" t="s">
+        <v>965</v>
+      </c>
+      <c r="H415" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I415" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J415" s="18" t="s">
+        <v>900</v>
+      </c>
+      <c r="K415" s="24">
+        <v>45</v>
+      </c>
+      <c r="L415" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M415" s="1"/>
+    </row>
+    <row r="416" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A416" s="18">
+        <v>25082</v>
+      </c>
+      <c r="B416" s="18" t="s">
+        <v>966</v>
+      </c>
+      <c r="C416" s="18" t="s">
+        <v>891</v>
+      </c>
+      <c r="D416" s="18" t="s">
+        <v>892</v>
+      </c>
+      <c r="E416" s="18" t="s">
+        <v>967</v>
+      </c>
+      <c r="F416" s="18" t="s">
+        <v>968</v>
+      </c>
+      <c r="G416" s="30" t="s">
+        <v>895</v>
+      </c>
+      <c r="H416" s="18">
+        <v>12</v>
+      </c>
+      <c r="I416" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J416" s="18" t="s">
+        <v>916</v>
+      </c>
+      <c r="K416" s="24">
+        <v>260</v>
+      </c>
+      <c r="L416" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M416" s="1"/>
+    </row>
+    <row r="417" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A417" s="18">
+        <v>25083</v>
+      </c>
+      <c r="B417" s="18" t="s">
+        <v>969</v>
+      </c>
+      <c r="C417" s="18" t="s">
+        <v>973</v>
+      </c>
+      <c r="D417" s="18" t="s">
+        <v>974</v>
+      </c>
+      <c r="E417" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F417" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G417" s="73" t="s">
+        <v>975</v>
+      </c>
+      <c r="H417" s="18">
+        <v>4</v>
+      </c>
+      <c r="I417" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J417" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K417" s="24">
+        <v>110</v>
+      </c>
+      <c r="L417" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M417" s="1"/>
+    </row>
+    <row r="418" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A418" s="18">
+        <v>25084</v>
+      </c>
+      <c r="B418" s="18" t="s">
+        <v>970</v>
+      </c>
+      <c r="C418" s="18" t="s">
+        <v>973</v>
+      </c>
+      <c r="D418" s="18" t="s">
+        <v>974</v>
+      </c>
+      <c r="E418" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F418" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G418" s="75" t="s">
+        <v>975</v>
+      </c>
+      <c r="H418" s="18">
+        <v>3</v>
+      </c>
+      <c r="I418" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J418" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K418" s="24">
+        <v>95</v>
+      </c>
+      <c r="L418" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M418" s="1"/>
+    </row>
+    <row r="419" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A419" s="18">
+        <v>25085</v>
+      </c>
+      <c r="B419" s="18" t="s">
+        <v>971</v>
+      </c>
+      <c r="C419" s="18" t="s">
+        <v>973</v>
+      </c>
+      <c r="D419" s="18" t="s">
+        <v>974</v>
+      </c>
+      <c r="E419" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F419" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G419" s="73" t="s">
+        <v>975</v>
+      </c>
+      <c r="H419" s="18">
+        <v>3</v>
+      </c>
+      <c r="I419" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J419" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K419" s="24">
+        <v>95</v>
+      </c>
+      <c r="L419" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M419" s="1"/>
+    </row>
+    <row r="420" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A420" s="18">
+        <v>25086</v>
+      </c>
+      <c r="B420" s="18" t="s">
+        <v>972</v>
+      </c>
+      <c r="C420" s="18" t="s">
+        <v>973</v>
+      </c>
+      <c r="D420" s="18" t="s">
+        <v>974</v>
+      </c>
+      <c r="E420" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F420" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G420" s="75" t="s">
+        <v>975</v>
+      </c>
+      <c r="H420" s="18">
+        <v>3</v>
+      </c>
+      <c r="I420" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J420" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K420" s="24">
+        <v>95</v>
+      </c>
+      <c r="L420" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M420" s="1"/>
+    </row>
+    <row r="421" spans="1:13" ht="44" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A421" s="18">
+        <v>25087</v>
+      </c>
+      <c r="B421" s="18" t="s">
+        <v>976</v>
+      </c>
+      <c r="C421" s="18" t="s">
+        <v>977</v>
+      </c>
+      <c r="D421" s="18" t="s">
+        <v>960</v>
+      </c>
+      <c r="E421" s="18" t="s">
+        <v>978</v>
+      </c>
+      <c r="F421" s="18" t="s">
+        <v>979</v>
+      </c>
+      <c r="G421" s="30" t="s">
+        <v>981</v>
+      </c>
+      <c r="H421" s="18">
+        <v>10</v>
+      </c>
+      <c r="I421" s="18">
+        <v>2</v>
+      </c>
+      <c r="J421" s="18" t="s">
+        <v>980</v>
+      </c>
+      <c r="K421" s="23" t="s">
+        <v>944</v>
+      </c>
+      <c r="L421" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M421" s="1"/>
+    </row>
+    <row r="422" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A422" s="18">
+        <v>25089</v>
+      </c>
+      <c r="B422" s="18" t="s">
+        <v>982</v>
+      </c>
+      <c r="C422" s="18" t="s">
+        <v>984</v>
+      </c>
+      <c r="D422" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E422" s="18" t="s">
+        <v>983</v>
+      </c>
+      <c r="F422" s="18" t="s">
+        <v>861</v>
+      </c>
+      <c r="G422" s="30" t="s">
+        <v>862</v>
+      </c>
+      <c r="H422" s="18">
+        <v>9</v>
+      </c>
+      <c r="I422" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J422" s="18" t="s">
+        <v>985</v>
+      </c>
+      <c r="K422" s="23" t="s">
+        <v>986</v>
+      </c>
+      <c r="L422" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M422" s="1"/>
+    </row>
+    <row r="423" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A423" s="18">
+        <v>25090</v>
+      </c>
+      <c r="B423" s="18" t="s">
+        <v>987</v>
+      </c>
+      <c r="C423" s="18" t="s">
+        <v>988</v>
+      </c>
+      <c r="D423" s="18" t="s">
+        <v>668</v>
+      </c>
+      <c r="E423" s="21" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F423" s="18" t="s">
+        <v>989</v>
+      </c>
+      <c r="G423" s="30" t="s">
         <v>990</v>
       </c>
-      <c r="C1" s="1" t="s">
-[...17 lines deleted...]
-      <c r="I1" s="1" t="s">
+      <c r="H423" s="18">
+        <v>3</v>
+      </c>
+      <c r="I423" s="18">
+        <v>3</v>
+      </c>
+      <c r="J423" s="18" t="s">
+        <v>980</v>
+      </c>
+      <c r="K423" s="23" t="s">
+        <v>944</v>
+      </c>
+      <c r="L423" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M423" s="1"/>
+    </row>
+    <row r="424" spans="1:13" ht="37.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A424" s="18">
+        <v>25091</v>
+      </c>
+      <c r="B424" s="18" t="s">
+        <v>992</v>
+      </c>
+      <c r="C424" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D424" s="18" t="s">
+        <v>994</v>
+      </c>
+      <c r="E424" s="21">
+        <v>45913</v>
+      </c>
+      <c r="F424" s="38">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G424" s="30" t="s">
+        <v>995</v>
+      </c>
+      <c r="H424" s="18">
+        <v>3</v>
+      </c>
+      <c r="I424" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J424" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K424" s="24">
+        <v>100</v>
+      </c>
+      <c r="L424" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M424" s="1"/>
+    </row>
+    <row r="425" spans="1:13" ht="36.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A425" s="18">
+        <v>25092</v>
+      </c>
+      <c r="B425" s="18" t="s">
+        <v>993</v>
+      </c>
+      <c r="C425" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D425" s="18" t="s">
+        <v>994</v>
+      </c>
+      <c r="E425" s="21">
+        <v>45914</v>
+      </c>
+      <c r="F425" s="38">
+        <v>0.95833333333333337</v>
+      </c>
+      <c r="G425" s="30" t="s">
+        <v>995</v>
+      </c>
+      <c r="H425" s="18">
+        <v>3</v>
+      </c>
+      <c r="I425" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J425" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K425" s="24">
+        <v>100</v>
+      </c>
+      <c r="L425" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M425" s="1"/>
+    </row>
+    <row r="426" spans="1:13" ht="37.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A426" s="18">
+        <v>25093</v>
+      </c>
+      <c r="B426" s="18" t="s">
+        <v>996</v>
+      </c>
+      <c r="C426" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D426" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E426" s="21" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F426" s="18" t="s">
+        <v>997</v>
+      </c>
+      <c r="G426" s="30" t="s">
+        <v>998</v>
+      </c>
+      <c r="H426" s="18">
+        <v>8</v>
+      </c>
+      <c r="I426" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J426" s="18" t="s">
+        <v>601</v>
+      </c>
+      <c r="K426" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L426" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M426" s="1"/>
+    </row>
+    <row r="427" spans="1:13" ht="58" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A427" s="18">
+        <v>25094</v>
+      </c>
+      <c r="B427" s="18" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C427" s="18" t="s">
+        <v>620</v>
+      </c>
+      <c r="D427" s="18" t="s">
+        <v>275</v>
+      </c>
+      <c r="E427" s="21" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F427" s="18" t="s">
+        <v>964</v>
+      </c>
+      <c r="G427" s="30" t="s">
+        <v>965</v>
+      </c>
+      <c r="H427" s="18">
+        <v>3</v>
+      </c>
+      <c r="I427" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J427" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K427" s="24" t="s">
+        <v>1001</v>
+      </c>
+      <c r="L427" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M427" s="1"/>
+    </row>
+    <row r="428" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A428" s="18">
+        <v>25095</v>
+      </c>
+      <c r="B428" s="18" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C428" s="18" t="s">
+        <v>627</v>
+      </c>
+      <c r="D428" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E428" s="21">
+        <v>45913</v>
+      </c>
+      <c r="F428" s="18" t="s">
+        <v>1003</v>
+      </c>
+      <c r="G428" s="30" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H428" s="18">
+        <v>6</v>
+      </c>
+      <c r="I428" s="18">
+        <v>1</v>
+      </c>
+      <c r="J428" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="K428" s="23" t="s">
+        <v>1005</v>
+      </c>
+      <c r="L428" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M428" s="1"/>
+    </row>
+    <row r="429" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A429" s="81">
+        <v>25096</v>
+      </c>
+      <c r="B429" s="81" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C429" s="81" t="s">
+        <v>620</v>
+      </c>
+      <c r="D429" s="81" t="s">
+        <v>27</v>
+      </c>
+      <c r="E429" s="82">
+        <v>46003</v>
+      </c>
+      <c r="F429" s="81" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G429" s="83" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H429" s="81">
+        <v>4.5</v>
+      </c>
+      <c r="I429" s="81">
+        <v>1</v>
+      </c>
+      <c r="J429" s="81" t="s">
+        <v>1011</v>
+      </c>
+      <c r="K429" s="84">
+        <v>20</v>
+      </c>
+      <c r="L429" s="81" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M429" s="1"/>
+    </row>
+    <row r="430" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A430" s="18">
+        <v>25097</v>
+      </c>
+      <c r="B430" s="18" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C430" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D430" s="18" t="s">
+        <v>381</v>
+      </c>
+      <c r="E430" s="21">
+        <v>45936</v>
+      </c>
+      <c r="F430" s="18" t="s">
+        <v>1018</v>
+      </c>
+      <c r="G430" s="30" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H430" s="18">
+        <v>3</v>
+      </c>
+      <c r="I430" s="18">
+        <v>3</v>
+      </c>
+      <c r="J430" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K430" s="24">
+        <v>75</v>
+      </c>
+      <c r="L430" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M430" s="1"/>
+    </row>
+    <row r="431" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A431" s="18">
+        <v>25098</v>
+      </c>
+      <c r="B431" s="18" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C431" s="81" t="s">
+        <v>620</v>
+      </c>
+      <c r="D431" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E431" s="21">
+        <v>45948</v>
+      </c>
+      <c r="F431" s="18" t="s">
+        <v>1019</v>
+      </c>
+      <c r="G431" s="30" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H431" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I431" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="J431" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K431" s="80" t="s">
+        <v>941</v>
+      </c>
+      <c r="L431" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M431" s="1"/>
+    </row>
+    <row r="432" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A432" s="18">
+        <v>25099</v>
+      </c>
+      <c r="B432" s="18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C432" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D432" s="18" t="s">
+        <v>381</v>
+      </c>
+      <c r="E432" s="21">
+        <v>45964</v>
+      </c>
+      <c r="F432" s="18" t="s">
+        <v>1018</v>
+      </c>
+      <c r="G432" s="30" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H432" s="18">
+        <v>3</v>
+      </c>
+      <c r="I432" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J432" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K432" s="23" t="s">
+        <v>944</v>
+      </c>
+      <c r="L432" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M432" s="1"/>
+    </row>
+    <row r="433" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A433" s="18">
+        <v>25100</v>
+      </c>
+      <c r="B433" s="18" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C433" s="18" t="s">
+        <v>905</v>
+      </c>
+      <c r="D433" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E433" s="18" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F433" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G433" s="30" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H433" s="18">
+        <v>6</v>
+      </c>
+      <c r="I433" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J433" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K433" s="24">
+        <v>289</v>
+      </c>
+      <c r="L433" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M433" s="1"/>
+    </row>
+    <row r="434" spans="1:13" ht="38.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A434" s="18">
+        <v>25101</v>
+      </c>
+      <c r="B434" s="18" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C434" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="D434" s="18" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E434" s="21">
+        <v>45955</v>
+      </c>
+      <c r="F434" s="18" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G434" s="30" t="s">
+        <v>995</v>
+      </c>
+      <c r="H434" s="18">
+        <v>2</v>
+      </c>
+      <c r="I434" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J434" s="18" t="s">
+        <v>900</v>
+      </c>
+      <c r="K434" s="24">
+        <v>78</v>
+      </c>
+      <c r="L434" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M434" s="1"/>
+    </row>
+    <row r="435" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A435" s="18">
+        <v>25102</v>
+      </c>
+      <c r="B435" s="18" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C435" s="18" t="s">
+        <v>891</v>
+      </c>
+      <c r="D435" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E435" s="18" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F435" s="18" t="s">
+        <v>1035</v>
+      </c>
+      <c r="G435" s="30" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H435" s="18">
+        <v>7</v>
+      </c>
+      <c r="I435" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J435" s="18" t="s">
+        <v>601</v>
+      </c>
+      <c r="K435" s="23" t="s">
+        <v>1037</v>
+      </c>
+      <c r="L435" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M435" s="1"/>
+    </row>
+    <row r="436" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A436" s="18">
+        <v>25103</v>
+      </c>
+      <c r="B436" s="18" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C436" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D436" s="18" t="s">
+        <v>960</v>
+      </c>
+      <c r="E436" s="21">
+        <v>45983</v>
+      </c>
+      <c r="F436" s="18" t="s">
+        <v>1023</v>
+      </c>
+      <c r="G436" s="30" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H436" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I436" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="J436" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K436" s="80" t="s">
+        <v>941</v>
+      </c>
+      <c r="L436" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M436" s="1"/>
+    </row>
+    <row r="437" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A437" s="18">
+        <v>25104</v>
+      </c>
+      <c r="B437" s="18" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C437" s="18" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D437" s="18" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E437" s="18" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F437" s="18" t="s">
+        <v>1042</v>
+      </c>
+      <c r="G437" s="30" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H437" s="18">
+        <v>12</v>
+      </c>
+      <c r="I437" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J437" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K437" s="24">
+        <v>147</v>
+      </c>
+      <c r="L437" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M437" s="1"/>
+    </row>
+    <row r="438" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A438" s="18">
+        <v>25105</v>
+      </c>
+      <c r="B438" s="18" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C438" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D438" s="18" t="s">
+        <v>381</v>
+      </c>
+      <c r="E438" s="21">
+        <v>45978</v>
+      </c>
+      <c r="F438" s="18" t="s">
+        <v>1018</v>
+      </c>
+      <c r="G438" s="30" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H438" s="18">
+        <v>3</v>
+      </c>
+      <c r="I438" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J438" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K438" s="24">
+        <v>80</v>
+      </c>
+      <c r="L438" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M438" s="1"/>
+    </row>
+    <row r="439" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A439" s="18">
+        <v>25106</v>
+      </c>
+      <c r="B439" s="18" t="s">
+        <v>987</v>
+      </c>
+      <c r="C439" s="18" t="s">
         <v>988</v>
       </c>
-      <c r="J1" s="1" t="s">
-[...31 lines deleted...]
-      <c r="H2" s="1">
+      <c r="D439" s="18" t="s">
+        <v>668</v>
+      </c>
+      <c r="E439" s="82">
+        <v>45993</v>
+      </c>
+      <c r="F439" s="81" t="s">
+        <v>944</v>
+      </c>
+      <c r="G439" s="81" t="s">
+        <v>944</v>
+      </c>
+      <c r="H439" s="81">
         <v>3</v>
       </c>
-      <c r="I2" s="1" t="s">
+      <c r="I439" s="81">
+        <v>3</v>
+      </c>
+      <c r="J439" s="81" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K439" s="81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L439" s="81" t="s">
+        <v>22</v>
+      </c>
+      <c r="M439" s="1"/>
+    </row>
+    <row r="440" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A440" s="18">
+        <v>25107</v>
+      </c>
+      <c r="B440" s="18" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C440" s="18" t="s">
+        <v>940</v>
+      </c>
+      <c r="D440" s="18" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E440" s="18" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F440" s="18" t="s">
+        <v>1052</v>
+      </c>
+      <c r="G440" s="30" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H440" s="18">
+        <v>3</v>
+      </c>
+      <c r="I440" s="18">
+        <v>3</v>
+      </c>
+      <c r="J440" s="85" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K440" s="23" t="s">
+        <v>944</v>
+      </c>
+      <c r="L440" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M440" s="1"/>
+    </row>
+    <row r="441" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A441" s="18">
+        <v>25108</v>
+      </c>
+      <c r="B441" s="18" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C441" s="18" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D441" s="18" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E441" s="18" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F441" s="18" t="s">
+        <v>1057</v>
+      </c>
+      <c r="G441" s="30" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H441" s="18">
+        <v>12</v>
+      </c>
+      <c r="I441" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J441" s="18" t="s">
+        <v>1059</v>
+      </c>
+      <c r="K441" s="23" t="s">
+        <v>944</v>
+      </c>
+      <c r="L441" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M441" s="1"/>
+    </row>
+    <row r="442" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A442" s="18">
+        <v>25109</v>
+      </c>
+      <c r="B442" s="18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C442" s="18" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D442" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E442" s="18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F442" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="G442" s="30" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H442" s="18">
+        <v>10</v>
+      </c>
+      <c r="I442" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J442" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="K442" s="23" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L442" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M442" s="1"/>
+    </row>
+    <row r="443" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A443" s="18">
+        <v>25110</v>
+      </c>
+      <c r="B443" s="18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C443" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="D443" s="18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E443" s="21">
+        <v>46007</v>
+      </c>
+      <c r="F443" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G443" s="25" t="s">
+        <v>944</v>
+      </c>
+      <c r="H443" s="18">
+        <v>2</v>
+      </c>
+      <c r="I443" s="18">
+        <v>2</v>
+      </c>
+      <c r="J443" s="23" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K443" s="23" t="s">
+        <v>944</v>
+      </c>
+      <c r="L443" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M443" s="1"/>
+    </row>
+    <row r="444" spans="1:13" ht="43.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A444" s="18">
+        <v>25111</v>
+      </c>
+      <c r="B444" s="18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C444" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="D444" s="18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E444" s="21">
+        <v>46046</v>
+      </c>
+      <c r="F444" s="18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="G444" s="25" t="s">
+        <v>944</v>
+      </c>
+      <c r="H444" s="18">
+        <v>3</v>
+      </c>
+      <c r="I444" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J444" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K444" s="23" t="s">
+        <v>944</v>
+      </c>
+      <c r="L444" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M444" s="1"/>
+    </row>
+    <row r="445" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A445" s="18">
+        <v>25112</v>
+      </c>
+      <c r="B445" s="18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C445" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D445" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E445" s="21" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F445" s="18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G445" s="30" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H445" s="18">
+        <v>4</v>
+      </c>
+      <c r="I445" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J445" s="18" t="s">
+        <v>900</v>
+      </c>
+      <c r="K445" s="24">
+        <v>90</v>
+      </c>
+      <c r="L445" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M445" s="1"/>
+    </row>
+    <row r="446" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A446" s="18">
+        <v>25113</v>
+      </c>
+      <c r="B446" s="18" t="s">
+        <v>335</v>
+      </c>
+      <c r="C446" s="18" t="s">
+        <v>336</v>
+      </c>
+      <c r="D446" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E446" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F446" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G446" s="30" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H446" s="18">
+        <v>12</v>
+      </c>
+      <c r="I446" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J446" s="18" t="s">
+        <v>1077</v>
+      </c>
+      <c r="K446" s="24">
+        <v>459</v>
+      </c>
+      <c r="L446" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M446" s="1"/>
+    </row>
+    <row r="447" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A447" s="18">
+        <v>25114</v>
+      </c>
+      <c r="B447" s="18" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C447" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D447" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="E447" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F447" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G447" s="30" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H447" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I447" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="J447" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K447" s="24">
+        <v>65</v>
+      </c>
+      <c r="L447" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M447" s="1"/>
+    </row>
+    <row r="448" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A448" s="18">
+        <v>25115</v>
+      </c>
+      <c r="B448" s="18" t="s">
+        <v>309</v>
+      </c>
+      <c r="C448" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D448" s="18" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E448" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F448" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G448" s="30" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H448" s="18">
+        <v>4.5</v>
+      </c>
+      <c r="I448" s="18">
+        <v>4.5</v>
+      </c>
+      <c r="J448" s="18" t="s">
+        <v>900</v>
+      </c>
+      <c r="K448" s="24">
+        <v>120</v>
+      </c>
+      <c r="L448" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M448" s="1"/>
+    </row>
+    <row r="449" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A449" s="18">
+        <v>25116</v>
+      </c>
+      <c r="B449" s="18" t="s">
+        <v>220</v>
+      </c>
+      <c r="C449" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D449" s="18" t="s">
+        <v>960</v>
+      </c>
+      <c r="E449" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F449" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G449" s="30" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H449" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I449" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="J449" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K449" s="24">
+        <v>60</v>
+      </c>
+      <c r="L449" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M449" s="1"/>
+    </row>
+    <row r="450" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A450" s="18">
+        <v>25117</v>
+      </c>
+      <c r="B450" s="18" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C450" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D450" s="18" t="s">
+        <v>960</v>
+      </c>
+      <c r="E450" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F450" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G450" s="30" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H450" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I450" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="J450" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K450" s="24">
+        <v>60</v>
+      </c>
+      <c r="L450" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M450" s="1"/>
+    </row>
+    <row r="451" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A451" s="18">
+        <v>25118</v>
+      </c>
+      <c r="B451" s="18" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C451" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D451" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E451" s="21">
+        <v>45997</v>
+      </c>
+      <c r="F451" s="18" t="s">
+        <v>1023</v>
+      </c>
+      <c r="G451" s="30" t="s">
+        <v>990</v>
+      </c>
+      <c r="H451" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I451" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="J451" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K451" s="80" t="s">
+        <v>1083</v>
+      </c>
+      <c r="L451" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M451" s="1"/>
+    </row>
+    <row r="452" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A452" s="18">
+        <v>25119</v>
+      </c>
+      <c r="B452" s="18" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C452" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D452" s="18" t="s">
+        <v>392</v>
+      </c>
+      <c r="E452" s="21">
+        <v>45668</v>
+      </c>
+      <c r="F452" s="18" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G452" s="30" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H452" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I452" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J452" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K452" s="23" t="s">
+        <v>1083</v>
+      </c>
+      <c r="L452" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M452" s="1"/>
+    </row>
+    <row r="453" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A453" s="18">
+        <v>25120</v>
+      </c>
+      <c r="B453" s="18" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C453" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D453" s="18" t="s">
+        <v>381</v>
+      </c>
+      <c r="E453" s="21">
+        <v>46006</v>
+      </c>
+      <c r="F453" s="18" t="s">
+        <v>1018</v>
+      </c>
+      <c r="G453" s="30" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H453" s="18">
+        <v>3</v>
+      </c>
+      <c r="I453" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J453" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K453" s="24">
+        <v>80</v>
+      </c>
+      <c r="L453" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M453" s="1"/>
+    </row>
+    <row r="454" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A454" s="18">
+        <v>25121</v>
+      </c>
+      <c r="B454" s="18" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C454" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D454" s="18" t="s">
+        <v>381</v>
+      </c>
+      <c r="E454" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="F454" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="G454" s="30" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H454" s="18">
+        <v>3</v>
+      </c>
+      <c r="I454" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J454" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K454" s="24">
+        <v>80</v>
+      </c>
+      <c r="L454" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M454" s="1"/>
+    </row>
+    <row r="455" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A455" s="63">
+        <v>25122</v>
+      </c>
+      <c r="B455" s="63" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C455" s="63" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D455" s="63" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E455" s="86">
+        <v>45980</v>
+      </c>
+      <c r="F455" s="63" t="s">
+        <v>1098</v>
+      </c>
+      <c r="G455" s="73" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H455" s="63">
+        <v>2</v>
+      </c>
+      <c r="I455" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J455" s="63" t="s">
+        <v>122</v>
+      </c>
+      <c r="K455" s="63" t="s">
+        <v>1100</v>
+      </c>
+      <c r="L455" s="63" t="s">
+        <v>1101</v>
+      </c>
+      <c r="M455" s="1"/>
+    </row>
+    <row r="456" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A456" s="69">
+        <v>25123</v>
+      </c>
+      <c r="B456" s="69" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C456" s="69" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D456" s="69" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E456" s="77">
+        <v>46053</v>
+      </c>
+      <c r="F456" s="69" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G456" s="75" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H456" s="69">
+        <v>4</v>
+      </c>
+      <c r="I456" s="69" t="s">
+        <v>12</v>
+      </c>
+      <c r="J456" s="69" t="s">
+        <v>900</v>
+      </c>
+      <c r="K456" s="69" t="s">
+        <v>1106</v>
+      </c>
+      <c r="L456" s="69" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M456" s="1"/>
+    </row>
+    <row r="457" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A457" s="63">
+        <v>25124</v>
+      </c>
+      <c r="B457" s="63" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C457" s="63" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D457" s="63" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E457" s="86">
+        <v>46102</v>
+      </c>
+      <c r="F457" s="63" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G457" s="73" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H457" s="63">
+        <v>4</v>
+      </c>
+      <c r="I457" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J457" s="63" t="s">
+        <v>900</v>
+      </c>
+      <c r="K457" s="63" t="s">
+        <v>1106</v>
+      </c>
+      <c r="L457" s="63" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M457" s="1"/>
+    </row>
+    <row r="458" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A458" s="69">
+        <v>25125</v>
+      </c>
+      <c r="B458" s="69" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C458" s="69" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D458" s="69" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E458" s="77">
+        <v>46200</v>
+      </c>
+      <c r="F458" s="69" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G458" s="75" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H458" s="69">
+        <v>4</v>
+      </c>
+      <c r="I458" s="69" t="s">
+        <v>12</v>
+      </c>
+      <c r="J458" s="69" t="s">
+        <v>900</v>
+      </c>
+      <c r="K458" s="69" t="s">
+        <v>1106</v>
+      </c>
+      <c r="L458" s="69" t="s">
+        <v>1109</v>
+      </c>
+      <c r="M458" s="1"/>
+    </row>
+    <row r="459" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A459" s="63">
+        <v>25126</v>
+      </c>
+      <c r="B459" s="63" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C459" s="63" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D459" s="63" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E459" s="86">
+        <v>46291</v>
+      </c>
+      <c r="F459" s="63" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G459" s="73" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H459" s="63">
+        <v>4</v>
+      </c>
+      <c r="I459" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J459" s="63" t="s">
+        <v>900</v>
+      </c>
+      <c r="K459" s="63" t="s">
+        <v>1106</v>
+      </c>
+      <c r="L459" s="63" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M459" s="1"/>
+    </row>
+    <row r="460" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A460" s="87">
+        <v>25127</v>
+      </c>
+      <c r="B460" s="81" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C460" s="87" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D460" s="81" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E460" s="88" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F460" s="87" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G460" s="83" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H460" s="87">
+        <v>12</v>
+      </c>
+      <c r="I460" s="87" t="s">
+        <v>12</v>
+      </c>
+      <c r="J460" s="87" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K460" s="89">
+        <v>249</v>
+      </c>
+      <c r="L460" s="90" t="s">
+        <v>22</v>
+      </c>
+      <c r="M460" s="1"/>
+    </row>
+    <row r="461" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A461" s="14">
+        <v>25128</v>
+      </c>
+      <c r="B461" s="91" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C461" s="92" t="s">
+        <v>408</v>
+      </c>
+      <c r="D461" s="93" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E461" s="15">
+        <v>45336</v>
+      </c>
+      <c r="F461" s="92" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G461" s="94" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H461" s="92">
+        <v>1</v>
+      </c>
+      <c r="I461" s="92" t="s">
+        <v>12</v>
+      </c>
+      <c r="J461" s="92" t="s">
+        <v>122</v>
+      </c>
+      <c r="K461" s="95" t="s">
+        <v>999</v>
+      </c>
+      <c r="L461" s="93" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M461" s="1"/>
+    </row>
+    <row r="462" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A462" s="16">
+        <v>25129</v>
+      </c>
+      <c r="B462" s="96" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C462" s="97" t="s">
+        <v>408</v>
+      </c>
+      <c r="D462" s="98" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E462" s="17">
+        <v>45392</v>
+      </c>
+      <c r="F462" s="97" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G462" s="99" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H462" s="69">
+        <v>1</v>
+      </c>
+      <c r="I462" s="97" t="s">
+        <v>12</v>
+      </c>
+      <c r="J462" s="97" t="s">
+        <v>122</v>
+      </c>
+      <c r="K462" s="100" t="s">
+        <v>999</v>
+      </c>
+      <c r="L462" s="98" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M462" s="1"/>
+    </row>
+    <row r="463" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A463" s="14">
+        <v>25130</v>
+      </c>
+      <c r="B463" s="91" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C463" s="92" t="s">
+        <v>408</v>
+      </c>
+      <c r="D463" s="93" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E463" s="15">
+        <v>45455</v>
+      </c>
+      <c r="F463" s="92" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G463" s="94" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H463" s="92">
+        <v>1</v>
+      </c>
+      <c r="I463" s="92" t="s">
+        <v>12</v>
+      </c>
+      <c r="J463" s="92" t="s">
+        <v>122</v>
+      </c>
+      <c r="K463" s="95" t="s">
+        <v>999</v>
+      </c>
+      <c r="L463" s="93" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M463" s="1"/>
+    </row>
+    <row r="464" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A464" s="16">
+        <v>25131</v>
+      </c>
+      <c r="B464" s="96" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C464" s="97" t="s">
+        <v>408</v>
+      </c>
+      <c r="D464" s="98" t="s">
+        <v>465</v>
+      </c>
+      <c r="E464" s="17">
+        <v>45498</v>
+      </c>
+      <c r="F464" s="97" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G464" s="99" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H464" s="69">
+        <v>1</v>
+      </c>
+      <c r="I464" s="97" t="s">
+        <v>12</v>
+      </c>
+      <c r="J464" s="97" t="s">
+        <v>122</v>
+      </c>
+      <c r="K464" s="100" t="s">
+        <v>999</v>
+      </c>
+      <c r="L464" s="98" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M464" s="1"/>
+    </row>
+    <row r="465" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A465" s="14">
+        <v>25132</v>
+      </c>
+      <c r="B465" s="91" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C465" s="92" t="s">
+        <v>408</v>
+      </c>
+      <c r="D465" s="93" t="s">
+        <v>1169</v>
+      </c>
+      <c r="E465" s="15">
+        <v>45574</v>
+      </c>
+      <c r="F465" s="92" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G465" s="94" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H465" s="92">
+        <v>1</v>
+      </c>
+      <c r="I465" s="92" t="s">
+        <v>12</v>
+      </c>
+      <c r="J465" s="92" t="s">
+        <v>122</v>
+      </c>
+      <c r="K465" s="95" t="s">
+        <v>999</v>
+      </c>
+      <c r="L465" s="93" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M465" s="1"/>
+    </row>
+    <row r="466" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A466" s="12">
+        <v>25133</v>
+      </c>
+      <c r="B466" s="18" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C466" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D466" s="81" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E466" s="13">
+        <v>45609</v>
+      </c>
+      <c r="F466" s="87" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G466" s="83" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H466" s="69">
+        <v>1</v>
+      </c>
+      <c r="I466" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J466" s="63" t="s">
+        <v>122</v>
+      </c>
+      <c r="K466" s="63" t="s">
+        <v>999</v>
+      </c>
+      <c r="L466" s="63" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M466" s="1"/>
+    </row>
+    <row r="467" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A467" s="12">
+        <v>25134</v>
+      </c>
+      <c r="B467" s="18" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C467" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D467" s="81" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E467" s="13">
+        <v>45637</v>
+      </c>
+      <c r="F467" s="87" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G467" s="83" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H467" s="92">
+        <v>1</v>
+      </c>
+      <c r="I467" s="96" t="s">
+        <v>12</v>
+      </c>
+      <c r="J467" s="96" t="s">
+        <v>122</v>
+      </c>
+      <c r="K467" s="96" t="s">
+        <v>999</v>
+      </c>
+      <c r="L467" s="96" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M467" s="1"/>
+    </row>
+    <row r="468" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A468" s="12">
+        <v>25135</v>
+      </c>
+      <c r="B468" s="18" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C468" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D468" s="81" t="s">
+        <v>1166</v>
+      </c>
+      <c r="E468" s="13">
+        <v>45680</v>
+      </c>
+      <c r="F468" s="87" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G468" s="83" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H468" s="69">
+        <v>1</v>
+      </c>
+      <c r="I468" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J468" s="63" t="s">
+        <v>122</v>
+      </c>
+      <c r="K468" s="63" t="s">
+        <v>999</v>
+      </c>
+      <c r="L468" s="63" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M468" s="1"/>
+    </row>
+    <row r="469" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A469" s="12">
+        <v>25136</v>
+      </c>
+      <c r="B469" s="18" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C469" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D469" s="81" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E469" s="13">
+        <v>45728</v>
+      </c>
+      <c r="F469" s="87" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G469" s="83" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H469" s="92">
+        <v>1</v>
+      </c>
+      <c r="I469" s="96" t="s">
+        <v>12</v>
+      </c>
+      <c r="J469" s="96" t="s">
+        <v>122</v>
+      </c>
+      <c r="K469" s="96" t="s">
+        <v>999</v>
+      </c>
+      <c r="L469" s="96" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M469" s="1"/>
+    </row>
+    <row r="470" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A470" s="12">
+        <v>25137</v>
+      </c>
+      <c r="B470" s="18" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C470" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D470" s="63" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E470" s="13">
+        <v>45756</v>
+      </c>
+      <c r="F470" s="87" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G470" s="83" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H470" s="69">
+        <v>1</v>
+      </c>
+      <c r="I470" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J470" s="63" t="s">
+        <v>122</v>
+      </c>
+      <c r="K470" s="63" t="s">
+        <v>999</v>
+      </c>
+      <c r="L470" s="63" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M470" s="1"/>
+    </row>
+    <row r="471" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A471" s="12">
+        <v>25138</v>
+      </c>
+      <c r="B471" s="18" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C471" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D471" s="63" t="s">
+        <v>1163</v>
+      </c>
+      <c r="E471" s="13">
+        <v>45861</v>
+      </c>
+      <c r="F471" s="87" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G471" s="83" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H471" s="92">
+        <v>1</v>
+      </c>
+      <c r="I471" s="96" t="s">
+        <v>12</v>
+      </c>
+      <c r="J471" s="96" t="s">
+        <v>122</v>
+      </c>
+      <c r="K471" s="96" t="s">
+        <v>999</v>
+      </c>
+      <c r="L471" s="96" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M471" s="1"/>
+    </row>
+    <row r="472" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A472" s="12">
+        <v>25139</v>
+      </c>
+      <c r="B472" s="18" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C472" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D472" s="63" t="s">
+        <v>1162</v>
+      </c>
+      <c r="E472" s="13">
+        <v>45882</v>
+      </c>
+      <c r="F472" s="87" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G472" s="83" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H472" s="69">
+        <v>1</v>
+      </c>
+      <c r="I472" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J472" s="63" t="s">
+        <v>122</v>
+      </c>
+      <c r="K472" s="63" t="s">
+        <v>999</v>
+      </c>
+      <c r="L472" s="63" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M472" s="1"/>
+    </row>
+    <row r="473" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A473" s="12">
+        <v>25140</v>
+      </c>
+      <c r="B473" s="18" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C473" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D473" s="63" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E473" s="13">
+        <v>45910</v>
+      </c>
+      <c r="F473" s="87" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G473" s="83" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H473" s="92">
+        <v>1</v>
+      </c>
+      <c r="I473" s="96" t="s">
+        <v>12</v>
+      </c>
+      <c r="J473" s="96" t="s">
+        <v>122</v>
+      </c>
+      <c r="K473" s="96" t="s">
+        <v>999</v>
+      </c>
+      <c r="L473" s="96" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M473" s="1"/>
+    </row>
+    <row r="474" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A474" s="12">
+        <v>25141</v>
+      </c>
+      <c r="B474" s="18" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C474" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D474" s="18" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E474" s="13">
+        <v>45945</v>
+      </c>
+      <c r="F474" s="18" t="s">
+        <v>1160</v>
+      </c>
+      <c r="G474" s="83" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H474" s="69">
+        <v>1</v>
+      </c>
+      <c r="I474" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J474" s="63" t="s">
+        <v>122</v>
+      </c>
+      <c r="K474" s="63" t="s">
+        <v>999</v>
+      </c>
+      <c r="L474" s="63" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M474" s="1"/>
+    </row>
+    <row r="475" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A475" s="18">
+        <v>25142</v>
+      </c>
+      <c r="B475" s="87" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C475" s="87" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D475" s="18" t="s">
+        <v>1201</v>
+      </c>
+      <c r="E475" s="21">
+        <v>46000</v>
+      </c>
+      <c r="F475" s="18" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G475" s="83" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H475" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I475" s="96" t="s">
+        <v>12</v>
+      </c>
+      <c r="J475" s="96" t="s">
+        <v>1215</v>
+      </c>
+      <c r="K475" s="96" t="s">
+        <v>999</v>
+      </c>
+      <c r="L475" s="96" t="s">
+        <v>22</v>
+      </c>
+      <c r="M475" s="1"/>
+    </row>
+    <row r="476" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A476" s="18">
+        <v>25143</v>
+      </c>
+      <c r="B476" s="18" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C476" s="18" t="s">
+        <v>620</v>
+      </c>
+      <c r="D476" s="18" t="s">
+        <v>960</v>
+      </c>
+      <c r="E476" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F476" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G476" s="68" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H476" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I476" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J476" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K476" s="18" t="s">
+        <v>999</v>
+      </c>
+      <c r="L476" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="M476" s="1"/>
+    </row>
+    <row r="477" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A477" s="18">
+        <v>25144</v>
+      </c>
+      <c r="B477" s="18" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C477" s="18" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D477" s="18" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E477" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F477" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G477" s="68" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H477" s="18">
+        <v>2</v>
+      </c>
+      <c r="I477" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J477" s="27" t="s">
+        <v>1215</v>
+      </c>
+      <c r="K477" s="27" t="s">
+        <v>999</v>
+      </c>
+      <c r="L477" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M477" s="1"/>
+    </row>
+    <row r="478" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A478" s="18">
+        <v>25145</v>
+      </c>
+      <c r="B478" s="18" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C478" s="18" t="s">
+        <v>336</v>
+      </c>
+      <c r="D478" s="18" t="s">
+        <v>337</v>
+      </c>
+      <c r="E478" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F478" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G478" s="68" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H478" s="18">
+        <v>6</v>
+      </c>
+      <c r="I478" s="18">
+        <v>6</v>
+      </c>
+      <c r="J478" s="27" t="s">
+        <v>918</v>
+      </c>
+      <c r="K478" s="32">
+        <v>99</v>
+      </c>
+      <c r="L478" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M478" s="1"/>
+    </row>
+    <row r="479" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A479" s="18">
+        <v>25146</v>
+      </c>
+      <c r="B479" s="18" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C479" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D479" s="18" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E479" s="21">
+        <v>45671</v>
+      </c>
+      <c r="F479" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="G479" s="68" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H479" s="18">
+        <v>1</v>
+      </c>
+      <c r="I479" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J479" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="K479" s="27" t="s">
+        <v>999</v>
+      </c>
+      <c r="L479" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M479" s="1"/>
+    </row>
+    <row r="480" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A480" s="18">
+        <v>25147</v>
+      </c>
+      <c r="B480" s="18" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C480" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D480" s="18" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E480" s="21">
+        <v>45700</v>
+      </c>
+      <c r="F480" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="G480" s="68" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H480" s="18">
+        <v>1</v>
+      </c>
+      <c r="I480" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J480" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="K480" s="27" t="s">
+        <v>999</v>
+      </c>
+      <c r="L480" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M480" s="1"/>
+    </row>
+    <row r="481" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A481" s="18">
+        <v>25148</v>
+      </c>
+      <c r="B481" s="18" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C481" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D481" s="18" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E481" s="21">
+        <v>45560</v>
+      </c>
+      <c r="F481" s="18" t="s">
+        <v>1233</v>
+      </c>
+      <c r="G481" s="68" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H481" s="18">
+        <v>1</v>
+      </c>
+      <c r="I481" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J481" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="K481" s="27" t="s">
+        <v>999</v>
+      </c>
+      <c r="L481" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M481" s="1"/>
+    </row>
+    <row r="482" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A482" s="18">
+        <v>25149</v>
+      </c>
+      <c r="B482" s="18" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C482" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D482" s="18" t="s">
+        <v>294</v>
+      </c>
+      <c r="E482" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F482" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G482" s="83" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H482" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I482" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J482" s="27" t="s">
+        <v>906</v>
+      </c>
+      <c r="K482" s="101" t="s">
+        <v>999</v>
+      </c>
+      <c r="L482" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M482" s="1"/>
+    </row>
+    <row r="483" spans="1:13" ht="59" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A483" s="18">
+        <v>25150</v>
+      </c>
+      <c r="B483" s="18" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C483" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D483" s="18" t="s">
+        <v>294</v>
+      </c>
+      <c r="E483" s="21">
+        <v>45724</v>
+      </c>
+      <c r="F483" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="G483" s="68" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H483" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I483" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J483" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="K483" s="27" t="s">
+        <v>999</v>
+      </c>
+      <c r="L483" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M483" s="1"/>
+    </row>
+    <row r="484" spans="1:13" ht="59" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A484" s="18">
+        <v>25151</v>
+      </c>
+      <c r="B484" s="18" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C484" s="18" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D484" s="18" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E484" s="21">
+        <v>46005</v>
+      </c>
+      <c r="F484" s="18" t="s">
+        <v>1297</v>
+      </c>
+      <c r="G484" s="68" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H484" s="18">
+        <v>2</v>
+      </c>
+      <c r="I484" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J484" s="27" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K484" s="101" t="s">
+        <v>999</v>
+      </c>
+      <c r="L484" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M484" s="1"/>
+    </row>
+    <row r="485" spans="1:13" ht="59" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A485" s="18">
+        <v>25152</v>
+      </c>
+      <c r="B485" s="18" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C485" s="18" t="s">
+        <v>710</v>
+      </c>
+      <c r="D485" s="18" t="s">
+        <v>1302</v>
+      </c>
+      <c r="E485" s="21">
+        <v>45820</v>
+      </c>
+      <c r="F485" s="18" t="s">
+        <v>1303</v>
+      </c>
+      <c r="G485" s="68" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H485" s="18">
+        <v>3</v>
+      </c>
+      <c r="I485" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J485" s="27" t="s">
+        <v>900</v>
+      </c>
+      <c r="K485" s="27" t="s">
+        <v>999</v>
+      </c>
+      <c r="L485" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M485" s="1"/>
+    </row>
+    <row r="486" spans="1:13" ht="59" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A486" s="18">
+        <v>25153</v>
+      </c>
+      <c r="B486" s="18" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C486" s="18" t="s">
+        <v>710</v>
+      </c>
+      <c r="D486" s="18" t="s">
+        <v>1305</v>
+      </c>
+      <c r="E486" s="21" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F486" s="18" t="s">
+        <v>1307</v>
+      </c>
+      <c r="G486" s="68" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H486" s="18">
+        <v>4</v>
+      </c>
+      <c r="I486" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J486" s="27" t="s">
+        <v>1308</v>
+      </c>
+      <c r="K486" s="101" t="s">
+        <v>999</v>
+      </c>
+      <c r="L486" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M486" s="1"/>
+    </row>
+    <row r="487" spans="1:13" ht="59" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A487" s="18">
+        <v>25154</v>
+      </c>
+      <c r="B487" s="18" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C487" s="18" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D487" s="18" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E487" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F487" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G487" s="68" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H487" s="18">
+        <v>1</v>
+      </c>
+      <c r="I487" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J487" s="27" t="s">
+        <v>906</v>
+      </c>
+      <c r="K487" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L487" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M487" s="1"/>
+    </row>
+    <row r="488" spans="1:13" ht="59" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A488" s="18">
+        <v>25155</v>
+      </c>
+      <c r="B488" s="18" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C488" s="18" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D488" s="18" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E488" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F488" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G488" s="68" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H488" s="18">
+        <v>1</v>
+      </c>
+      <c r="I488" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J488" s="27" t="s">
+        <v>906</v>
+      </c>
+      <c r="K488" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L488" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M488" s="1"/>
+    </row>
+    <row r="489" spans="1:13" ht="59" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A489" s="18">
+        <v>25156</v>
+      </c>
+      <c r="B489" s="18" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C489" s="18" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D489" s="18" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E489" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F489" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G489" s="68" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H489" s="18">
+        <v>1</v>
+      </c>
+      <c r="I489" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J489" s="27" t="s">
+        <v>906</v>
+      </c>
+      <c r="K489" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L489" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M489" s="1"/>
+    </row>
+    <row r="490" spans="1:13" ht="19" thickTop="1" x14ac:dyDescent="0.45">
+      <c r="A490" s="54">
+        <v>26001</v>
+      </c>
+      <c r="B490" s="54" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C490" s="54" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D490" s="54" t="s">
+        <v>944</v>
+      </c>
+      <c r="E490" s="55">
+        <v>46062</v>
+      </c>
+      <c r="F490" s="54" t="s">
+        <v>1223</v>
+      </c>
+      <c r="G490" s="56" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H490" s="54">
+        <v>1</v>
+      </c>
+      <c r="I490" s="54" t="s">
+        <v>12</v>
+      </c>
+      <c r="J490" s="54" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K490" s="57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L490" s="57" t="s">
+        <v>22</v>
+      </c>
+      <c r="M490" s="1"/>
+    </row>
+    <row r="491" spans="1:13" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A491" s="18">
+        <v>26002</v>
+      </c>
+      <c r="B491" s="18" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C491" s="18" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D491" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E491" s="21">
+        <v>46163</v>
+      </c>
+      <c r="F491" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G491" s="30" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H491" s="18">
+        <v>1</v>
+      </c>
+      <c r="I491" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J491" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K491" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L491" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M491" s="1"/>
+    </row>
+    <row r="492" spans="1:13" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A492" s="18">
+        <v>26003</v>
+      </c>
+      <c r="B492" s="18" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C492" s="18" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D492" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E492" s="21">
+        <v>46246</v>
+      </c>
+      <c r="F492" s="18" t="s">
+        <v>1223</v>
+      </c>
+      <c r="G492" s="30" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H492" s="18">
+        <v>1</v>
+      </c>
+      <c r="I492" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J492" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K492" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L492" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M492" s="1"/>
+    </row>
+    <row r="493" spans="1:13" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A493" s="18">
+        <v>26004</v>
+      </c>
+      <c r="B493" s="18" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C493" s="18" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D493" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E493" s="21">
+        <v>46345</v>
+      </c>
+      <c r="F493" s="18" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G493" s="30" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H493" s="18">
+        <v>1</v>
+      </c>
+      <c r="I493" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J493" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K493" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L493" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M493" s="1"/>
+    </row>
+    <row r="494" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A494" s="18">
+        <v>26006</v>
+      </c>
+      <c r="B494" s="18" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C494" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="D494" s="21" t="s">
+        <v>1112</v>
+      </c>
+      <c r="E494" s="21">
+        <v>46074</v>
+      </c>
+      <c r="F494" s="18" t="s">
+        <v>1113</v>
+      </c>
+      <c r="G494" s="30" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H494" s="18">
+        <v>2</v>
+      </c>
+      <c r="I494" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J494" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K494" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L494" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M494" s="1"/>
+    </row>
+    <row r="495" spans="1:13" ht="56.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A495" s="18">
+        <v>26008</v>
+      </c>
+      <c r="B495" s="18" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C495" s="18" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D495" s="18" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E495" s="21">
+        <v>46049</v>
+      </c>
+      <c r="F495" s="18" t="s">
+        <v>1117</v>
+      </c>
+      <c r="G495" s="30" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H495" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I495" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J495" s="18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K495" s="23" t="s">
+        <v>1120</v>
+      </c>
+      <c r="L495" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M495" s="1"/>
+    </row>
+    <row r="496" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A496" s="69">
+        <v>26009</v>
+      </c>
+      <c r="B496" s="69" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C496" s="69" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D496" s="69" t="s">
+        <v>944</v>
+      </c>
+      <c r="E496" s="77">
+        <v>45702</v>
+      </c>
+      <c r="F496" s="69" t="s">
+        <v>944</v>
+      </c>
+      <c r="G496" s="75" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H496" s="69">
+        <v>4</v>
+      </c>
+      <c r="I496" s="69" t="s">
+        <v>12</v>
+      </c>
+      <c r="J496" s="69" t="s">
+        <v>900</v>
+      </c>
+      <c r="K496" s="69" t="s">
+        <v>1130</v>
+      </c>
+      <c r="L496" s="69" t="s">
+        <v>22</v>
+      </c>
+      <c r="M496" s="1"/>
+    </row>
+    <row r="497" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A497" s="63">
+        <v>26010</v>
+      </c>
+      <c r="B497" s="63" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C497" s="63" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D497" s="63" t="s">
+        <v>944</v>
+      </c>
+      <c r="E497" s="86">
+        <v>45737</v>
+      </c>
+      <c r="F497" s="63" t="s">
+        <v>944</v>
+      </c>
+      <c r="G497" s="73" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H497" s="63">
+        <v>2</v>
+      </c>
+      <c r="I497" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J497" s="63" t="s">
+        <v>900</v>
+      </c>
+      <c r="K497" s="63" t="s">
+        <v>1132</v>
+      </c>
+      <c r="L497" s="63" t="s">
+        <v>22</v>
+      </c>
+      <c r="M497" s="1"/>
+    </row>
+    <row r="498" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A498" s="69">
+        <v>26011</v>
+      </c>
+      <c r="B498" s="69" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C498" s="69" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D498" s="69" t="s">
+        <v>944</v>
+      </c>
+      <c r="E498" s="77">
+        <v>45906</v>
+      </c>
+      <c r="F498" s="69" t="s">
+        <v>944</v>
+      </c>
+      <c r="G498" s="75" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H498" s="69">
+        <v>6</v>
+      </c>
+      <c r="I498" s="69" t="s">
+        <v>12</v>
+      </c>
+      <c r="J498" s="69" t="s">
+        <v>900</v>
+      </c>
+      <c r="K498" s="69" t="s">
+        <v>1132</v>
+      </c>
+      <c r="L498" s="69" t="s">
+        <v>22</v>
+      </c>
+      <c r="M498" s="1"/>
+    </row>
+    <row r="499" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A499" s="63">
+        <v>26012</v>
+      </c>
+      <c r="B499" s="63" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C499" s="63" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D499" s="63" t="s">
+        <v>944</v>
+      </c>
+      <c r="E499" s="86">
+        <v>45919</v>
+      </c>
+      <c r="F499" s="63" t="s">
+        <v>944</v>
+      </c>
+      <c r="G499" s="73" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H499" s="63">
+        <v>2</v>
+      </c>
+      <c r="I499" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J499" s="63" t="s">
+        <v>900</v>
+      </c>
+      <c r="K499" s="63" t="s">
+        <v>1132</v>
+      </c>
+      <c r="L499" s="63" t="s">
+        <v>22</v>
+      </c>
+      <c r="M499" s="1"/>
+    </row>
+    <row r="500" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A500" s="69">
+        <v>26013</v>
+      </c>
+      <c r="B500" s="69" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C500" s="69" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D500" s="69" t="s">
+        <v>944</v>
+      </c>
+      <c r="E500" s="77">
+        <v>45981</v>
+      </c>
+      <c r="F500" s="69" t="s">
+        <v>944</v>
+      </c>
+      <c r="G500" s="75" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H500" s="69">
+        <v>1</v>
+      </c>
+      <c r="I500" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="J500" s="69" t="s">
+        <v>900</v>
+      </c>
+      <c r="K500" s="69" t="s">
+        <v>1132</v>
+      </c>
+      <c r="L500" s="69" t="s">
+        <v>22</v>
+      </c>
+      <c r="M500" s="1"/>
+    </row>
+    <row r="501" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A501" s="63">
+        <v>26014</v>
+      </c>
+      <c r="B501" s="63" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C501" s="63" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D501" s="63" t="s">
+        <v>944</v>
+      </c>
+      <c r="E501" s="86">
+        <v>45716</v>
+      </c>
+      <c r="F501" s="63" t="s">
+        <v>944</v>
+      </c>
+      <c r="G501" s="73" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H501" s="63">
+        <v>2</v>
+      </c>
+      <c r="I501" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J501" s="63" t="s">
+        <v>900</v>
+      </c>
+      <c r="K501" s="63" t="s">
+        <v>1132</v>
+      </c>
+      <c r="L501" s="63" t="s">
+        <v>22</v>
+      </c>
+      <c r="M501" s="1"/>
+    </row>
+    <row r="502" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A502" s="69">
+        <v>26015</v>
+      </c>
+      <c r="B502" s="69" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C502" s="69" t="s">
+        <v>299</v>
+      </c>
+      <c r="D502" s="69" t="s">
+        <v>944</v>
+      </c>
+      <c r="E502" s="77">
+        <v>45703</v>
+      </c>
+      <c r="F502" s="69" t="s">
+        <v>944</v>
+      </c>
+      <c r="G502" s="75" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H502" s="69">
+        <v>3</v>
+      </c>
+      <c r="I502" s="69" t="s">
+        <v>12</v>
+      </c>
+      <c r="J502" s="69" t="s">
+        <v>900</v>
+      </c>
+      <c r="K502" s="69" t="s">
+        <v>1132</v>
+      </c>
+      <c r="L502" s="69" t="s">
+        <v>22</v>
+      </c>
+      <c r="M502" s="1"/>
+    </row>
+    <row r="503" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A503" s="63">
+        <v>26016</v>
+      </c>
+      <c r="B503" s="63" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C503" s="63" t="s">
+        <v>299</v>
+      </c>
+      <c r="D503" s="63" t="s">
+        <v>944</v>
+      </c>
+      <c r="E503" s="86">
+        <v>45981</v>
+      </c>
+      <c r="F503" s="63" t="s">
+        <v>944</v>
+      </c>
+      <c r="G503" s="73" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H503" s="63">
+        <v>3</v>
+      </c>
+      <c r="I503" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J503" s="63" t="s">
+        <v>900</v>
+      </c>
+      <c r="K503" s="63" t="s">
+        <v>1132</v>
+      </c>
+      <c r="L503" s="63" t="s">
+        <v>22</v>
+      </c>
+      <c r="M503" s="1"/>
+    </row>
+    <row r="504" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A504" s="69">
+        <v>26017</v>
+      </c>
+      <c r="B504" s="69" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C504" s="69" t="s">
+        <v>299</v>
+      </c>
+      <c r="D504" s="69" t="s">
+        <v>944</v>
+      </c>
+      <c r="E504" s="77">
+        <v>45721</v>
+      </c>
+      <c r="F504" s="69" t="s">
+        <v>944</v>
+      </c>
+      <c r="G504" s="75" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H504" s="69">
+        <v>3</v>
+      </c>
+      <c r="I504" s="69" t="s">
+        <v>12</v>
+      </c>
+      <c r="J504" s="69" t="s">
+        <v>900</v>
+      </c>
+      <c r="K504" s="69" t="s">
+        <v>1132</v>
+      </c>
+      <c r="L504" s="69" t="s">
+        <v>22</v>
+      </c>
+      <c r="M504" s="1"/>
+    </row>
+    <row r="505" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A505" s="63">
+        <v>26018</v>
+      </c>
+      <c r="B505" s="63" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C505" s="63" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D505" s="63" t="s">
+        <v>337</v>
+      </c>
+      <c r="E505" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F505" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G505" s="30" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H505" s="63">
+        <v>8</v>
+      </c>
+      <c r="I505" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J505" s="63" t="s">
+        <v>906</v>
+      </c>
+      <c r="K505" s="74">
+        <v>99</v>
+      </c>
+      <c r="L505" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="M505" s="1"/>
+    </row>
+    <row r="506" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A506" s="69">
+        <v>26019</v>
+      </c>
+      <c r="B506" s="69" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C506" s="69" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D506" s="69" t="s">
+        <v>337</v>
+      </c>
+      <c r="E506" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F506" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G506" s="30" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H506" s="69">
+        <v>12</v>
+      </c>
+      <c r="I506" s="69">
+        <v>2</v>
+      </c>
+      <c r="J506" s="69" t="s">
+        <v>906</v>
+      </c>
+      <c r="K506" s="76">
+        <v>159</v>
+      </c>
+      <c r="L506" s="69" t="s">
+        <v>22</v>
+      </c>
+      <c r="M506" s="1"/>
+    </row>
+    <row r="507" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A507" s="18">
+        <v>26020</v>
+      </c>
+      <c r="B507" s="18" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C507" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D507" s="18" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E507" s="18" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F507" s="18" t="s">
+        <v>1174</v>
+      </c>
+      <c r="G507" s="30" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H507" s="18">
+        <v>3</v>
+      </c>
+      <c r="I507" s="18">
+        <v>0.5</v>
+      </c>
+      <c r="J507" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K507" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L507" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M507" s="1"/>
+    </row>
+    <row r="508" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A508" s="18">
+        <v>26021</v>
+      </c>
+      <c r="B508" s="18" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C508" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D508" s="18" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E508" s="18" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F508" s="18" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G508" s="30" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H508" s="18">
+        <v>3</v>
+      </c>
+      <c r="I508" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J508" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K508" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L508" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M508" s="1"/>
+    </row>
+    <row r="509" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A509" s="18">
+        <v>26022</v>
+      </c>
+      <c r="B509" s="18" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C509" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D509" s="18" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E509" s="18" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F509" s="18" t="s">
+        <v>1174</v>
+      </c>
+      <c r="G509" s="30" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H509" s="18">
+        <v>3</v>
+      </c>
+      <c r="I509" s="18">
+        <v>0.5</v>
+      </c>
+      <c r="J509" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K509" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L509" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M509" s="1"/>
+    </row>
+    <row r="510" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A510" s="18">
+        <v>26023</v>
+      </c>
+      <c r="B510" s="18" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C510" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D510" s="18" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E510" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F510" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G510" s="68" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H510" s="18">
+        <v>3.5</v>
+      </c>
+      <c r="I510" s="18">
+        <v>0.5</v>
+      </c>
+      <c r="J510" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K510" s="27" t="s">
+        <v>999</v>
+      </c>
+      <c r="L510" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="M510" s="1"/>
+    </row>
+    <row r="511" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A511" s="18">
+        <v>26024</v>
+      </c>
+      <c r="B511" s="18" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C511" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D511" s="18" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E511" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F511" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G511" s="30" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H511" s="18">
+        <v>4</v>
+      </c>
+      <c r="I511" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J511" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K511" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L511" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M511" s="1"/>
+    </row>
+    <row r="512" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A512" s="18">
+        <v>26025</v>
+      </c>
+      <c r="B512" s="18" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C512" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D512" s="18" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E512" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F512" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G512" s="30" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H512" s="18">
+        <v>3</v>
+      </c>
+      <c r="I512" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J512" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K512" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L512" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M512" s="1"/>
+    </row>
+    <row r="513" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A513" s="18">
+        <v>26026</v>
+      </c>
+      <c r="B513" s="18" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C513" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D513" s="18" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E513" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F513" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G513" s="30" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H513" s="18">
+        <v>2</v>
+      </c>
+      <c r="I513" s="18">
+        <v>1</v>
+      </c>
+      <c r="J513" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K513" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L513" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M513" s="1"/>
+    </row>
+    <row r="514" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A514" s="18">
+        <v>26027</v>
+      </c>
+      <c r="B514" s="18" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C514" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D514" s="18" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E514" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F514" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G514" s="30" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H514" s="18">
+        <v>3</v>
+      </c>
+      <c r="I514" s="18">
+        <v>3</v>
+      </c>
+      <c r="J514" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K514" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L514" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M514" s="1"/>
+    </row>
+    <row r="515" spans="1:13" ht="55.5" x14ac:dyDescent="0.45">
+      <c r="A515" s="18">
+        <v>26028</v>
+      </c>
+      <c r="B515" s="18" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C515" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D515" s="18" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E515" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F515" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G515" s="30" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H515" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I515" s="18">
+        <v>0.5</v>
+      </c>
+      <c r="J515" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K515" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L515" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M515" s="1"/>
+    </row>
+    <row r="516" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A516" s="18">
+        <v>26030</v>
+      </c>
+      <c r="B516" s="18" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C516" s="18" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D516" s="18" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E516" s="21">
+        <v>46050</v>
+      </c>
+      <c r="F516" s="18" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G516" s="30" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H516" s="18">
+        <v>2</v>
+      </c>
+      <c r="I516" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J516" s="18" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K516" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L516" s="23" t="s">
+        <v>1191</v>
+      </c>
+      <c r="M516" s="1"/>
+    </row>
+    <row r="517" spans="1:13" ht="41.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A517" s="18">
+        <v>26031</v>
+      </c>
+      <c r="B517" s="18" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C517" s="18" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D517" s="18" t="s">
+        <v>337</v>
+      </c>
+      <c r="E517" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F517" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G517" s="30" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H517" s="18">
+        <v>12</v>
+      </c>
+      <c r="I517" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J517" s="18" t="s">
+        <v>1197</v>
+      </c>
+      <c r="K517" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L517" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M517" s="1"/>
+    </row>
+    <row r="518" spans="1:13" ht="40.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A518" s="18">
+        <v>26032</v>
+      </c>
+      <c r="B518" s="18" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C518" s="18" t="s">
+        <v>299</v>
+      </c>
+      <c r="D518" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E518" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F518" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G518" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H518" s="18">
+        <v>4</v>
+      </c>
+      <c r="I518" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J518" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K518" s="24" t="s">
+        <v>999</v>
+      </c>
+      <c r="L518" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M518" s="1"/>
+    </row>
+    <row r="519" spans="1:13" ht="38" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A519" s="18">
+        <v>26033</v>
+      </c>
+      <c r="B519" s="18" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C519" s="18" t="s">
+        <v>299</v>
+      </c>
+      <c r="D519" s="18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E519" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F519" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G519" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H519" s="18">
+        <v>3</v>
+      </c>
+      <c r="I519" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J519" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K519" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L519" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M519" s="1"/>
+    </row>
+    <row r="520" spans="1:13" ht="56.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A520" s="18">
+        <v>26034</v>
+      </c>
+      <c r="B520" s="18" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C520" s="18" t="s">
+        <v>299</v>
+      </c>
+      <c r="D520" s="18" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E520" s="21" t="s">
+        <v>944</v>
+      </c>
+      <c r="F520" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="G520" s="30" t="s">
+        <v>944</v>
+      </c>
+      <c r="H520" s="18">
+        <v>3</v>
+      </c>
+      <c r="I520" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J520" s="18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K520" s="24" t="s">
+        <v>999</v>
+      </c>
+      <c r="L520" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M520" s="1"/>
+    </row>
+    <row r="521" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A521" s="18">
+        <v>26036</v>
+      </c>
+      <c r="B521" s="18" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C521" s="18" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D521" s="18" t="s">
+        <v>476</v>
+      </c>
+      <c r="E521" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F521" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G521" s="30" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H521" s="18">
+        <v>6</v>
+      </c>
+      <c r="I521" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J521" s="18" t="s">
+        <v>1197</v>
+      </c>
+      <c r="K521" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L521" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M521" s="1"/>
+    </row>
+    <row r="522" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A522" s="18">
+        <v>26037</v>
+      </c>
+      <c r="B522" s="18" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C522" s="18" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D522" s="18" t="s">
+        <v>1212</v>
+      </c>
+      <c r="E522" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F522" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G522" s="30" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H522" s="18">
+        <v>4</v>
+      </c>
+      <c r="I522" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J522" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K522" s="24">
+        <v>59</v>
+      </c>
+      <c r="L522" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="M522" s="1"/>
+    </row>
+    <row r="523" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A523" s="18">
+        <v>26038</v>
+      </c>
+      <c r="B523" s="18" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C523" s="18" t="s">
+        <v>984</v>
+      </c>
+      <c r="D523" s="18" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E523" s="18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F523" s="18" t="s">
+        <v>1195</v>
+      </c>
+      <c r="G523" s="30" t="s">
+        <v>862</v>
+      </c>
+      <c r="H523" s="18">
+        <v>7.5</v>
+      </c>
+      <c r="I523" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J523" s="18" t="s">
+        <v>1196</v>
+      </c>
+      <c r="K523" s="24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L523" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M523" s="1"/>
+    </row>
+    <row r="524" spans="1:13" ht="39" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A524" s="18">
+        <v>26039</v>
+      </c>
+      <c r="B524" s="18" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C524" s="18" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D524" s="18" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E524" s="21">
+        <v>46072</v>
+      </c>
+      <c r="F524" s="18" t="s">
+        <v>1252</v>
+      </c>
+      <c r="G524" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H524" s="18">
+        <v>2</v>
+      </c>
+      <c r="I524" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J524" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K524" s="24" t="s">
+        <v>999</v>
+      </c>
+      <c r="L524" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M524" s="1"/>
+    </row>
+    <row r="525" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A525" s="18">
+        <v>26040</v>
+      </c>
+      <c r="B525" s="18" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C525" s="18" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D525" s="18" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E525" s="21">
+        <v>46071</v>
+      </c>
+      <c r="F525" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G525" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H525" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I525" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J525" s="18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K525" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L525" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M525" s="1"/>
+    </row>
+    <row r="526" spans="1:13" ht="60" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A526" s="18">
+        <v>26041</v>
+      </c>
+      <c r="B526" s="18" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C526" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="D526" s="18" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E526" s="21">
+        <v>46074</v>
+      </c>
+      <c r="F526" s="18" t="s">
+        <v>1256</v>
+      </c>
+      <c r="G526" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H526" s="18">
+        <v>2</v>
+      </c>
+      <c r="I526" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J526" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K526" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L526" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M526" s="1"/>
+    </row>
+    <row r="527" spans="1:13" ht="36.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A527" s="18">
+        <v>26042</v>
+      </c>
+      <c r="B527" s="18" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C527" s="18" t="s">
+        <v>620</v>
+      </c>
+      <c r="D527" s="18" t="s">
+        <v>960</v>
+      </c>
+      <c r="E527" s="21">
+        <v>46071</v>
+      </c>
+      <c r="F527" s="18" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G527" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H527" s="18">
+        <v>1.5</v>
+      </c>
+      <c r="I527" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J527" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K527" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L527" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M527" s="1"/>
+    </row>
+    <row r="528" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A528" s="18">
+        <v>26043</v>
+      </c>
+      <c r="B528" s="18" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C528" s="18" t="s">
+        <v>620</v>
+      </c>
+      <c r="D528" s="18" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E528" s="21">
+        <v>46074</v>
+      </c>
+      <c r="F528" s="18" t="s">
+        <v>1023</v>
+      </c>
+      <c r="G528" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H528" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I528" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J528" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K528" s="24" t="s">
+        <v>999</v>
+      </c>
+      <c r="L528" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M528" s="1"/>
+    </row>
+    <row r="529" spans="1:13" ht="37" x14ac:dyDescent="0.45">
+      <c r="A529" s="18">
+        <v>26044</v>
+      </c>
+      <c r="B529" s="18" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C529" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="D529" s="18" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E529" s="21">
+        <v>46102</v>
+      </c>
+      <c r="F529" s="18" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G529" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H529" s="18">
+        <v>1</v>
+      </c>
+      <c r="I529" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J529" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K529" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L529" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M529" s="1"/>
+    </row>
+    <row r="530" spans="1:13" ht="74" x14ac:dyDescent="0.45">
+      <c r="A530" s="18">
+        <v>26055</v>
+      </c>
+      <c r="B530" s="18" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C530" s="18" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D530" s="18" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E530" s="18" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F530" s="18" t="s">
+        <v>584</v>
+      </c>
+      <c r="G530" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H530" s="18">
+        <v>12</v>
+      </c>
+      <c r="I530" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J530" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="K530" s="24" t="s">
+        <v>999</v>
+      </c>
+      <c r="L530" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="M530" s="1"/>
+    </row>
+    <row r="531" spans="1:13" ht="42.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A531" s="18">
+        <v>26056</v>
+      </c>
+      <c r="B531" s="18" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C531" s="18" t="s">
+        <v>575</v>
+      </c>
+      <c r="D531" s="18" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E531" s="18" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F531" s="18" t="s">
+        <v>584</v>
+      </c>
+      <c r="G531" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H531" s="18">
+        <v>12</v>
+      </c>
+      <c r="I531" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J531" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="K531" s="23" t="s">
+        <v>1269</v>
+      </c>
+      <c r="L531" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="532" spans="1:13" ht="41" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A532" s="18">
+        <v>26057</v>
+      </c>
+      <c r="B532" s="18" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C532" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D532" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E532" s="21">
+        <v>46088</v>
+      </c>
+      <c r="F532" s="18" t="s">
+        <v>1275</v>
+      </c>
+      <c r="G532" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H532" s="18">
+        <v>3</v>
+      </c>
+      <c r="I532" s="18">
+        <v>3</v>
+      </c>
+      <c r="J532" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K532" s="24">
+        <v>80</v>
+      </c>
+      <c r="L532" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="533" spans="1:13" ht="43" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A533" s="18">
+        <v>26058</v>
+      </c>
+      <c r="B533" s="18" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C533" s="18" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D533" s="18" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E533" s="21" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F533" s="18" t="s">
+        <v>584</v>
+      </c>
+      <c r="G533" s="30" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H533" s="18">
+        <v>12</v>
+      </c>
+      <c r="I533" s="18">
+        <v>2</v>
+      </c>
+      <c r="J533" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="K533" s="23" t="s">
+        <v>1269</v>
+      </c>
+      <c r="L533" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="534" spans="1:13" ht="42.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A534" s="18">
+        <v>26059</v>
+      </c>
+      <c r="B534" s="18" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C534" s="18" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D534" s="18" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E534" s="21">
+        <v>46061</v>
+      </c>
+      <c r="F534" s="18" t="s">
+        <v>1278</v>
+      </c>
+      <c r="G534" s="30" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H534" s="18">
+        <v>1</v>
+      </c>
+      <c r="I534" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J534" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K534" s="24" t="s">
+        <v>999</v>
+      </c>
+      <c r="L534" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="535" spans="1:13" ht="41.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A535" s="18">
+        <v>26060</v>
+      </c>
+      <c r="B535" s="18" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C535" s="18" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D535" s="18" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E535" s="21">
+        <v>46070</v>
+      </c>
+      <c r="F535" s="18" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G535" s="30" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H535" s="18">
+        <v>1</v>
+      </c>
+      <c r="I535" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J535" s="18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K535" s="23" t="s">
+        <v>1269</v>
+      </c>
+      <c r="L535" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="536" spans="1:13" ht="42.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A536" s="18">
+        <v>26061</v>
+      </c>
+      <c r="B536" s="18" t="s">
+        <v>681</v>
+      </c>
+      <c r="C536" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D536" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E536" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="F536" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="G536" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H536" s="18">
+        <v>7</v>
+      </c>
+      <c r="I536" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J536" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K536" s="24">
+        <v>155</v>
+      </c>
+      <c r="L536" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="537" spans="1:13" ht="42.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A537" s="18">
+        <v>26062</v>
+      </c>
+      <c r="B537" s="18" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C537" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D537" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E537" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="F537" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="G537" s="30" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H537" s="18">
         <v>5</v>
       </c>
-      <c r="J2" s="1" t="s">
+      <c r="I537" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J537" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K537" s="24">
+        <v>120</v>
+      </c>
+      <c r="L537" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="538" spans="1:13" ht="44.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A538" s="18">
+        <v>26063</v>
+      </c>
+      <c r="B538" s="18" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C538" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D538" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E538" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F538" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G538" s="30" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H538" s="18">
+        <v>5</v>
+      </c>
+      <c r="I538" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J538" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K538" s="24">
+        <v>105</v>
+      </c>
+      <c r="L538" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="539" spans="1:13" ht="46" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A539" s="18">
+        <v>26064</v>
+      </c>
+      <c r="B539" s="18" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C539" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="D539" s="18" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E539" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F539" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G539" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H539" s="18">
+        <v>3</v>
+      </c>
+      <c r="I539" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J539" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K539" s="24">
+        <v>70</v>
+      </c>
+      <c r="L539" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="540" spans="1:13" ht="68" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A540" s="18">
+        <v>26065</v>
+      </c>
+      <c r="B540" s="18" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C540" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D540" s="18" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E540" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F540" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G540" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H540" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I540" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J540" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K540" s="24">
+        <v>65</v>
+      </c>
+      <c r="L540" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="541" spans="1:13" ht="65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A541" s="18">
+        <v>26066</v>
+      </c>
+      <c r="B541" s="18" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C541" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D541" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="E541" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F541" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G541" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H541" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I541" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J541" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K541" s="24">
+        <v>60</v>
+      </c>
+      <c r="L541" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="542" spans="1:13" ht="69" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A542" s="18">
+        <v>26067</v>
+      </c>
+      <c r="B542" s="18" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C542" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D542" s="18" t="s">
+        <v>1289</v>
+      </c>
+      <c r="E542" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F542" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G542" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H542" s="18">
+        <v>2.5</v>
+      </c>
+      <c r="I542" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J542" s="18" t="s">
+        <v>906</v>
+      </c>
+      <c r="K542" s="24">
+        <v>20</v>
+      </c>
+      <c r="L542" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="543" spans="1:13" ht="77" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A543" s="18">
+        <v>26068</v>
+      </c>
+      <c r="B543" s="18" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C543" s="18" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D543" s="18" t="s">
+        <v>1292</v>
+      </c>
+      <c r="E543" s="18" t="s">
+        <v>1293</v>
+      </c>
+      <c r="F543" s="18" t="s">
+        <v>1294</v>
+      </c>
+      <c r="G543" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H543" s="18">
+        <v>12</v>
+      </c>
+      <c r="I543" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J543" s="18" t="s">
+        <v>1295</v>
+      </c>
+      <c r="K543" s="24">
+        <v>500</v>
+      </c>
+      <c r="L543" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="544" spans="1:13" ht="57.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A544" s="18">
+        <v>26069</v>
+      </c>
+      <c r="B544" s="18" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C544" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D544" s="18" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E544" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F544" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G544" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H544" s="18">
+        <v>4</v>
+      </c>
+      <c r="I544" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J544" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K544" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L544" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="545" spans="1:12" ht="52" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A545" s="18">
+        <v>26070</v>
+      </c>
+      <c r="B545" s="18" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C545" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="D545" s="18" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E545" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F545" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G545" s="30" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H545" s="18">
+        <v>1</v>
+      </c>
+      <c r="I545" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J545" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K545" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="L545" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="546" spans="1:12" ht="54.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A546" s="18">
+        <v>26071</v>
+      </c>
+      <c r="B546" s="18" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C546" s="18" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D546" s="18" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E546" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F546" s="18" t="s">
+        <v>858</v>
+      </c>
+      <c r="G546" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H546" s="18">
         <v>6</v>
       </c>
-      <c r="K2" s="5">
-[...1586 lines deleted...]
-      <c r="H44" s="1">
+      <c r="I546" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J546" s="18" t="s">
+        <v>918</v>
+      </c>
+      <c r="K546" s="24" t="s">
+        <v>999</v>
+      </c>
+      <c r="L546" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="547" spans="1:12" ht="37" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A547" s="18">
+        <v>26072</v>
+      </c>
+      <c r="B547" s="18" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C547" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D547" s="18" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E547" s="21">
+        <v>46048</v>
+      </c>
+      <c r="F547" s="18" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G547" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H547" s="18">
         <v>1</v>
       </c>
-      <c r="I44" s="1" t="s">
-[...640 lines deleted...]
-      <c r="H61" s="1">
+      <c r="I547" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J547" s="18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K547" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L547" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="548" spans="1:12" ht="39.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A548" s="18">
+        <v>26073</v>
+      </c>
+      <c r="B548" s="18" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C548" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D548" s="18" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E548" s="21">
+        <v>46071</v>
+      </c>
+      <c r="F548" s="18" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G548" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H548" s="18">
         <v>1</v>
       </c>
-      <c r="I61" s="1" t="s">
-[...744 lines deleted...]
-      <c r="H81" s="1">
+      <c r="I548" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J548" s="18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K548" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L548" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="549" spans="1:12" ht="41" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A549" s="18">
+        <v>26074</v>
+      </c>
+      <c r="B549" s="18" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C549" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D549" s="18" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E549" s="21">
+        <v>46099</v>
+      </c>
+      <c r="F549" s="18" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G549" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H549" s="18">
         <v>1</v>
       </c>
-      <c r="I81" s="1" t="s">
-[...110 lines deleted...]
-      <c r="H84" s="1">
+      <c r="I549" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J549" s="18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K549" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L549" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="550" spans="1:12" ht="39.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A550" s="18">
+        <v>26075</v>
+      </c>
+      <c r="B550" s="18" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C550" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D550" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E550" s="21">
+        <v>46127</v>
+      </c>
+      <c r="F550" s="18" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G550" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H550" s="18">
         <v>1</v>
       </c>
-      <c r="I84" s="1" t="s">
-[...34 lines deleted...]
-      <c r="H85" s="1">
+      <c r="I550" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J550" s="18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K550" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L550" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="551" spans="1:12" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A551" s="18">
+        <v>26076</v>
+      </c>
+      <c r="B551" s="18" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C551" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D551" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E551" s="21">
+        <v>46162</v>
+      </c>
+      <c r="F551" s="18" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G551" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H551" s="18">
         <v>1</v>
       </c>
-      <c r="I85" s="1" t="s">
-[...604 lines deleted...]
-      <c r="H101" s="1">
+      <c r="I551" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J551" s="18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K551" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L551" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="552" spans="1:12" ht="37" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A552" s="18">
+        <v>26077</v>
+      </c>
+      <c r="B552" s="18" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C552" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D552" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E552" s="21">
+        <v>46190</v>
+      </c>
+      <c r="F552" s="18" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G552" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H552" s="18">
         <v>1</v>
       </c>
-      <c r="I101" s="1" t="s">
-[...148 lines deleted...]
-      <c r="H105" s="1">
+      <c r="I552" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J552" s="18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K552" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L552" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="553" spans="1:12" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A553" s="18">
+        <v>26078</v>
+      </c>
+      <c r="B553" s="18" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C553" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D553" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E553" s="21">
+        <v>46218</v>
+      </c>
+      <c r="F553" s="18" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G553" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H553" s="18">
         <v>1</v>
       </c>
-      <c r="I105" s="1" t="s">
-[...260 lines deleted...]
-      <c r="H112" s="1">
+      <c r="I553" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J553" s="18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K553" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L553" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="554" spans="1:12" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A554" s="18">
+        <v>26079</v>
+      </c>
+      <c r="B554" s="18" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C554" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D554" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E554" s="21">
+        <v>46253</v>
+      </c>
+      <c r="F554" s="18" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G554" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H554" s="18">
+        <v>1</v>
+      </c>
+      <c r="I554" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J554" s="18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K554" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L554" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="555" spans="1:12" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A555" s="18">
+        <v>26080</v>
+      </c>
+      <c r="B555" s="18" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C555" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D555" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E555" s="21">
+        <v>46281</v>
+      </c>
+      <c r="F555" s="18" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G555" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H555" s="18">
+        <v>1</v>
+      </c>
+      <c r="I555" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J555" s="18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K555" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L555" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="556" spans="1:12" ht="36.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A556" s="18">
+        <v>26082</v>
+      </c>
+      <c r="B556" s="18" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C556" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D556" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E556" s="21">
+        <v>46309</v>
+      </c>
+      <c r="F556" s="18" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G556" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H556" s="18">
+        <v>1</v>
+      </c>
+      <c r="I556" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J556" s="18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K556" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L556" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="557" spans="1:12" ht="37" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A557" s="18">
+        <v>26082</v>
+      </c>
+      <c r="B557" s="18" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C557" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D557" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E557" s="21">
+        <v>46344</v>
+      </c>
+      <c r="F557" s="18" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G557" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H557" s="18">
+        <v>1</v>
+      </c>
+      <c r="I557" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J557" s="18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K557" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L557" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="558" spans="1:12" ht="39.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A558" s="18">
+        <v>26083</v>
+      </c>
+      <c r="B558" s="18" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C558" s="18" t="s">
+        <v>789</v>
+      </c>
+      <c r="D558" s="18" t="s">
+        <v>944</v>
+      </c>
+      <c r="E558" s="21">
+        <v>46372</v>
+      </c>
+      <c r="F558" s="18" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G558" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H558" s="18">
+        <v>1</v>
+      </c>
+      <c r="I558" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J558" s="18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K558" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L558" s="23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="559" spans="1:12" ht="57" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A559" s="18">
+        <v>26084</v>
+      </c>
+      <c r="B559" s="18" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C559" s="18" t="s">
+        <v>620</v>
+      </c>
+      <c r="D559" s="18" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E559" s="21">
+        <v>46109</v>
+      </c>
+      <c r="F559" s="18" t="s">
+        <v>1023</v>
+      </c>
+      <c r="G559" s="30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H559" s="18">
         <v>2.5</v>
       </c>
-      <c r="I112" s="1" t="s">
-[...7004 lines deleted...]
-      <c r="B297" s="1" t="s">
+      <c r="I559" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J559" s="18" t="s">
         <v>122</v>
       </c>
-      <c r="C297" s="1" t="s">
-[...4223 lines deleted...]
-      <c r="E408" s="1" t="s">
+      <c r="K559" s="23" t="s">
         <v>999</v>
       </c>
-      <c r="F408" s="1" t="s">
-[...1462 lines deleted...]
-        <v>15</v>
+      <c r="L559" s="23" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection deleteColumns="0" deleteRows="0" sort="0"/>
+  <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertHyperlinks="0" selectLockedCells="1" autoFilter="0"/>
   <protectedRanges>
-    <protectedRange sqref="G374:G376" name="Locked Row_12"/>
-[...26 lines deleted...]
-    <protectedRange sqref="A432:L434 J438" name="Locked Row_1_1"/>
+    <protectedRange sqref="F389 J389:K389 G388:L388 B389:D389 A388 E391:E399 A2:XFD151 E401:E429 A391:D429 A430:L439 C388:E388 A443:L445 K446:L446 A446:I446 G462:G489 M343:XFD1048576 A539:L1048576 A447:L461 A462:B473 D462:F473 K505:L506 A494:L504 A152:A156 C152:D156 H152:I156 K152:XFD156 A505:D506 H490:L493 A490:D493 A157:XFD336 K462:L480 H462:J470 H471:I472 I473 H473:H474 J471:J480 A343:L387 A337:A342 G507:L538 F507:F535 F537:F538 J481:L489 A507:E538 D337:XFD342 C462:C489 F391:L429" name="Locked Row"/>
+    <protectedRange sqref="J446 A440:L442" name="Locked Row_1"/>
+    <protectedRange sqref="B388" name="Locked Row_2"/>
+    <protectedRange sqref="B152:B156" name="Locked Row_3"/>
+    <protectedRange sqref="E152:G156" name="Locked Row_4"/>
+    <protectedRange sqref="J152:J156" name="Locked Row_5"/>
+    <protectedRange sqref="E505:J506" name="Locked Row_6"/>
+    <protectedRange sqref="E490:G493" name="Locked Row_7"/>
+    <protectedRange sqref="C337" name="Locked Row_8"/>
+    <protectedRange sqref="C338:C342" name="Locked Row_8_1"/>
   </protectedRanges>
-  <phoneticPr fontId="4" type="noConversion"/>
+  <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="G205" r:id="rId1" display="https://www.cultureandlanguage.net/trainings" xr:uid="{5FDD94D7-886E-4D3F-9AD0-75E6A968D407}"/>
-[...88 lines deleted...]
-    <hyperlink ref="G431" r:id="rId90" xr:uid="{8F8F909D-6868-4690-9E77-BA5AF8ECB25A}"/>
+    <hyperlink ref="G30" r:id="rId1" xr:uid="{AA8E9FBC-BCEE-41D8-ABDE-12107AE8F31D}"/>
+    <hyperlink ref="G117" r:id="rId2" xr:uid="{663B8A36-515C-4BF0-90A2-AAB44A62BA89}"/>
+    <hyperlink ref="G118" r:id="rId3" xr:uid="{89F7A191-1EA1-4859-A34A-CA51B219E664}"/>
+    <hyperlink ref="G119" r:id="rId4" xr:uid="{F36BAC43-F755-4D43-BD67-DA3964CAC249}"/>
+    <hyperlink ref="G120" r:id="rId5" xr:uid="{9C90A521-FE53-463E-95ED-C209D28625C2}"/>
+    <hyperlink ref="G121" r:id="rId6" xr:uid="{3473D6A7-BFB8-4AFC-8B7F-A3BFB5F04B3A}"/>
+    <hyperlink ref="G122" r:id="rId7" xr:uid="{94CD600B-B562-4164-A887-82AFF677B033}"/>
+    <hyperlink ref="G123" r:id="rId8" xr:uid="{4C159F06-0623-4AEF-9575-0B7A97AF725D}"/>
+    <hyperlink ref="G124" r:id="rId9" xr:uid="{38D88A7C-19D3-4C59-A0B9-40815955EF08}"/>
+    <hyperlink ref="G125" r:id="rId10" xr:uid="{B944EB50-5417-462C-87F0-A4CBAFFD409D}"/>
+    <hyperlink ref="G116" r:id="rId11" xr:uid="{38F37C84-5BB8-47FA-B007-D565B87FBFAE}"/>
+    <hyperlink ref="G126" r:id="rId12" xr:uid="{D95E2A04-9A24-40F7-9480-8545949EDD5E}"/>
+    <hyperlink ref="G127" r:id="rId13" xr:uid="{D12E5ED8-0E92-4BB6-A6C7-FAD6B3AEAA2B}"/>
+    <hyperlink ref="G128" r:id="rId14" xr:uid="{5E752CA1-DDDF-4940-B37E-63B844556245}"/>
+    <hyperlink ref="G129" r:id="rId15" xr:uid="{0792BEB4-AB52-4A5E-84CD-D0A4C302337C}"/>
+    <hyperlink ref="G130" r:id="rId16" xr:uid="{E66CDD5E-5FED-4D00-BEFE-0F19B97E7988}"/>
+    <hyperlink ref="G131" r:id="rId17" xr:uid="{9A4CF763-28C0-4D23-8AAB-AB30A01D04FA}"/>
+    <hyperlink ref="G32" r:id="rId18" xr:uid="{BBAAAAEB-35B9-49AA-89CE-F3DDFA0E41C7}"/>
+    <hyperlink ref="G33" r:id="rId19" xr:uid="{7359ED53-3871-4BA0-B927-893C6F830551}"/>
+    <hyperlink ref="G34" r:id="rId20" xr:uid="{1FCADB54-2F84-442D-956D-285691338DAD}"/>
+    <hyperlink ref="G35" r:id="rId21" xr:uid="{18E153E0-190C-495F-8BEA-9BCF10D5B302}"/>
+    <hyperlink ref="G36" r:id="rId22" xr:uid="{42B110B1-3704-411A-8C76-0E3A02E15080}"/>
+    <hyperlink ref="G37" r:id="rId23" xr:uid="{67711F75-E8B4-4DFA-9DEE-D84140CB22A7}"/>
+    <hyperlink ref="G132" r:id="rId24" xr:uid="{B867FCF9-EA53-4261-96A7-23955EE98F62}"/>
+    <hyperlink ref="G43" r:id="rId25" xr:uid="{80B92DFD-E6A8-4777-A9DA-E59067BA350D}"/>
+    <hyperlink ref="G44" r:id="rId26" xr:uid="{BC49A6DE-ACF9-4BED-8224-09971C17D7CE}"/>
+    <hyperlink ref="G85" r:id="rId27" xr:uid="{72884613-9677-411F-9855-BEE804192C1A}"/>
+    <hyperlink ref="G81" r:id="rId28" xr:uid="{28CB9D68-39BE-4E57-A36E-608A0863CE28}"/>
+    <hyperlink ref="G45" r:id="rId29" xr:uid="{69460F8C-5909-4F47-9815-F2CB58BD519D}"/>
+    <hyperlink ref="G46" r:id="rId30" xr:uid="{5CC5B34F-E44F-4397-B1E5-EB22697064EA}"/>
+    <hyperlink ref="G47" r:id="rId31" xr:uid="{9D8D439F-9E6A-47F5-B1FC-6518D4C75471}"/>
+    <hyperlink ref="G48" r:id="rId32" xr:uid="{FBD97BE8-23CD-497C-9C27-1BFF76228D2D}"/>
+    <hyperlink ref="G49" r:id="rId33" xr:uid="{ACA0C53E-6016-468E-BD63-02BD1EDD440B}"/>
+    <hyperlink ref="G50" r:id="rId34" xr:uid="{F211FB99-9F46-4495-A705-6B486C430EB6}"/>
+    <hyperlink ref="G51" r:id="rId35" xr:uid="{9B7144E6-732C-47FD-A965-12C1EE4EE014}"/>
+    <hyperlink ref="G52" r:id="rId36" xr:uid="{CA43F844-F90A-4243-997F-24518B2C19A3}"/>
+    <hyperlink ref="G86" r:id="rId37" xr:uid="{D75E5EF9-6626-4C30-99CF-582FA0CC9A33}"/>
+    <hyperlink ref="G82" r:id="rId38" xr:uid="{1FADCB97-7B9C-4F69-84E5-27BFFB428FF9}"/>
+    <hyperlink ref="G53" r:id="rId39" xr:uid="{76C98877-A341-45C6-B5D8-00D571A1FA6C}"/>
+    <hyperlink ref="G54" r:id="rId40" xr:uid="{8C38359D-9492-48EC-A2C7-1B49EFB53978}"/>
+    <hyperlink ref="G55" r:id="rId41" xr:uid="{C4C49C7E-B7DD-469C-BDB1-97D6550AD457}"/>
+    <hyperlink ref="G56" r:id="rId42" xr:uid="{25303ABE-C7E6-4A52-A8B9-DF0BD601A102}"/>
+    <hyperlink ref="G57" r:id="rId43" xr:uid="{01162539-935C-4996-8D5A-17BAD66E8669}"/>
+    <hyperlink ref="G58" r:id="rId44" xr:uid="{3BF96D6F-FB90-42D8-8888-33816198BF2E}"/>
+    <hyperlink ref="G59" r:id="rId45" xr:uid="{11E28816-BE7B-46EA-AC63-7A5607D8801E}"/>
+    <hyperlink ref="G60" r:id="rId46" xr:uid="{1DFD7DEB-FDD3-4BB7-BA8B-7D459BD417A8}"/>
+    <hyperlink ref="G83" r:id="rId47" xr:uid="{618DA468-45C1-4761-A2E3-ABA8ADA958FE}"/>
+    <hyperlink ref="G84" r:id="rId48" xr:uid="{E485B2E1-80F8-4C49-A462-8D4E24B00644}"/>
+    <hyperlink ref="G61" r:id="rId49" xr:uid="{F3263B6D-19AD-4215-B6AA-107F773FC771}"/>
+    <hyperlink ref="G62" r:id="rId50" xr:uid="{31985E83-EE71-45D2-BE2B-CAD7F74F49FB}"/>
+    <hyperlink ref="G63" r:id="rId51" xr:uid="{5F77ADFB-F8D9-4430-88A9-DF8809238BA9}"/>
+    <hyperlink ref="G64" r:id="rId52" xr:uid="{20DCEF83-9B5E-49D2-853E-235FD3FD7A38}"/>
+    <hyperlink ref="G65" r:id="rId53" xr:uid="{5253AEEF-3F8E-4E69-BA98-FEB6411FE5AE}"/>
+    <hyperlink ref="G66" r:id="rId54" xr:uid="{B31711AC-C4EB-4CC3-9571-26264F8903DF}"/>
+    <hyperlink ref="G67" r:id="rId55" xr:uid="{D1251F5E-7D3B-4183-AF11-64ACE5B7009E}"/>
+    <hyperlink ref="G68" r:id="rId56" xr:uid="{BF76AA4B-2D3E-4922-9771-8DA6C710538D}"/>
+    <hyperlink ref="G69" r:id="rId57" xr:uid="{48310BF0-F13E-4D0B-877F-BFD343DB5B3C}"/>
+    <hyperlink ref="G70" r:id="rId58" xr:uid="{213C43DB-C68E-4C66-896F-A3343611436D}"/>
+    <hyperlink ref="G71" r:id="rId59" xr:uid="{830E63F3-757B-40A0-8858-4567650C4E4B}"/>
+    <hyperlink ref="G72" r:id="rId60" xr:uid="{3E246F02-ADAA-4437-860E-DA4913EA48B2}"/>
+    <hyperlink ref="G73" r:id="rId61" xr:uid="{977D6A04-8D68-4744-BFA3-75C1AF933BCF}"/>
+    <hyperlink ref="G74" r:id="rId62" xr:uid="{F5049C06-9DA2-4672-8BAD-905B98AC0A60}"/>
+    <hyperlink ref="G75" r:id="rId63" xr:uid="{1A18CB99-7D76-412E-AB02-832AE661BF2D}"/>
+    <hyperlink ref="G76" r:id="rId64" xr:uid="{17F57420-9488-4545-B226-044B04A649FA}"/>
+    <hyperlink ref="G77" r:id="rId65" xr:uid="{1E0E38BE-B33B-41E5-98C5-41F637D8C210}"/>
+    <hyperlink ref="G78" r:id="rId66" xr:uid="{E33FA073-4929-4304-9EEA-7355760FDE0E}"/>
+    <hyperlink ref="G79" r:id="rId67" xr:uid="{9E049BE3-09B0-4422-BF29-7BAFECDB0A22}"/>
+    <hyperlink ref="G80" r:id="rId68" xr:uid="{75E221AD-11EB-46F7-960C-AEA3B6205C1D}"/>
+    <hyperlink ref="G96" r:id="rId69" display="http://www.thecourtinterpreters.com/" xr:uid="{ED235CB0-6BAC-45EB-AF00-616CAA5FC438}"/>
+    <hyperlink ref="G104" r:id="rId70" xr:uid="{3DB7FCCC-141D-4444-BD95-674A5524683C}"/>
+    <hyperlink ref="G107" r:id="rId71" xr:uid="{86F5FFD2-F43F-4EC0-8438-030E5654048E}"/>
+    <hyperlink ref="G108" r:id="rId72" xr:uid="{2F499B66-FA9E-4C4C-913A-233448A77BA9}"/>
+    <hyperlink ref="G109" r:id="rId73" xr:uid="{9AC89820-5455-467C-A65D-9F872E626E58}"/>
+    <hyperlink ref="G111" r:id="rId74" xr:uid="{AA51D3BA-00BD-43B3-900F-2E831AD2EA68}"/>
+    <hyperlink ref="G112" r:id="rId75" xr:uid="{6B43D36A-9577-481C-8283-1FA59F20E96F}"/>
+    <hyperlink ref="G133" r:id="rId76" display="http://www.1stchoicecimce.com/california-cimce-classes.html" xr:uid="{FB4299E8-68EE-4C71-A6FE-08FD0F5367D8}"/>
+    <hyperlink ref="G136" r:id="rId77" display="https://athenaskyinterpreting.com/master-class-all/?mc_cid=0804022725&amp;mc_eid=2efbf2febf" xr:uid="{D1715038-B332-4CBC-B0F1-27B626855DC6}"/>
+    <hyperlink ref="G137" r:id="rId78" xr:uid="{34D8BA34-9F2F-4B12-90E6-582B4FDDC7C2}"/>
+    <hyperlink ref="G138" r:id="rId79" xr:uid="{1E917CF0-CA73-4354-B70E-7C2B8F81254F}"/>
+    <hyperlink ref="G139" r:id="rId80" xr:uid="{C559294A-C9E8-4789-B89F-12669CE36CB3}"/>
+    <hyperlink ref="G5" r:id="rId81" xr:uid="{35A4D9A1-C6BA-4713-B0DE-5C1313B5BF14}"/>
+    <hyperlink ref="G142" r:id="rId82" display="https://rogelio.net/california-courses/" xr:uid="{88592ADF-C4E0-4E3D-A797-DE6667C53B9C}"/>
+    <hyperlink ref="G144" r:id="rId83" display="https://nci.arizona.edu/interpreter-training/court-interpreter-training-institute-citi" xr:uid="{D9F059EF-D564-48DD-AC32-C76D0E78BFA8}"/>
+    <hyperlink ref="G145" r:id="rId84" display="https://www.transinterpreting.com/interpreting-for-911-trauma-&amp;-assessment-&amp;-equipment-live-webinar-neutral" xr:uid="{EA8D71D3-E712-4D3A-9327-53B95D051817}"/>
+    <hyperlink ref="G141" r:id="rId85" display="https://www.copovertylawproject.org/" xr:uid="{E1D9B09A-E011-4B0F-9F90-AB639295154C}"/>
+    <hyperlink ref="G150" r:id="rId86" display="https://www.transinterpreting.com/jerga-americas-costarica-self-paced-language-spanish" xr:uid="{040C96D7-0824-4EA8-9B6E-3E3BADBE88A7}"/>
+    <hyperlink ref="G151" r:id="rId87" display="https://www.transinterpreting.com/navigating-latin-american-slang-self-paced-spanish" xr:uid="{E165C0C2-2C1A-4298-A744-19F17DDE645B}"/>
+    <hyperlink ref="G160" r:id="rId88" xr:uid="{3D17EB74-213A-482F-94FF-E78E5E9E33A1}"/>
+    <hyperlink ref="G178" r:id="rId89" xr:uid="{6DB76478-760D-4CEE-8BE3-B8DDC0153491}"/>
+    <hyperlink ref="G166" r:id="rId90" display="https://bookme.texantranslation.com/translating-evidence-for-criminal-cases" xr:uid="{25DB4BD8-0695-4752-AA35-DB9E6368A634}"/>
+    <hyperlink ref="G167" r:id="rId91" xr:uid="{F8B7E713-169B-4E43-AFE2-17C508A0F80B}"/>
+    <hyperlink ref="G168" r:id="rId92" xr:uid="{5916DBD5-2254-4B7E-AF6A-CB1DD60B4796}"/>
+    <hyperlink ref="G25" r:id="rId93" xr:uid="{37A7546F-D64E-4C6C-AF94-737BF59737A0}"/>
+    <hyperlink ref="G8" r:id="rId94" xr:uid="{9D829706-81AC-4794-98BC-F84A2B5757F4}"/>
+    <hyperlink ref="G88" r:id="rId95" xr:uid="{D7902490-8325-44F4-8081-F485C2EB1E8C}"/>
+    <hyperlink ref="G165" r:id="rId96" xr:uid="{4F381240-D845-4D27-BEA0-9A73034CAD4F}"/>
+    <hyperlink ref="G161" r:id="rId97" xr:uid="{2BA02BC2-4C28-4669-9BD8-AD0461C5E8E6}"/>
+    <hyperlink ref="G184" r:id="rId98" xr:uid="{47EDC103-650B-4B8D-9B12-A4574AA334D8}"/>
+    <hyperlink ref="G183" r:id="rId99" xr:uid="{9897CFB8-9CC1-4E5F-9352-138B3B7EA4EE}"/>
+    <hyperlink ref="G191" r:id="rId100" display="https://conference.linguistscollective.info/" xr:uid="{26CA23B9-4452-4FC4-87F7-959F7D2C04AE}"/>
+    <hyperlink ref="G171" r:id="rId101" display="https://www.codexconsulting.net/continuing-education/" xr:uid="{F400B8FB-271A-476F-8B82-DC6923A87C26}"/>
+    <hyperlink ref="G192" r:id="rId102" display="https://texantranslation.com/" xr:uid="{9FA571B5-8502-4BA4-9CF3-7AA636C5ECD6}"/>
+    <hyperlink ref="G193" r:id="rId103" display="https://texantranslation.com/" xr:uid="{60C2BD4E-C91F-447C-9A57-86B3EB1434BF}"/>
+    <hyperlink ref="G198" r:id="rId104" xr:uid="{EFCBF3E3-4263-4CDF-838D-E6DD40904D76}"/>
+    <hyperlink ref="G200" r:id="rId105" display="https://www.transinterpreting.com/offers/qrsBtfo6/checkout" xr:uid="{0B50CB82-D9EB-41B5-9729-F23869BF5E29}"/>
+    <hyperlink ref="G201" r:id="rId106" display="https://najit.org/najit-academy/" xr:uid="{53AA6313-FE86-42D4-941F-24B4535C1963}"/>
+    <hyperlink ref="G194" r:id="rId107" xr:uid="{83CB49E3-0A9A-4621-B25E-A976B3D59C35}"/>
+    <hyperlink ref="G203" r:id="rId108" display="https://najit.org/najit2024/schedule-at-a-glance/" xr:uid="{5299EC13-E15D-41FE-9E14-CB2D97839455}"/>
+    <hyperlink ref="G204" r:id="rId109" display="https://najit.org/najit2024/schedule-at-a-glance/" xr:uid="{21A16246-AE1B-4E8D-8A93-F8AEA9E8C959}"/>
+    <hyperlink ref="G205" r:id="rId110" xr:uid="{8F992046-2DFC-491E-A76D-CB6D7B1C5751}"/>
+    <hyperlink ref="G206" r:id="rId111" display="https://athenaskyinterpreting.com/product/notable-notes-sun-april-21/" xr:uid="{865A84DB-AB03-4C93-BE36-22CFF4CEC621}"/>
+    <hyperlink ref="G222" r:id="rId112" xr:uid="{993069B9-34A1-416A-BDC6-57A73DFDF38C}"/>
+    <hyperlink ref="G223" r:id="rId113" display="https://www.coloradolanguageconnection.org/workshop-for-interpreters" xr:uid="{64776C54-CA85-4208-B978-E0BAAC479AE9}"/>
+    <hyperlink ref="G224" r:id="rId114" location="/registration" display="https://us02web.zoom.us/webinar/register/WN_Z645TEU3TUCsr6g-0axMMQ?mc_cid=803f38719a&amp;mc_eid=60cf8a0856 - /registration" xr:uid="{F8F8E215-A97E-403A-839A-88E75A21FC1D}"/>
+    <hyperlink ref="G226" r:id="rId115" display="https://www.ccio.org/events" xr:uid="{88C8BE77-BBDA-4254-9FE5-4DDC6D8D46A8}"/>
+    <hyperlink ref="G227" r:id="rId116" display="https://nci.arizona.edu/interpreter-training/court-interpreter-training-institute-citi" xr:uid="{ABD9ADF6-6DE0-4217-8650-B8186C3031E5}"/>
+    <hyperlink ref="G229" r:id="rId117" xr:uid="{0ED0CAC2-5BF8-4D03-A99A-D6F47BE24557}"/>
+    <hyperlink ref="G225" r:id="rId118" display="http://www.codexconsulting.net/" xr:uid="{712DB629-5FEA-4B4A-A409-A3A9C1DDC55F}"/>
+    <hyperlink ref="G231" r:id="rId119" display="https://linguisteducationonline.com/leo-9th-conference/" xr:uid="{44D939D0-4F5B-49AC-8376-CC8C8AEFB789}"/>
+    <hyperlink ref="G237" r:id="rId120" location="/registration" display="https://us02web.zoom.us/webinar/register/WN_XWfJeLTxSzeGxKlOTC5XeQ?mc_cid=87cbed3e32&amp;mc_eid=60cf8a0856 - /registration" xr:uid="{FD4A7724-A152-4530-8957-9CF83B5E6AD2}"/>
+    <hyperlink ref="G258" r:id="rId121" location="/registration" display="https://us02web.zoom.us/webinar/register/WN_HFPQbpfxSfaW-Jkfr458EA?mc_cid=7a68e7c17d&amp;mc_eid=21da31994b - /registration" xr:uid="{68B5060F-FE3A-4964-97B6-BF2A16F41738}"/>
+    <hyperlink ref="G260" r:id="rId122" display="https://nala.org/nala-conference-expo/" xr:uid="{EA43C429-105C-481C-84DB-7D504203D973}"/>
+    <hyperlink ref="G259" r:id="rId123" display="https://www.coloradolanguageconnection.org/workshop-for-interpreters" xr:uid="{BB0A632C-17AF-4D1A-804D-437A08E14AE0}"/>
+    <hyperlink ref="G261" r:id="rId124" display="https://delamorainstitute.com/sosi/" xr:uid="{8737CE19-E042-4539-9A63-475D84A9C6E1}"/>
+    <hyperlink ref="G262" r:id="rId125" display="https://de-la-mora-training.thinkific.com/courses/dmwe24-06-enhancing-consecutive-interpretation-techniques-for-improved-accuracy-part-1" xr:uid="{AF3AAAEB-0027-4FBD-AD27-41492BCCC997}"/>
+    <hyperlink ref="G263" r:id="rId126" location="/registration" xr:uid="{7552C9B3-787D-49F4-ADD0-A9F7C048A08F}"/>
+    <hyperlink ref="G264" r:id="rId127" xr:uid="{B295BA2F-D156-4C62-B8E6-4FC1824005D4}"/>
+    <hyperlink ref="G265" r:id="rId128" xr:uid="{A84900D0-0C37-4748-B24B-BEEEA8451CDE}"/>
+    <hyperlink ref="G266" r:id="rId129" xr:uid="{DC61F796-EC65-4B13-8AA8-480A0E4037BD}"/>
+    <hyperlink ref="G267" r:id="rId130" xr:uid="{779B697F-BE3E-4AD4-A96B-8B481697B2A4}"/>
+    <hyperlink ref="G272" r:id="rId131" xr:uid="{F55F2E31-13DF-4C6E-B4F4-64B6A5084C1E}"/>
+    <hyperlink ref="G274" r:id="rId132" display="https://coloradojudicial.sabacloud.com/Saba/Web_spf/NA10P1PRD009/app/dashboard" xr:uid="{49C1231A-32F3-46E5-B29B-D52F75461C66}"/>
+    <hyperlink ref="G279" r:id="rId133" xr:uid="{5C756A0A-4EB3-4353-84C4-511DAE4CC563}"/>
+    <hyperlink ref="G280" r:id="rId134" display="https://www.ncsc.org/conferences-and-events/events-calendar/2024/webinars/aug/webinar-fundamentals-of-ai-in-the-u.s.-court-system" xr:uid="{80080920-C5F0-42BF-ACEA-9B0CDCB0596C}"/>
+    <hyperlink ref="G281" r:id="rId135" display="https://academiatraductores.com/p/curso-ia-avanzado" xr:uid="{329F26DC-542D-4630-B965-3DFE86803994}"/>
+    <hyperlink ref="G282" r:id="rId136" display="https://www.surveymonkey.com/r/PBKV22Y" xr:uid="{E8B7E5C7-FCCC-495A-9E56-D91012C0F531}"/>
+    <hyperlink ref="G188" r:id="rId137" display="https://www.transinterpreting.com/jerga-americas-costarica-self-paced-language-spanish" xr:uid="{0E6029BE-442D-42C3-B41C-500F1842F1D4}"/>
+    <hyperlink ref="G283" r:id="rId138" display="https://dg0000000jfrumae.my.salesforce-sites.com/events/evt__quickevent?id=a1a8Y000024Gw5DQAS" xr:uid="{968FCF84-3F2A-4562-AE9C-26528F5E8AD2}"/>
+    <hyperlink ref="G285" r:id="rId139" display="https://citacolorado.org/events/2024-cita-conference/" xr:uid="{B117D97C-3BF3-477B-A52B-B9005970EF7C}"/>
+    <hyperlink ref="G286" r:id="rId140" xr:uid="{5B2D7979-76C2-4253-ADF0-1B6AB8695F7E}"/>
+    <hyperlink ref="G288" r:id="rId141" xr:uid="{ECAA794B-006D-413C-AE1E-BFEB136EA08A}"/>
+    <hyperlink ref="G289" r:id="rId142" xr:uid="{50F0A8B8-3335-48F1-8ABE-DC440DA06915}"/>
+    <hyperlink ref="G290" r:id="rId143" xr:uid="{74798E05-A7AF-4F49-BBAA-B3925340A191}"/>
+    <hyperlink ref="G291" r:id="rId144" xr:uid="{A2F841C6-E67F-4001-8351-321A0ACB313D}"/>
+    <hyperlink ref="G292" r:id="rId145" xr:uid="{7A1FC462-91EE-4777-9251-0E3A0CD71CAA}"/>
+    <hyperlink ref="G269" r:id="rId146" xr:uid="{2BDE330C-14AF-4210-98A4-C7E7A55316BF}"/>
+    <hyperlink ref="G42" r:id="rId147" xr:uid="{DCB25379-EB35-4142-B6E9-BDE9CE16A05D}"/>
+    <hyperlink ref="G297" r:id="rId148" display="https://athenaskyinterpreting.com/product/ethics-accuracy-thru-preparation-oct-27/" xr:uid="{80159441-9349-4AF4-A565-5F6A9AEB17AC}"/>
+    <hyperlink ref="G296" r:id="rId149" xr:uid="{4DBD2270-02F7-4D92-BDF0-43A531BB3A9F}"/>
+    <hyperlink ref="G298" r:id="rId150" display="https://athenaskyinterpreting.com/product/ethics-the-interpreters-correction-oct-6/" xr:uid="{4AAD1276-8B05-4846-AF01-D08E44B0FD01}"/>
+    <hyperlink ref="G300:G304" r:id="rId151" display="http://www.1stchoicecimce.com/california-cimce-classes.html" xr:uid="{A7DE440B-159E-4260-8EAB-F9F628EEA5CF}"/>
+    <hyperlink ref="G27" r:id="rId152" xr:uid="{F3482FBE-0DEC-4A22-8783-DAA1A5797ECF}"/>
+    <hyperlink ref="G307" r:id="rId153" xr:uid="{332EC04E-CFAD-4AC1-916F-1DA4447FC5A0}"/>
+    <hyperlink ref="G273" r:id="rId154" xr:uid="{C88D78AB-C682-49FE-A228-BF62262417C4}"/>
+    <hyperlink ref="G310" r:id="rId155" location=":~:text=Northwest%20Translators%20and%20Interpreters%20Society%20is" display="https://www.notisnet.org/NOTIS-2024 - :~:text=Northwest%20Translators%20and%20Interpreters%20Society%20is" xr:uid="{65B4D940-782A-4285-8E41-5AE3A5639313}"/>
+    <hyperlink ref="G312" r:id="rId156" display="https://www.fil.com.mx/prog/resultados.asp?r=8&amp;idsr=8&amp;f=0&amp;n=&amp;a=&amp;c=&amp;ids=0&amp;e=2024&amp;pg=2&amp;b=&amp;tipo=" xr:uid="{1886EBDF-3085-44CF-9FE3-CB62B670B9EE}"/>
+    <hyperlink ref="G313" r:id="rId157" location="/registration" display="https://zoom.us/webinar/register/WN_ZUPPIm9pQLiEo5aV-UR30w?utm_campaign=576553_Webinar%3A%20Navigating%20AI%20in%20Court%20Systems%3A%20Ethics%2C%20Legal%20Frameworks%2C%20and%20Practical%20Tools&amp;utm_medium=email&amp;utm_source=newsletter&amp;utm_content=v-0&amp;dm_i=7L57,CCVD,7VVI9V,1V1LQ,1 - /registration" xr:uid="{75D2FFB2-B009-4887-8004-E6B81CA57871}"/>
+    <hyperlink ref="G301" r:id="rId158" xr:uid="{A5613069-E0E7-4F7D-A94A-0E285A583AA9}"/>
+    <hyperlink ref="G300" r:id="rId159" xr:uid="{B42FACE3-2C95-4F06-A6DB-FD348BE9D5A7}"/>
+    <hyperlink ref="G299" r:id="rId160" display="https://www.avptranslations.com" xr:uid="{6072C315-7F35-4E0D-8D9A-1ECA4551CF15}"/>
+    <hyperlink ref="G314" r:id="rId161" xr:uid="{7300B6FD-2B93-49F0-929A-03C7476DA959}"/>
+    <hyperlink ref="G315" r:id="rId162" xr:uid="{E9596A83-1C5F-4767-A6B9-52379243B457}"/>
+    <hyperlink ref="G316" r:id="rId163" xr:uid="{5A617460-8C9E-4F4D-A7A3-F2D3ACDCA44B}"/>
+    <hyperlink ref="G317" r:id="rId164" xr:uid="{811D43C6-73C6-436D-9200-4C6E9F93BE46}"/>
+    <hyperlink ref="G318" r:id="rId165" xr:uid="{E79DAC0D-7A49-4F7F-9FFE-F982D2E8A2CD}"/>
+    <hyperlink ref="G319" r:id="rId166" xr:uid="{F772D3A7-55A2-4633-8C7C-6337DDFCBCD2}"/>
+    <hyperlink ref="G320" r:id="rId167" xr:uid="{8728EC54-3A38-40AC-BD7E-8C5584B9CCAA}"/>
+    <hyperlink ref="G321" r:id="rId168" xr:uid="{46564669-BE4A-44BF-883F-013764154CC4}"/>
+    <hyperlink ref="G322" r:id="rId169" xr:uid="{B73EA856-DC7C-450E-8168-54E39AFDEDEE}"/>
+    <hyperlink ref="G325" r:id="rId170" xr:uid="{41C1C4ED-D053-407E-869C-D28069204157}"/>
+    <hyperlink ref="G327" r:id="rId171" xr:uid="{64CE157D-2512-4C3F-884A-5308FE4ABA28}"/>
+    <hyperlink ref="G323" r:id="rId172" xr:uid="{4A20E51D-3DD7-4C7A-9842-9EA55178CAB4}"/>
+    <hyperlink ref="G324" r:id="rId173" xr:uid="{118CA2FF-FAF0-47CC-928E-36BBC8D9D507}"/>
+    <hyperlink ref="G326" r:id="rId174" xr:uid="{C9290202-2ED7-44DD-A602-4ABFC531C5B8}"/>
+    <hyperlink ref="G328" r:id="rId175" xr:uid="{8F5380DE-0E78-4E9F-B113-920C454589B3}"/>
+    <hyperlink ref="G329" r:id="rId176" xr:uid="{773B75B7-A36C-4A7F-A80C-A94B0158DCA3}"/>
+    <hyperlink ref="G343" r:id="rId177" xr:uid="{8B15B385-1B51-4469-8F2B-6EE18924404F}"/>
+    <hyperlink ref="G344" r:id="rId178" xr:uid="{833F1019-AA1A-48EF-9F59-8E5272EF4A7F}"/>
+    <hyperlink ref="G345" r:id="rId179" xr:uid="{1C95A2DC-2F3B-4F24-89C8-D29C2140608D}"/>
+    <hyperlink ref="G284" r:id="rId180" xr:uid="{B19FB99F-1DBC-4083-B3F4-DACB802E0DC1}"/>
+    <hyperlink ref="G287" r:id="rId181" display="'http://gsoservices.net" xr:uid="{BFA02146-4428-4FDF-964E-90ECD887784B}"/>
+    <hyperlink ref="G346" r:id="rId182" xr:uid="{F95EC01B-7B4F-4D89-A394-7B35071782DA}"/>
+    <hyperlink ref="G347" r:id="rId183" xr:uid="{4B3E470F-AEC4-4148-B0A0-12DA8E4ED015}"/>
+    <hyperlink ref="G349" r:id="rId184" xr:uid="{CFA39978-76BC-4479-80DA-8E2836A16AAA}"/>
+    <hyperlink ref="G350" r:id="rId185" xr:uid="{503A057E-F774-4C0F-AA6C-A1C9B93D6C5C}"/>
+    <hyperlink ref="G353" r:id="rId186" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{655B0067-834D-4E07-8E9A-B48C5584B938}"/>
+    <hyperlink ref="G352" r:id="rId187" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{C6EA085E-89FC-41DA-8CC9-425CAA0CF910}"/>
+    <hyperlink ref="G354" r:id="rId188" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{84847300-6747-4010-B58F-4339B14BD5DE}"/>
+    <hyperlink ref="G355" r:id="rId189" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{410774BE-2FEB-4F49-A32A-E4D0B99F3079}"/>
+    <hyperlink ref="G357" r:id="rId190" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{41C66E92-A073-43AD-9FBC-259F3DDA04F6}"/>
+    <hyperlink ref="G358" r:id="rId191" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{8F6EB472-0E32-4A53-B809-765BB9E8790A}"/>
+    <hyperlink ref="G359" r:id="rId192" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{759B5C77-DE03-43F1-89E0-E2E55B869A00}"/>
+    <hyperlink ref="G356" r:id="rId193" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{30220A5A-ADA3-4BE4-801F-3F545BF2822C}"/>
+    <hyperlink ref="G360" r:id="rId194" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{1512CCC7-5A8B-4F19-860B-65CBB0C49CF1}"/>
+    <hyperlink ref="G361" r:id="rId195" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{EBF49DE5-2AD5-45C6-B5C8-8ED13F85F352}"/>
+    <hyperlink ref="G362" r:id="rId196" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{77655744-B548-4D8C-9E99-5251E5A981C1}"/>
+    <hyperlink ref="G363" r:id="rId197" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{B7086D22-786B-4A6B-9FE6-0F5CAE802142}"/>
+    <hyperlink ref="G364" r:id="rId198" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{C401A2D0-8E36-4717-98D2-FE782E253B70}"/>
+    <hyperlink ref="G365" r:id="rId199" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{83986699-FD4C-45D7-AD07-9710EF94E8ED}"/>
+    <hyperlink ref="G366" r:id="rId200" display="'https://gfinterpreters-s-site-8c8f.thinkific.com/" xr:uid="{28E28EC5-C5FA-478C-A0A4-3A2DF630A351}"/>
+    <hyperlink ref="G367" r:id="rId201" xr:uid="{50704C40-901A-4DD4-A51D-F36ED3E5DAA2}"/>
+    <hyperlink ref="G331" r:id="rId202" xr:uid="{2A2D581C-3699-4052-B5CC-3BF340900D7F}"/>
+    <hyperlink ref="G332" r:id="rId203" xr:uid="{A27113B1-2E43-401D-8515-CD7904B6A6F2}"/>
+    <hyperlink ref="G368" r:id="rId204" xr:uid="{65FB741D-29CA-4D86-ABB7-DAD93D42680B}"/>
+    <hyperlink ref="G369" r:id="rId205" xr:uid="{2156C52E-A39F-4593-BD86-76049B02E1A3}"/>
+    <hyperlink ref="G370" r:id="rId206" xr:uid="{99616D9A-71EE-472E-B813-87D3AB71B072}"/>
+    <hyperlink ref="G371" r:id="rId207" xr:uid="{3CE80FC8-319C-47EC-AC67-6C6CFE22CFC0}"/>
+    <hyperlink ref="G374" r:id="rId208" xr:uid="{269D6C5D-F3CE-4C6A-B222-D321AFADC078}"/>
+    <hyperlink ref="G375" r:id="rId209" xr:uid="{7B84E14E-2B02-43D9-93E6-4A1B50B3DEEE}"/>
+    <hyperlink ref="G376" r:id="rId210" xr:uid="{699DE3EA-2F36-4549-811E-B46B277BE5B6}"/>
+    <hyperlink ref="G377" r:id="rId211" xr:uid="{CF667559-4F98-4185-95F0-EF8C40B4AF82}"/>
+    <hyperlink ref="G378" r:id="rId212" xr:uid="{C01334F0-A72B-41DA-B3DF-A273A9EA7BAE}"/>
+    <hyperlink ref="G380" r:id="rId213" xr:uid="{60580423-DF24-4705-9858-21576CA32C7C}"/>
+    <hyperlink ref="G381" r:id="rId214" xr:uid="{A708E01F-F62E-4C11-8C2A-95B6C664FE03}"/>
+    <hyperlink ref="G394" r:id="rId215" xr:uid="{4E0E6730-A416-4E58-B9FB-197E61CF2656}"/>
+    <hyperlink ref="G395" r:id="rId216" xr:uid="{37D99DA8-1180-4EC7-8224-A7C940392FF5}"/>
+    <hyperlink ref="G372" r:id="rId217" xr:uid="{0299785F-C954-4CC8-84B7-0C4551C9FBFF}"/>
+    <hyperlink ref="G373" r:id="rId218" xr:uid="{DF448756-7C37-4B60-9452-DCB2E5494699}"/>
+    <hyperlink ref="G382" r:id="rId219" location="/registration" xr:uid="{B04384BD-0202-4DF3-9886-F9144FFAA599}"/>
+    <hyperlink ref="G383" r:id="rId220" location="/registration" xr:uid="{306EAED1-E4AA-470C-AE20-A4F15F980657}"/>
+    <hyperlink ref="G384" r:id="rId221" display="Registration for upcoming webinars" xr:uid="{6BA3FF14-A00D-4E9F-9096-9E2C42FE1CBB}"/>
+    <hyperlink ref="G385" r:id="rId222" location="/registration" display="Registration for upcoming webinars" xr:uid="{B458062A-11D2-4404-B977-94DEDAE7555A}"/>
+    <hyperlink ref="G386" r:id="rId223" xr:uid="{0B732A83-5F6B-42F7-AC45-B28F600DCAA6}"/>
+    <hyperlink ref="G387" r:id="rId224" xr:uid="{618ADD05-4952-4D23-B7F3-9C72A045B852}"/>
+    <hyperlink ref="G388" r:id="rId225" xr:uid="{C61FD43C-7EDE-4C83-A420-1C198DD3928F}"/>
+    <hyperlink ref="G389" r:id="rId226" xr:uid="{4DEF8DA5-B572-48F4-82D9-1685E7008A85}"/>
+    <hyperlink ref="G390" r:id="rId227" xr:uid="{6F660D55-3D04-423B-94CF-806586750349}"/>
+    <hyperlink ref="G391" r:id="rId228" xr:uid="{5E74EC82-8354-4C56-8A40-760C1B54EF5E}"/>
+    <hyperlink ref="G31" r:id="rId229" xr:uid="{7A52B4FE-9F6E-4FC6-8312-03E61ADB0917}"/>
+    <hyperlink ref="G392" r:id="rId230" xr:uid="{40BC485C-70C4-4A5A-9227-E8AD0CF77BF1}"/>
+    <hyperlink ref="G393" r:id="rId231" xr:uid="{4775A7E5-343A-4FAA-AEED-AED89BC64FC8}"/>
+    <hyperlink ref="G397" r:id="rId232" xr:uid="{BCE02966-F853-4BD4-BCD2-73027CF1D9A7}"/>
+    <hyperlink ref="G396" r:id="rId233" xr:uid="{54515E20-76A1-4A11-9B33-9048954750A2}"/>
+    <hyperlink ref="G99" r:id="rId234" xr:uid="{8BC30D3F-F7BF-48E7-AF30-5FE4E03B77BD}"/>
+    <hyperlink ref="G100" r:id="rId235" xr:uid="{2584E9E3-35CF-44F7-95F3-DC180888FD41}"/>
+    <hyperlink ref="G97" r:id="rId236" xr:uid="{08CDFBDE-04CF-4329-A705-559370386FC1}"/>
+    <hyperlink ref="G98" r:id="rId237" xr:uid="{B300DEAB-C8AC-4994-BB0F-5C5A6DD3BB6B}"/>
+    <hyperlink ref="G94" r:id="rId238" xr:uid="{5B53AE64-ABA4-4D4E-B931-0AEC5E327B69}"/>
+    <hyperlink ref="G95" r:id="rId239" xr:uid="{A967A56B-404C-428F-AC84-07CDFF63D144}"/>
+    <hyperlink ref="G92" r:id="rId240" xr:uid="{2B3D40E7-A475-43C0-9DCC-D3D2340F9409}"/>
+    <hyperlink ref="G93" r:id="rId241" xr:uid="{B61E468D-0E05-4424-B65D-66FDA5C672C0}"/>
+    <hyperlink ref="G398" r:id="rId242" xr:uid="{6B76B6EA-8D44-4C16-B3AC-F7C38FA1BC91}"/>
+    <hyperlink ref="G403" r:id="rId243" display="Athena Sky Intepreting Products" xr:uid="{ED7F7563-2B81-4C1B-A4D2-0DFE8C334190}"/>
+    <hyperlink ref="G404" r:id="rId244" display="Athena Sky Intepreting Products" xr:uid="{17BA9752-9223-42A2-BBA5-A01A930701FF}"/>
+    <hyperlink ref="G399" r:id="rId245" display="https://gso-services.teachable.com/p/webinar-duis-field-sobriety-tests-instructor-led" xr:uid="{D60968D8-9E42-4F46-B2C3-D30F51CE0E7D}"/>
+    <hyperlink ref="G400" r:id="rId246" display="https://gso-services.teachable.com/p/webinar-sex-crimes-10-12-10-13" xr:uid="{662EF9D0-6570-434F-B514-3C5B48508D0C}"/>
+    <hyperlink ref="G401" r:id="rId247" display="https://gso-services.teachable.com/p/webinar-sex-crimes-10-12-10-13" xr:uid="{5785F5C3-89F0-4DDF-8C04-7AA4AE81AC61}"/>
+    <hyperlink ref="G402" r:id="rId248" display="https://gso-services.teachable.com/p/dna-instructor-led" xr:uid="{AA0BAB81-ED64-460D-9C85-0B313B46BE21}"/>
+    <hyperlink ref="G268" r:id="rId249" xr:uid="{2A79B6F1-2BA3-4303-AEAE-7DE272703A7C}"/>
+    <hyperlink ref="G405" r:id="rId250" display="https://gso-services.teachable.com/p/webinar-domestic-violence" xr:uid="{F601F32A-E58C-4E75-AA7D-D5168F9C605F}"/>
+    <hyperlink ref="G406" r:id="rId251" display="https://www.delamorainstitute.com/sosi" xr:uid="{C90D69FF-1549-4634-8162-8231618D6676}"/>
+    <hyperlink ref="G407" r:id="rId252" xr:uid="{ADDB88B1-B901-4378-94D3-C50F1149D98E}"/>
+    <hyperlink ref="G408:G411" r:id="rId253" display="CA Courts Catalog" xr:uid="{2833A248-BC3F-4FE0-B089-C3C994992319}"/>
+    <hyperlink ref="G412" r:id="rId254" xr:uid="{108D2B6E-8B47-41F7-8956-5E45BB0BE2F9}"/>
+    <hyperlink ref="G413" r:id="rId255" display="https://www.paypal.com/ncp/payment/JF46E84MF48JY" xr:uid="{51FB9161-1F31-4C51-81D1-908370909715}"/>
+    <hyperlink ref="G414" r:id="rId256" xr:uid="{9C88F7BF-8C85-4B82-9E5F-CCDFC0D79819}"/>
+    <hyperlink ref="G415" r:id="rId257" xr:uid="{C60A509A-14F3-4F19-8BB9-2AC058B1A2FB}"/>
+    <hyperlink ref="G416" r:id="rId258" xr:uid="{8BD59127-A221-4F02-86DC-EFE9F1D2D535}"/>
+    <hyperlink ref="G417" r:id="rId259" display="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" xr:uid="{0BED98EA-1F28-41E2-A4E1-B6D795820E6B}"/>
+    <hyperlink ref="G418" r:id="rId260" display="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" xr:uid="{C4D2A226-EB66-4402-A9F5-B04E50E25265}"/>
+    <hyperlink ref="G419" r:id="rId261" display="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" xr:uid="{CF657E83-4A8D-43D4-92AF-DF1D9E329A1A}"/>
+    <hyperlink ref="G420" r:id="rId262" display="https://www.itgclass.com/available-c.i.m.c.e-ceu-classes-.html" xr:uid="{129AC1B7-D6BA-47C2-8602-DE0621544CFA}"/>
+    <hyperlink ref="G421" r:id="rId263" location="tabH2" xr:uid="{A67D4116-7917-49D7-B68C-68FC220C3FF7}"/>
+    <hyperlink ref="G422" r:id="rId264" xr:uid="{216631C5-E009-426B-BC3E-1D00DAC3761D}"/>
+    <hyperlink ref="G423" r:id="rId265" xr:uid="{840A2AFB-C936-4D51-A41C-6A0618001DBD}"/>
+    <hyperlink ref="G424" r:id="rId266" xr:uid="{76AD4A8F-CC8F-4824-B9AB-9576622F273A}"/>
+    <hyperlink ref="G425" r:id="rId267" xr:uid="{9CEB2641-E618-46BF-A87E-4275138827BE}"/>
+    <hyperlink ref="G426" r:id="rId268" xr:uid="{0D47DB94-DE28-4628-9A60-E0AEAF02F411}"/>
+    <hyperlink ref="G427" r:id="rId269" xr:uid="{936A727F-DD39-4DF9-82FC-BFCC2E09DFB1}"/>
+    <hyperlink ref="G428" r:id="rId270" xr:uid="{38A274A8-FAF6-40FC-A7D4-5BB5D274EA49}"/>
+    <hyperlink ref="G429" r:id="rId271" display="https://de-la-mora-training.thinkific.com/courses/dlmpty-25-annual-training-and-holiday-celebration" xr:uid="{4B6D1374-BE65-455F-BCC5-3C196D37738D}"/>
+    <hyperlink ref="G430" r:id="rId272" xr:uid="{FFDA8F79-0F97-4AE2-BBAF-0137E3900778}"/>
+    <hyperlink ref="G431" r:id="rId273" xr:uid="{8FC1A012-59A3-471F-81A7-97750AAE5F35}"/>
+    <hyperlink ref="G432" r:id="rId274" xr:uid="{2CBDB98E-828E-4DB2-A6F4-E3F718C67483}"/>
+    <hyperlink ref="G333" r:id="rId275" xr:uid="{5C7D034D-29B7-42FF-A516-6210B2EBC8F5}"/>
+    <hyperlink ref="G335" r:id="rId276" xr:uid="{55FDA607-19FE-4450-9FDC-BD9C257D80F1}"/>
+    <hyperlink ref="G433" r:id="rId277" xr:uid="{957F74F4-3E0B-4C95-8B70-38AD4F4CBA5D}"/>
+    <hyperlink ref="G434" r:id="rId278" xr:uid="{4BC49456-AF5B-47E0-A1B6-5EB3D6EE08FD}"/>
+    <hyperlink ref="G435" r:id="rId279" xr:uid="{D3BFB24D-E03B-465B-853D-384F936ABED9}"/>
+    <hyperlink ref="G436" r:id="rId280" xr:uid="{58D9AB1B-F635-4D81-A33E-0643A6086FF6}"/>
+    <hyperlink ref="G437" r:id="rId281" xr:uid="{4AEB5DC0-8D26-4AF5-A724-9627EC29E432}"/>
+    <hyperlink ref="G438" r:id="rId282" xr:uid="{A3634F1C-8B4E-4E40-BD8B-3B8736435FC8}"/>
+    <hyperlink ref="G440" r:id="rId283" xr:uid="{248836F5-3138-4731-82B4-B6C7298C2E72}"/>
+    <hyperlink ref="G441" r:id="rId284" display="Lectures Helpdesk" xr:uid="{D14BC4F4-9D16-4250-8C20-66823A24A94F}"/>
+    <hyperlink ref="G442" r:id="rId285" xr:uid="{9BA2F331-32D4-4F1E-8B78-43F26DF15952}"/>
+    <hyperlink ref="G445" r:id="rId286" xr:uid="{0558A281-3AB1-45C5-95A0-42DB8F1BA00C}"/>
+    <hyperlink ref="G446" r:id="rId287" xr:uid="{D9B105AF-631A-4441-AEAF-93EFF56D9314}"/>
+    <hyperlink ref="G447" r:id="rId288" xr:uid="{455D33A3-4866-4475-9A95-9B854E4AD417}"/>
+    <hyperlink ref="G448" r:id="rId289" xr:uid="{A7B6A279-7388-4FAB-9927-C7F772C393D7}"/>
+    <hyperlink ref="G449" r:id="rId290" xr:uid="{89D40892-B48F-4F20-8AC3-0B330B50EDAA}"/>
+    <hyperlink ref="G450" r:id="rId291" xr:uid="{ACECF58F-2DA3-463B-BD3C-6B4E1C215A95}"/>
+    <hyperlink ref="G451" r:id="rId292" xr:uid="{F6C6D39E-E098-4425-BC34-133373307E94}"/>
+    <hyperlink ref="G452" r:id="rId293" xr:uid="{2FA6F216-2A99-4569-B53E-BD5534277A85}"/>
+    <hyperlink ref="G453" r:id="rId294" xr:uid="{0A979938-0E20-4DB4-8FE5-C215FD2D8A28}"/>
+    <hyperlink ref="G454" r:id="rId295" xr:uid="{B34AC2A0-62D1-413E-8976-001EE3BAC6A0}"/>
+    <hyperlink ref="G455" r:id="rId296" display="https://lunaepf.com/" xr:uid="{FD1A44B0-0BAC-454A-BEFD-0E09899BD442}"/>
+    <hyperlink ref="G456" r:id="rId297" display="https://wehelptounderstand.com/interpreters-guide-to-dependency-hearing/" xr:uid="{5B3B107B-8002-439F-B97B-7F4E4B711189}"/>
+    <hyperlink ref="G457" r:id="rId298" display="https://wehelptounderstand.com/legal-courses/" xr:uid="{CA9B769E-AE79-49FD-A957-319C2CBB54EC}"/>
+    <hyperlink ref="G458" r:id="rId299" display="https://wehelptounderstand.com/car-accidents-deposition-language-haitian-creole/" xr:uid="{97A47E79-425C-4DFF-9CE4-CBBDBF2CC023}"/>
+    <hyperlink ref="G459" r:id="rId300" display="https://wehelptounderstand.com/divorce-child-support-cies/" xr:uid="{10203771-35C8-4BF6-9397-4DEF4F06CCC2}"/>
+    <hyperlink ref="G494" r:id="rId301" xr:uid="{2B0C911B-2CFB-4960-85B3-EA2CF403E03E}"/>
+    <hyperlink ref="G334" r:id="rId302" xr:uid="{8ACC95EA-A806-45A0-B137-010A8643F810}"/>
+    <hyperlink ref="G495" r:id="rId303" xr:uid="{F3BBEC17-94C5-4AB4-BC3F-FD2CC1543AB1}"/>
+    <hyperlink ref="G460" r:id="rId304" xr:uid="{3342BDA5-9C5B-4D25-A2D2-E4E62F326724}"/>
+    <hyperlink ref="G496" r:id="rId305" display="https://www.dccourts.gov/services/language-access-services" xr:uid="{8B85F982-7298-4855-9071-531407E60ABD}"/>
+    <hyperlink ref="G497" r:id="rId306" display="https://www.dccourts.gov/services/language-access-services" xr:uid="{D110D614-6D9F-46BA-BF47-546DAC508904}"/>
+    <hyperlink ref="G498" r:id="rId307" display="https://www.dccourts.gov/services/language-access-services" xr:uid="{DA042C66-7167-4B8D-883B-DA81567E4A1A}"/>
+    <hyperlink ref="G499" r:id="rId308" display="https://www.dccourts.gov/services/language-access-services" xr:uid="{4BD2D298-527B-4BE6-826C-E25289BFD18B}"/>
+    <hyperlink ref="G500" r:id="rId309" display="https://www.dccourts.gov/services/language-access-services" xr:uid="{FF86BAE7-27DD-4779-B222-FD34686A162C}"/>
+    <hyperlink ref="G501" r:id="rId310" display="https://www.dccourts.gov/services/language-access-services" xr:uid="{758DCD4F-A813-449B-AB14-00D054B611EF}"/>
+    <hyperlink ref="G502" r:id="rId311" display="https://t360nbeyond.com/course-list/" xr:uid="{1480B185-1351-40E5-A37E-0D46FC3F5E99}"/>
+    <hyperlink ref="G503" r:id="rId312" display="https://t360nbeyond.com/course-list/" xr:uid="{A0B0E076-422C-4D04-A648-2C758BCF2301}"/>
+    <hyperlink ref="G504" r:id="rId313" display="https://t360nbeyond.com/course-list/" xr:uid="{911984CA-B78A-4A4E-B5B5-AF216C7567F0}"/>
+    <hyperlink ref="G461" r:id="rId314" xr:uid="{72D7FD76-4B1E-40E9-9F38-2D2589CD6444}"/>
+    <hyperlink ref="G462:G474" r:id="rId315" display="CCC Webinars" xr:uid="{C6B46DA5-8D84-4730-9CE9-6CB7C552C185}"/>
+    <hyperlink ref="G507" r:id="rId316" xr:uid="{0BADF816-1F66-4D6E-9D7E-4CA57B6318B1}"/>
+    <hyperlink ref="G508" r:id="rId317" xr:uid="{EB856DAA-5D33-4E3B-986C-437E3137269A}"/>
+    <hyperlink ref="G509" r:id="rId318" xr:uid="{F0BF5014-CE5D-4B58-8BC7-D13C1C247590}"/>
+    <hyperlink ref="G510" r:id="rId319" xr:uid="{00332D2F-C73C-4A09-A888-3A4957120714}"/>
+    <hyperlink ref="G511" r:id="rId320" xr:uid="{C95B03D1-53F5-42A2-8299-10FD5A13BF26}"/>
+    <hyperlink ref="G512" r:id="rId321" xr:uid="{ADFDD2B6-98F4-4167-B5F3-61838AB7EDB5}"/>
+    <hyperlink ref="G513" r:id="rId322" xr:uid="{46F73665-3C78-45F2-8A68-685874A6807D}"/>
+    <hyperlink ref="G514" r:id="rId323" xr:uid="{AEA66142-2382-46DE-A17F-2F5168B0AE29}"/>
+    <hyperlink ref="G515" r:id="rId324" xr:uid="{BFC3D4B1-9F71-441A-A011-602BE3DAF898}"/>
+    <hyperlink ref="G516" r:id="rId325" xr:uid="{BF51B79D-A61D-4176-90CA-B78EE9817047}"/>
+    <hyperlink ref="G517" r:id="rId326" display="Course Registration" xr:uid="{A977FF87-62A8-4453-969F-A02421C43F32}"/>
+    <hyperlink ref="G476" r:id="rId327" xr:uid="{D24AFA33-2054-480F-A627-AA9BAA5ACDC7}"/>
+    <hyperlink ref="G518" r:id="rId328" display="Registration" xr:uid="{F1EAE2F9-A231-4C10-BDD1-5EEC16483876}"/>
+    <hyperlink ref="G519" r:id="rId329" display="Registration" xr:uid="{D660A0ED-26EB-4A19-BD84-EAF38D634B56}"/>
+    <hyperlink ref="G521" r:id="rId330" xr:uid="{EC1FF9D5-1194-47F3-ADC6-881281E3B3CB}"/>
+    <hyperlink ref="G522" r:id="rId331" display="Course Catalogue" xr:uid="{1456C2B7-9E24-4B8C-95F8-4E248EFE7FCE}"/>
+    <hyperlink ref="G475" r:id="rId332" xr:uid="{0094F799-8D23-4394-AFB2-69FB23192DA6}"/>
+    <hyperlink ref="G477" r:id="rId333" xr:uid="{67C16457-F059-499A-BFB0-4D643512A59F}"/>
+    <hyperlink ref="G478" r:id="rId334" xr:uid="{2241DC01-AD01-4CFB-AD82-3F9D0DD68A2E}"/>
+    <hyperlink ref="G523" r:id="rId335" xr:uid="{4B71A270-799F-4E1A-9229-D81FA371B013}"/>
+    <hyperlink ref="G152" r:id="rId336" display="Course Registration" xr:uid="{5B521DAA-60AC-4EE6-956B-7D861526FB7D}"/>
+    <hyperlink ref="G153" r:id="rId337" xr:uid="{F03B79A3-66D9-492C-AF30-6A7579948676}"/>
+    <hyperlink ref="G154" r:id="rId338" xr:uid="{BE9D62CE-8956-4CFB-B3F3-81437A2D87D8}"/>
+    <hyperlink ref="G155" r:id="rId339" xr:uid="{663A893F-CB86-4C45-8305-73CDEE3AF2F4}"/>
+    <hyperlink ref="G156" r:id="rId340" xr:uid="{58B9582C-0936-47D1-81D1-03C37AA6BA63}"/>
+    <hyperlink ref="G196" r:id="rId341" xr:uid="{E95B5BBC-BA15-48B9-BC60-80DF9968CC83}"/>
+    <hyperlink ref="G505" r:id="rId342" xr:uid="{1029DF4F-6E28-4BDA-BAF9-0BC1FAC292C4}"/>
+    <hyperlink ref="G506" r:id="rId343" xr:uid="{14CCDA2B-4BBD-4EDF-88EC-28CF7C6C5017}"/>
+    <hyperlink ref="G490" r:id="rId344" display="Provider's website" xr:uid="{73A5D1D1-3AAF-4345-9DF1-2C6A310B68B2}"/>
+    <hyperlink ref="G490:G493" r:id="rId345" display="Provider's website" xr:uid="{B7BD5533-AEBE-4907-965C-230D91673712}"/>
+    <hyperlink ref="G491:G493" r:id="rId346" display="Provider's website" xr:uid="{29F9DE89-E87E-4C19-94C0-C86C1B296055}"/>
+    <hyperlink ref="G479" r:id="rId347" xr:uid="{65D8ECBB-961F-4D49-8828-6B7EDC791C8D}"/>
+    <hyperlink ref="G480" r:id="rId348" xr:uid="{B275C8C7-4416-4FFB-8139-8E97ABBE26E6}"/>
+    <hyperlink ref="G481" r:id="rId349" xr:uid="{D3245C81-3650-4207-8FA3-9F709CFFD8DF}"/>
+    <hyperlink ref="G482" r:id="rId350" xr:uid="{3D5D04EA-D602-425A-A425-DDA7B2DC58D3}"/>
+    <hyperlink ref="G483" r:id="rId351" xr:uid="{947CA1DD-5C4D-47D9-A6A8-FE983B57FB6B}"/>
+    <hyperlink ref="G524" r:id="rId352" xr:uid="{BF68E7D1-0F9A-4D98-848F-C2D41E4EFC25}"/>
+    <hyperlink ref="G525" r:id="rId353" xr:uid="{AF263C9D-3269-48C1-9974-DE8D9E733726}"/>
+    <hyperlink ref="G526" r:id="rId354" xr:uid="{9D48C9F5-DECB-4DB4-AA33-9F9D099DCB26}"/>
+    <hyperlink ref="G527" r:id="rId355" xr:uid="{CA9B67C1-383E-4339-8767-034655E03B23}"/>
+    <hyperlink ref="G528" r:id="rId356" xr:uid="{D22EC925-F6AB-44B1-B706-6573B35F793E}"/>
+    <hyperlink ref="G529" r:id="rId357" xr:uid="{B4FE3678-22C3-4D03-985B-AEDC5565CD00}"/>
+    <hyperlink ref="G530" r:id="rId358" xr:uid="{C3BB8EB6-6FF4-4310-889A-B814B8A98326}"/>
+    <hyperlink ref="G531" r:id="rId359" xr:uid="{64D8F599-6CEE-46C3-8721-1F33435258F8}"/>
+    <hyperlink ref="G532" r:id="rId360" xr:uid="{8D081633-CA1E-47EA-A65B-486200DF4874}"/>
+    <hyperlink ref="G533" r:id="rId361" xr:uid="{D0525F77-ED00-4203-827A-47EDD4D1439A}"/>
+    <hyperlink ref="G534" r:id="rId362" xr:uid="{ABD970D9-14BF-4DCD-9D5F-5A5D0AEDA1F7}"/>
+    <hyperlink ref="G535" r:id="rId363" xr:uid="{7B6D9658-EA6C-473A-B517-11A0BEE94E2A}"/>
+    <hyperlink ref="G536" r:id="rId364" xr:uid="{3B7BEA43-61A2-43F3-9B46-895CDE917CBB}"/>
+    <hyperlink ref="G537" r:id="rId365" xr:uid="{E806AAF2-E752-483A-A833-B25CB366331E}"/>
+    <hyperlink ref="G538" r:id="rId366" xr:uid="{9EBEF6D5-2E56-4340-BDC8-B542E4F0A1CF}"/>
+    <hyperlink ref="G539" r:id="rId367" xr:uid="{BBA623C5-3D86-49B6-B61E-D47F2C876623}"/>
+    <hyperlink ref="G540" r:id="rId368" xr:uid="{F1B54393-C154-471F-8533-6150F2C30832}"/>
+    <hyperlink ref="G541" r:id="rId369" xr:uid="{5CC55BB3-283F-46FB-85DE-879176F73821}"/>
+    <hyperlink ref="G542" r:id="rId370" xr:uid="{2B98D350-46E1-438B-BA0E-9E805F9618D6}"/>
+    <hyperlink ref="G543" r:id="rId371" xr:uid="{E1DE9A37-3399-49DD-907C-B26F39269C3A}"/>
+    <hyperlink ref="G484" r:id="rId372" display="Provider's Catalgoue" xr:uid="{FF22FFA8-4708-49C8-BE16-85CC63B2876E}"/>
+    <hyperlink ref="G544" r:id="rId373" xr:uid="{397BCEA8-2FCF-4885-B4CB-2FC42AE87348}"/>
+    <hyperlink ref="G545" r:id="rId374" xr:uid="{60E955D3-0673-4BEC-B3B1-A0EC3A14A244}"/>
+    <hyperlink ref="G485" r:id="rId375" xr:uid="{B9D6136D-1030-4D10-8DF2-EB90B010B480}"/>
+    <hyperlink ref="G486" r:id="rId376" xr:uid="{28D9502A-E2D3-4FCE-909A-5FAED885C8DA}"/>
+    <hyperlink ref="G487" r:id="rId377" xr:uid="{5E9EF484-0B9F-416D-BF60-0786C5DF4FA1}"/>
+    <hyperlink ref="G488" r:id="rId378" xr:uid="{86E44B51-72F4-4EE3-A9DD-250E788AF1AD}"/>
+    <hyperlink ref="G489" r:id="rId379" xr:uid="{327CA5F1-FDEE-40E1-BFAF-22A0D5E8D35A}"/>
+    <hyperlink ref="G340" r:id="rId380" xr:uid="{F575F641-DCFB-4780-BFCC-4ABFAB6688C5}"/>
+    <hyperlink ref="G341" r:id="rId381" xr:uid="{54F6325D-F886-468A-BAE7-953273B791F7}"/>
+    <hyperlink ref="G546" r:id="rId382" xr:uid="{630A98A5-6EBA-457B-94FC-7ECBCB35C2C9}"/>
+    <hyperlink ref="G342" r:id="rId383" xr:uid="{CAF92EC8-71B6-4882-86F9-96D5DCAB0D09}"/>
+    <hyperlink ref="G547" r:id="rId384" xr:uid="{4C9961F7-4F08-4134-A9C7-143FA7F3BA87}"/>
+    <hyperlink ref="G548" r:id="rId385" xr:uid="{6AF2A39F-706F-4575-BA5F-71D6FEF2DBBC}"/>
+    <hyperlink ref="G549" r:id="rId386" xr:uid="{B457C6C1-FE36-4F84-9A24-973069F6DEDA}"/>
+    <hyperlink ref="G550" r:id="rId387" xr:uid="{3DC1B89B-EBB3-43F0-B135-6F7F1878599A}"/>
+    <hyperlink ref="G551" r:id="rId388" xr:uid="{31BA2726-3AAB-4E65-8515-7A1E68375BE1}"/>
+    <hyperlink ref="G552" r:id="rId389" xr:uid="{2625BA7F-050D-474C-BD0C-AD52B21EC7A4}"/>
+    <hyperlink ref="G553" r:id="rId390" xr:uid="{319AA77F-D939-4F21-A04E-53A1A8FF16E8}"/>
+    <hyperlink ref="G554" r:id="rId391" xr:uid="{385F6796-E15B-479A-89A4-CC57339E5DC6}"/>
+    <hyperlink ref="G555" r:id="rId392" xr:uid="{8EF4C49E-E6BB-4398-990B-2147A8349B22}"/>
+    <hyperlink ref="G556" r:id="rId393" xr:uid="{A8144A4E-8B1C-47F4-8720-25315DA81EB5}"/>
+    <hyperlink ref="G557" r:id="rId394" xr:uid="{A7111F21-6AE6-4A0B-A1D9-B97A2F8F2560}"/>
+    <hyperlink ref="G558" r:id="rId395" xr:uid="{D248B64D-3A7E-43C6-A083-18CE3F858D24}"/>
+    <hyperlink ref="G559" r:id="rId396" xr:uid="{B80D3DEB-6F51-49F0-851C-5AA4A7E2E670}"/>
   </hyperlinks>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="30" fitToHeight="0" orientation="portrait" r:id="rId397"/>
   <tableParts count="1">
-    <tablePart r:id="rId91"/>
+    <tablePart r:id="rId398"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>CE Approved Courses</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Approved Courses </vt:lpstr>
+      <vt:lpstr>'Approved Courses '!Print_Area</vt:lpstr>
+      <vt:lpstr>'Approved Courses '!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>Colorado Judicial</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>greer, guibsi</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>