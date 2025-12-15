--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -9,1598 +9,2609 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9540" w:type="dxa"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9545" w:type="dxa"/>
         <w:tblInd w:w="-113" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Case Caption"/>
+        <w:tblDescription w:val="This table includes the following sections:&#10;&#10;1. Court information.&#10;2. Parties to the case.&#10;3. Case details."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="4325"/>
         <w:gridCol w:w="3690"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA65C3" w:rsidRPr="002C66FA" w14:paraId="5C707EE3" w14:textId="77777777" w:rsidTr="00FA65C3">
+      <w:tr w:rsidR="008C2F08" w:rsidRPr="008C2F08" w14:paraId="21FD3563" w14:textId="77777777" w:rsidTr="008F7229">
         <w:trPr>
-          <w:trHeight w:val="1253"/>
+          <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76DA98B9" w14:textId="2163B8FD" w:rsidR="002C66FA" w:rsidRPr="002C66FA" w:rsidRDefault="002C66FA" w:rsidP="002C66FA">
+          <w:p w14:paraId="39186E69" w14:textId="555BE433" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
+            <w:pPr>
+              <w:ind w:left="-37" w:right="-18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JDF </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>304</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8015" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79508B4E" w14:textId="047CBB2D" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Order for Expungement of Records</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C2F08" w:rsidRPr="008C2F08" w14:paraId="27979BC1" w14:textId="77777777" w:rsidTr="008C2F08">
+        <w:trPr>
+          <w:trHeight w:val="1413"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5855" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="09F5C8CC" w14:textId="77777777" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Court Information</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3524E592" w14:textId="76B3109F" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="1424"/>
-[...1 lines deleted...]
-                <w:tab w:val="left" w:pos="4117"/>
+                <w:tab w:val="left" w:pos="5565"/>
               </w:tabs>
-              <w:spacing w:before="60" w:after="120" w:line="300" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:before="60" w:line="300" w:lineRule="auto"/>
+              <w:ind w:left="346"/>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C66FA">
-[...16 lines deleted...]
-              <w:tab/>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Type: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:color w:val="032348" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(ex: District</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E5326">
+              <w:rPr>
+                <w:color w:val="032348" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or Juvenile</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:color w:val="032348" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="052F61"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002C66FA">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidR="00AB2611">
+              <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:checkBox>
-[...2 lines deleted...]
-                  </w:checkBox>
+                  <w:statusText w:type="text" w:val="Select in which type of court the case is filed."/>
+                  <w:ddList>
+                    <w:listEntry w:val="                      "/>
+                    <w:listEntry w:val="District     "/>
+                    <w:listEntry w:val="Denver Juvenile     "/>
+                  </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="Dropdown1"/>
+            <w:r w:rsidR="00AB2611">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00AB2611">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00AB2611">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00AB2611">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w14:paraId="6387D300" w14:textId="6986BB3E" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="5565"/>
+              </w:tabs>
+              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:ind w:left="346"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Colorado County:</w:t>
+            </w:r>
             <w:r w:rsidRPr="002C66FA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...38 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:checkBox>
-[...2 lines deleted...]
-                  </w:checkBox>
+                  <w:statusText w:type="text" w:val="Enter the county in which the case is filed."/>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="002C66FA">
-[...18 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="002C66FA">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="002C66FA">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="3B21F502" w14:textId="3F05934C" w:rsidR="002C66FA" w:rsidRPr="002C66FA" w:rsidRDefault="002C66FA" w:rsidP="00FA65C3">
+          <w:p w14:paraId="6CB69358" w14:textId="0866C28B" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="right" w:pos="5742"/>
+                <w:tab w:val="right" w:pos="5565"/>
               </w:tabs>
-              <w:spacing w:line="420" w:lineRule="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="002C66FA">
+              <w:spacing w:before="120" w:after="360" w:line="300" w:lineRule="auto"/>
+              <w:ind w:left="1598" w:hanging="1260"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Court Address:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:tab/>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="002C66FA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:tab/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Enter the Court's mailing address with city, state, and zip code."/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4357F0" w14:textId="77777777" w:rsidR="002C66FA" w:rsidRPr="002C66FA" w:rsidRDefault="002C66FA" w:rsidP="002C66FA">
+          <w:p w14:paraId="333F89D6" w14:textId="77777777" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
             <w:pPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C66FA">
+            <w:r w:rsidRPr="008C2F08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This box is for court use only.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA65C3" w:rsidRPr="002C66FA" w14:paraId="643409B9" w14:textId="77777777" w:rsidTr="00FA65C3">
+      <w:tr w:rsidR="008C2F08" w:rsidRPr="008C2F08" w14:paraId="1D48FC10" w14:textId="77777777" w:rsidTr="008C2F08">
         <w:trPr>
-          <w:trHeight w:val="907"/>
+          <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="5855" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A405657" w14:textId="77777777" w:rsidR="002C66FA" w:rsidRPr="002C66FA" w:rsidRDefault="002C66FA" w:rsidP="00FA65C3">
+          <w:p w14:paraId="7E3EF9C0" w14:textId="77777777" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:spacing w:before="60" w:after="120" w:line="300" w:lineRule="auto"/>
+              <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="auto"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C66FA">
+            <w:r w:rsidRPr="008C2F08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="auto"/>
-[...3 lines deleted...]
-              <w:t>Parties to the Case:</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>B.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Parties to the Case</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="613CF217" w14:textId="387AA1B4" w:rsidR="002C66FA" w:rsidRPr="002C66FA" w:rsidRDefault="002C66FA" w:rsidP="002C66FA">
+          <w:p w14:paraId="720E9558" w14:textId="77777777" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5548"/>
               </w:tabs>
-              <w:spacing w:line="300" w:lineRule="auto"/>
+              <w:spacing w:before="60" w:line="300" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="002C66FA">
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plaintiff / Petitioner: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:tab/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Enter the name of the Plaintiff or Petitioner."/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A2035D1" w14:textId="1D511FED" w:rsidR="002C66FA" w:rsidRPr="002C66FA" w:rsidRDefault="002C66FA" w:rsidP="00FA65C3">
-[...19 lines deleted...]
-          <w:p w14:paraId="3DEAFFEB" w14:textId="1C36553C" w:rsidR="002C66FA" w:rsidRDefault="002C66FA" w:rsidP="00FA65C3">
+          <w:p w14:paraId="34843E5D" w14:textId="77777777" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="right" w:pos="6277"/>
+                <w:tab w:val="right" w:pos="5565"/>
               </w:tabs>
-              <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
-              <w:ind w:right="73"/>
+              <w:spacing w:before="60" w:line="300" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>In the Interest of: / v.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5059571E" w14:textId="77777777" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="5565"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:line="300" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...26 lines deleted...]
-            <w:r w:rsidRPr="002C66FA">
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Juvenile: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:tab/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text4"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Enter the name of the Juvenile."/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26D0E091" w14:textId="4129018B" w:rsidR="002C66FA" w:rsidRPr="00FA65C3" w:rsidRDefault="002C66FA" w:rsidP="00FA65C3">
+          <w:p w14:paraId="1DB06AA2" w14:textId="0E6FF1DE" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="4389"/>
-                <w:tab w:val="right" w:pos="6277"/>
+                <w:tab w:val="right" w:pos="5565"/>
               </w:tabs>
-              <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
-[...5 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:after="60" w:line="300" w:lineRule="auto"/>
+              <w:ind w:left="1148"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA65C3">
+            <w:r w:rsidRPr="008C2F08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Date of Birth: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA65C3">
+            <w:r w:rsidRPr="008C2F08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:tab/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Enter the Juvenile's date of birth."/>
+                  <w:textInput>
+                    <w:type w:val="date"/>
+                    <w:format w:val="M/d/yyyy"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3643DAF7" w14:textId="77777777" w:rsidR="002C66FA" w:rsidRPr="002C66FA" w:rsidRDefault="002C66FA" w:rsidP="002C66FA">
+          <w:p w14:paraId="13F79CD9" w14:textId="77777777" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
             <w:pPr>
-              <w:tabs>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA65C3" w:rsidRPr="002C66FA" w14:paraId="3016A175" w14:textId="77777777" w:rsidTr="00FA65C3">
+      <w:tr w:rsidR="008C2F08" w:rsidRPr="008C2F08" w14:paraId="64D42F7B" w14:textId="77777777" w:rsidTr="008F7229">
         <w:trPr>
-          <w:trHeight w:val="999"/>
+          <w:trHeight w:val="882"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5850" w:type="dxa"/>
+            <w:tcW w:w="5855" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B65EFCD" w14:textId="77777777" w:rsidR="002C66FA" w:rsidRPr="002C66FA" w:rsidRDefault="002C66FA" w:rsidP="002C66FA">
+          <w:p w14:paraId="13FAB361" w14:textId="77777777" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="6102"/>
+                <w:tab w:val="right" w:pos="5541"/>
               </w:tabs>
-              <w:spacing w:before="60" w:after="120"/>
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="1131"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50AD4D09" w14:textId="77777777" w:rsidR="002C66FA" w:rsidRPr="002C66FA" w:rsidRDefault="002C66FA" w:rsidP="002C66FA">
+          <w:p w14:paraId="13C0413F" w14:textId="77777777" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
+            <w:pPr>
+              <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Case Details</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5193B96B" w14:textId="776D49F2" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="right" w:pos="2574"/>
+                <w:tab w:val="right" w:pos="3304"/>
               </w:tabs>
-              <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:before="60" w:line="300" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C66FA">
-[...6 lines deleted...]
-              <w:t>Case</w:t>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Number:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Enter the assigned case number."/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="237129A3" w14:textId="77777777" w:rsidR="002C66FA" w:rsidRPr="002C66FA" w:rsidRDefault="002C66FA" w:rsidP="00FA65C3">
+          <w:p w14:paraId="2B3D2C2B" w14:textId="1E669F84" w:rsidR="008C2F08" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="right" w:pos="3403"/>
+                <w:tab w:val="right" w:pos="3304"/>
               </w:tabs>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="002C66FA">
+              <w:spacing w:after="60" w:line="300" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:tab/>
-[...13 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C66FA">
-[...108 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="008C2F08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Division/Courtroom:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0023150B">
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Expungement of Records</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:statusText w:type="text" w:val="Enter the assigned courtroom and/or division."/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D84A1FA" w14:textId="66A51D3E" w:rsidR="00481F5C" w:rsidRDefault="00481F5C" w:rsidP="00481F5C">
+    <w:p w14:paraId="5D84A1FA" w14:textId="5691DBD4" w:rsidR="00481F5C" w:rsidRDefault="00481F5C" w:rsidP="00481F5C">
       <w:pPr>
         <w:spacing w:before="360" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>This matter is before the Court to Expunge the record’s associated with the Juvenile</w:t>
+        <w:t>This matter is before the Court to Expunge the records associated with the Juvenile</w:t>
       </w:r>
       <w:r w:rsidR="00FA65C3">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>s:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E38C811" w14:textId="0D10C1E6" w:rsidR="00481F5C" w:rsidRDefault="00481F5C" w:rsidP="00FA65C3">
+    <w:p w14:paraId="3E38C811" w14:textId="52466AB0" w:rsidR="00481F5C" w:rsidRDefault="00B20BC8" w:rsidP="00FA65C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00376E3C">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="Check10"/>
+      <w:r w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve">FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00481F5C" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00481F5C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Juvenile “JD” </w:t>
       </w:r>
       <w:r w:rsidR="00A1627B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00481F5C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ase.</w:t>
       </w:r>
       <w:r w:rsidR="00A1627B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00376E3C">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00481F5C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Municipal Court </w:t>
       </w:r>
       <w:r w:rsidR="00A1627B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00481F5C">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ase.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D406F37" w14:textId="76B37461" w:rsidR="002C66FA" w:rsidRPr="002C66FA" w:rsidRDefault="002C66FA" w:rsidP="00FA65C3">
+    <w:p w14:paraId="7D406F37" w14:textId="0FA83152" w:rsidR="002C66FA" w:rsidRPr="00B20BC8" w:rsidRDefault="00B20BC8" w:rsidP="00A92617">
       <w:pPr>
-        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00B20BC8">
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20BC8">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002C66FA" w:rsidRPr="00B20BC8">
         <w:t>Court Findings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3126B6B0" w14:textId="1CB85B40" w:rsidR="006311DB" w:rsidRDefault="006311DB" w:rsidP="00FA65C3">
+    <w:p w14:paraId="3126B6B0" w14:textId="74D08575" w:rsidR="006311DB" w:rsidRDefault="00B20BC8" w:rsidP="00FA65C3">
       <w:pPr>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00376E3C">
-[...5 lines deleted...]
-        <w:t></w:t>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006311DB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All statutory requirements have been met under </w:t>
       </w:r>
       <w:r w:rsidR="007C157F">
         <w:rPr>
-          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">All statutory requirements have been met under </w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C.R.S. </w:t>
+      </w:r>
+      <w:r w:rsidR="006311DB" w:rsidRPr="00CA1B6B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>§</w:t>
       </w:r>
       <w:r w:rsidR="007C157F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">C.R.S. </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA1B6B">
+      <w:r w:rsidR="006311DB" w:rsidRPr="00CA1B6B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>19-1-306(4)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006311DB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="416C75EA" w14:textId="67917080" w:rsidR="006311DB" w:rsidRDefault="006311DB" w:rsidP="00FA65C3">
+    <w:p w14:paraId="416C75EA" w14:textId="5E9E716F" w:rsidR="006311DB" w:rsidRDefault="00B20BC8" w:rsidP="00FA65C3">
       <w:pPr>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00376E3C">
-[...5 lines deleted...]
-        <w:t></w:t>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006311DB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All statutory requirements have been met under </w:t>
       </w:r>
       <w:r w:rsidR="007C157F">
         <w:rPr>
-          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">All statutory requirements have been met under </w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C.R.S. </w:t>
+      </w:r>
+      <w:r w:rsidR="006311DB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>§</w:t>
       </w:r>
       <w:r w:rsidR="007C157F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">C.R.S. </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006311DB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>19-1-306(5); and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F45777" w14:textId="77885F64" w:rsidR="006311DB" w:rsidRPr="00014BF0" w:rsidRDefault="006311DB" w:rsidP="00FA65C3">
+    <w:p w14:paraId="78F45777" w14:textId="6CD32A93" w:rsidR="006311DB" w:rsidRPr="00014BF0" w:rsidRDefault="00B20BC8" w:rsidP="00FA65C3">
       <w:pPr>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00376E3C">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00014BF0">
+      <w:r w:rsidR="006311DB" w:rsidRPr="00014BF0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006311DB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Juvenile</w:t>
       </w:r>
-      <w:r w:rsidRPr="00014BF0">
+      <w:r w:rsidR="006311DB" w:rsidRPr="00014BF0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been rehabilitated to the satisfaction of the Court.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50CC58AE" w14:textId="2345A8C0" w:rsidR="006311DB" w:rsidRDefault="006311DB" w:rsidP="00FA65C3">
+    <w:p w14:paraId="50CC58AE" w14:textId="57C6D047" w:rsidR="006311DB" w:rsidRDefault="00B20BC8" w:rsidP="00FA65C3">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00376E3C">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00014BF0">
+      <w:r w:rsidR="006311DB" w:rsidRPr="00014BF0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The expungement is in the best interests of the </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006311DB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Juvenile</w:t>
       </w:r>
-      <w:r w:rsidRPr="00014BF0">
+      <w:r w:rsidR="006311DB" w:rsidRPr="00014BF0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3600676E" w14:textId="7D9610AC" w:rsidR="006311DB" w:rsidRDefault="006311DB" w:rsidP="00FA65C3">
+    <w:p w14:paraId="3600676E" w14:textId="54ECEE9B" w:rsidR="006311DB" w:rsidRDefault="00B20BC8" w:rsidP="00FA65C3">
       <w:pPr>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00376E3C">
-[...5 lines deleted...]
-        <w:t></w:t>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006311DB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All statutory requirements have been met under </w:t>
       </w:r>
       <w:r w:rsidR="007C157F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:tab/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">All statutory requirements have been met under </w:t>
+        <w:t xml:space="preserve">C.R.S. </w:t>
+      </w:r>
+      <w:r w:rsidR="006311DB">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>§</w:t>
       </w:r>
       <w:r w:rsidR="007C157F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">C.R.S. </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006311DB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>19-1-306(6), and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00014BF0">
+      <w:r w:rsidR="006311DB" w:rsidRPr="00014BF0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006311DB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00014BF0">
+      <w:r w:rsidR="006311DB" w:rsidRPr="00014BF0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>here are no felony, misdemeanor,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006311DB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00014BF0">
+      <w:r w:rsidR="006311DB" w:rsidRPr="00014BF0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>or delinquency actions pending against the Petitione</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006311DB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00014BF0">
+      <w:r w:rsidR="006311DB" w:rsidRPr="00014BF0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5746B2C0" w14:textId="010A89E1" w:rsidR="0072620F" w:rsidRDefault="0072620F" w:rsidP="00FA65C3">
+    <w:p w14:paraId="5746B2C0" w14:textId="7DCBB1F9" w:rsidR="0072620F" w:rsidRDefault="00B20BC8" w:rsidP="00FA65C3">
       <w:pPr>
         <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00376E3C">
-[...5 lines deleted...]
-        <w:t></w:t>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0072620F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All statutory requirements have been met under </w:t>
       </w:r>
       <w:r w:rsidR="007C157F">
         <w:rPr>
-          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">All statutory requirements have been met under </w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C.R.S. </w:t>
+      </w:r>
+      <w:r w:rsidR="0072620F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>§</w:t>
       </w:r>
       <w:r w:rsidR="007C157F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">C.R.S. </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0072620F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>19-1-306(9</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA1B6B">
+      <w:r w:rsidR="0072620F" w:rsidRPr="00CA1B6B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0072620F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E446529" w14:textId="2CD592D2" w:rsidR="0072620F" w:rsidRPr="00014BF0" w:rsidRDefault="0072620F" w:rsidP="00FA65C3">
+    <w:p w14:paraId="4E446529" w14:textId="27D465FE" w:rsidR="0072620F" w:rsidRPr="00014BF0" w:rsidRDefault="00B20BC8" w:rsidP="00FA65C3">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00376E3C">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00014BF0">
+      <w:r w:rsidR="0072620F" w:rsidRPr="00014BF0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0072620F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Juvenile</w:t>
       </w:r>
-      <w:r w:rsidRPr="00014BF0">
+      <w:r w:rsidR="0072620F" w:rsidRPr="00014BF0">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been rehabilitated to the satisfaction of the Court</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0072620F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E9C7F0" w14:textId="1DB71127" w:rsidR="0072620F" w:rsidRDefault="0072620F" w:rsidP="00FA65C3">
+    <w:p w14:paraId="30E9C7F0" w14:textId="79D46263" w:rsidR="0072620F" w:rsidRDefault="00B20BC8" w:rsidP="00FA65C3">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00376E3C">
-[...5 lines deleted...]
-        <w:t></w:t>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0072620F" w:rsidRPr="00014BF0">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The expungement is in the best interests of the </w:t>
+      </w:r>
+      <w:r w:rsidR="0072620F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Juvenile</w:t>
+      </w:r>
+      <w:r w:rsidR="0072620F" w:rsidRPr="00014BF0">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the community</w:t>
       </w:r>
       <w:r w:rsidR="007C157F">
         <w:rPr>
-          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
-[...24 lines deleted...]
-        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09DDBB24" w14:textId="77777777" w:rsidR="007C157F" w:rsidRDefault="006311DB" w:rsidP="00FA65C3">
+    <w:p w14:paraId="09DDBB24" w14:textId="089DC0AB" w:rsidR="00733D31" w:rsidRDefault="006311DB" w:rsidP="00A92617">
       <w:pPr>
-        <w:spacing w:before="120"/>
-        <w:ind w:left="720"/>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="3780" w:hanging="2700"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA7546">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Court also finds that:</w:t>
       </w:r>
-    </w:p>
-[...104 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00B20BC8">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:b/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B20BC8">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text8"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Judge - enter any additional findings."/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="Text8"/>
+      <w:r w:rsidR="00B20BC8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B20BC8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B20BC8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B20BC8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20BC8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20BC8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20BC8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20BC8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20BC8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="499020D5" w14:textId="60359F43" w:rsidR="005C1BA8" w:rsidRPr="00376E3C" w:rsidRDefault="00B20BC8" w:rsidP="00A92617">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005C096E" w:rsidRPr="00376E3C">
         <w:t>Court Orders</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291DC9FE" w14:textId="77777777" w:rsidR="005C1BA8" w:rsidRDefault="00E77C26" w:rsidP="00FA65C3">
+    <w:p w14:paraId="291DC9FE" w14:textId="77777777" w:rsidR="005C1BA8" w:rsidRDefault="00E77C26" w:rsidP="00A92617">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:before="240" w:after="120"/>
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00587275">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">following </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>record(s)</w:t>
       </w:r>
       <w:r w:rsidR="00587275">
         <w:rPr>
@@ -1618,529 +2629,1956 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
       </w:r>
       <w:r w:rsidR="005C1BA8">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>expunged.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8640" w:type="dxa"/>
         <w:tblInd w:w="715" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="3150"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="1440"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007C157F" w:rsidRPr="0074118A" w14:paraId="58B9DEA9" w14:textId="77777777" w:rsidTr="00FA65C3">
+      <w:tr w:rsidR="007C157F" w:rsidRPr="0074118A" w14:paraId="58B9DEA9" w14:textId="77777777" w:rsidTr="00A92617">
         <w:trPr>
           <w:trHeight w:val="269"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44F7C108" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00FA65C3" w:rsidRDefault="00435A74" w:rsidP="007C157F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA65C3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date of Offense</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FB52001" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00FA65C3" w:rsidRDefault="00435A74" w:rsidP="007C157F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA65C3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Charge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1299A6E0" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00FA65C3" w:rsidRDefault="00435A74" w:rsidP="007C157F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA65C3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Agency Case Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BA3910E" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00FA65C3" w:rsidRDefault="00435A74" w:rsidP="007C157F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA65C3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Arresting Agency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9EBA0D" w14:textId="77777777" w:rsidR="007C157F" w:rsidRDefault="00435A74" w:rsidP="007C157F">
+          <w:p w14:paraId="3D0089F9" w14:textId="042BB712" w:rsidR="00435A74" w:rsidRPr="00FA65C3" w:rsidRDefault="00435A74" w:rsidP="00FE2C17">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA65C3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Court Case Number</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidR="00FE2C17">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00FA65C3">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="007C157F">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA65C3">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>f Applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C157F" w:rsidRPr="00B14AA9" w14:paraId="1232D495" w14:textId="77777777" w:rsidTr="007C157F">
+      <w:tr w:rsidR="007C157F" w:rsidRPr="00B14AA9" w14:paraId="1232D495" w14:textId="77777777" w:rsidTr="00A92617">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D9FE4FD" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="6D9FE4FD" w14:textId="3CCF00D8" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="Text12"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A20B7D2" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="2A20B7D2" w14:textId="702CF0C5" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text13"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="4" w:name="Text13"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4438BB25" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="4438BB25" w14:textId="06582D4E" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text14"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="Text14"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F705BB3" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="4F705BB3" w14:textId="20C302A4" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="Text15"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="247AB307" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="247AB307" w14:textId="55EBC94D" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="Text16"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C157F" w:rsidRPr="00B14AA9" w14:paraId="1BC163C5" w14:textId="77777777" w:rsidTr="007C157F">
+      <w:tr w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w14:paraId="1BC163C5" w14:textId="77777777" w:rsidTr="00A92617">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43122515" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="43122515" w14:textId="24FBDBBC" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A255F03" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="2A255F03" w14:textId="6D296E78" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text13"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76BABB65" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="76BABB65" w14:textId="697FF41E" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text14"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74B41291" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="74B41291" w14:textId="6CC50CC5" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B392EB3" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="3B392EB3" w14:textId="5E87D4A8" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C157F" w:rsidRPr="00B14AA9" w14:paraId="0C5928C8" w14:textId="77777777" w:rsidTr="007C157F">
+      <w:tr w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w14:paraId="0C5928C8" w14:textId="77777777" w:rsidTr="00A92617">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="651D2EC4" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="651D2EC4" w14:textId="1BF60ADF" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9809DE" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="2B9809DE" w14:textId="490BDEAF" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text13"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02BF5C60" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="02BF5C60" w14:textId="676AB8F6" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text14"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0247705F" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="0247705F" w14:textId="0446A9F6" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09AEA769" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="09AEA769" w14:textId="25F2E7C2" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C157F" w:rsidRPr="00B14AA9" w14:paraId="3916B316" w14:textId="77777777" w:rsidTr="007C157F">
+      <w:tr w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w14:paraId="3916B316" w14:textId="77777777" w:rsidTr="00A92617">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="537E3101" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="537E3101" w14:textId="72B1C973" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B2ACB6D" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="2B2ACB6D" w14:textId="298A4806" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text13"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23CAD09E" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="23CAD09E" w14:textId="38F9E2C6" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text14"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36B203D5" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="36B203D5" w14:textId="657DA28A" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6649D253" w14:textId="77777777" w:rsidR="00435A74" w:rsidRPr="00B14AA9" w:rsidRDefault="00435A74" w:rsidP="0034647F">
+          <w:p w14:paraId="6649D253" w14:textId="1FD17575" w:rsidR="00FE2C17" w:rsidRPr="00B14AA9" w:rsidRDefault="00FE2C17" w:rsidP="00A92617">
             <w:pPr>
-              <w:spacing w:line="280" w:lineRule="atLeast"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7878EDED" w14:textId="1A633BC8" w:rsidR="00653C0C" w:rsidRPr="00536AE8" w:rsidRDefault="00633E5B" w:rsidP="00FA65C3">
+    <w:p w14:paraId="7878EDED" w14:textId="1A633BC8" w:rsidR="00653C0C" w:rsidRPr="00536AE8" w:rsidRDefault="00633E5B" w:rsidP="00A33FD0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>After expungement</w:t>
       </w:r>
       <w:r w:rsidR="00653C0C" w:rsidRPr="00536AE8">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, upon any inquiry in this matter, all persons in charge of expunged records shall </w:t>
       </w:r>
       <w:r w:rsidR="0023150B">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
       <w:r w:rsidR="0023150B" w:rsidRPr="00536AE8">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -2196,1698 +4634,3220 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>24-4.1-302(5);</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> except </w:t>
       </w:r>
       <w:r w:rsidR="00286EE5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>such information shall NOT be available to an agency of the military forces of the United States.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ECB7546" w14:textId="77777777" w:rsidR="00B6497A" w:rsidRPr="006311DB" w:rsidRDefault="005C1BA8" w:rsidP="00FA65C3">
+    <w:p w14:paraId="5ECB7546" w14:textId="77777777" w:rsidR="00B6497A" w:rsidRPr="006311DB" w:rsidRDefault="005C1BA8" w:rsidP="00A33FD0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006311DB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The records shall be available to any judge or probation department for </w:t>
       </w:r>
       <w:r w:rsidR="00653C0C" w:rsidRPr="006311DB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>use in any future juvenile or adult sentencing hearing regarding the Petitioner.</w:t>
       </w:r>
       <w:r w:rsidR="00133151" w:rsidRPr="00A26487">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5725C60A" w14:textId="77777777" w:rsidR="000B2FD3" w:rsidRDefault="000B2FD3" w:rsidP="00FA65C3">
+    <w:p w14:paraId="5725C60A" w14:textId="77777777" w:rsidR="000B2FD3" w:rsidRDefault="000B2FD3" w:rsidP="00A33FD0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk17883631"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk17883631"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>If applicable, send a copy of this Order to the originating court</w:t>
       </w:r>
       <w:r w:rsidR="00F7604E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to expunge </w:t>
       </w:r>
       <w:r w:rsidR="00133151">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">its </w:t>
       </w:r>
       <w:r w:rsidR="00F7604E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>record</w:t>
       </w:r>
       <w:r w:rsidR="00130206">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> due to a change of venue</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.  The originating court is responsible for notifying local law enforcement</w:t>
       </w:r>
       <w:r w:rsidR="00653C0C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="1CA384A3" w14:textId="19FE2684" w:rsidR="008346D8" w:rsidRPr="008346D8" w:rsidRDefault="008346D8" w:rsidP="00FA65C3">
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="1CA384A3" w14:textId="19FE2684" w:rsidR="008346D8" w:rsidRPr="008346D8" w:rsidRDefault="008346D8" w:rsidP="00A33FD0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008346D8">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00FD0B03">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Court </w:t>
       </w:r>
       <w:r w:rsidR="00160EC7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">will </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>mail a copy of this Order to the following</w:t>
       </w:r>
       <w:r w:rsidRPr="008346D8">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00160EC7">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00160EC7" w:rsidRPr="00FA65C3">
+      <w:r w:rsidR="00160EC7" w:rsidRPr="002E5326">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="032348" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="002901B2">
+      <w:r w:rsidR="002901B2" w:rsidRPr="002E5326">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="032348" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Must include service address</w:t>
       </w:r>
-      <w:r w:rsidR="00A1627B">
+      <w:r w:rsidR="00A1627B" w:rsidRPr="002E5326">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="032348" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="482423E7" w14:textId="2C0DDAE9" w:rsidR="00FD0B03" w:rsidRPr="00B3314A" w:rsidRDefault="00B3314A" w:rsidP="00FA65C3">
+    <w:p w14:paraId="482423E7" w14:textId="3B1E9141" w:rsidR="00FD0B03" w:rsidRPr="00B3314A" w:rsidRDefault="00647952" w:rsidP="00DE33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...7 lines deleted...]
-      <w:r w:rsidR="007C157F" w:rsidRPr="00FA65C3">
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FD0B03" w:rsidRPr="00B3314A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Juvenile</w:t>
       </w:r>
       <w:r w:rsidR="007C157F" w:rsidRPr="00B3314A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0B03" w:rsidRPr="00FA65C3">
-[...8 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Enter Juvenile's address"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="Text9"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="2D8221B9" w14:textId="089A8DC6" w:rsidR="00FD0B03" w:rsidRPr="00B3314A" w:rsidRDefault="00B3314A" w:rsidP="00FA65C3">
+    <w:p w14:paraId="2D8221B9" w14:textId="27FB3DF1" w:rsidR="00FD0B03" w:rsidRPr="00B3314A" w:rsidRDefault="00647952" w:rsidP="00DE33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...7 lines deleted...]
-      <w:r w:rsidR="007C157F" w:rsidRPr="00FA65C3">
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FD0B03" w:rsidRPr="00B3314A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Juvenile’s last attorney of record</w:t>
       </w:r>
-      <w:r w:rsidR="007C157F" w:rsidRPr="00B3314A">
+      <w:r w:rsidRPr="00B3314A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007C157F" w:rsidRPr="00FA65C3">
-[...7 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Enter Juvenile's address"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745470A6" w14:textId="54F7FDD4" w:rsidR="008346D8" w:rsidRPr="00B3314A" w:rsidRDefault="00B3314A" w:rsidP="00FA65C3">
+    <w:p w14:paraId="745470A6" w14:textId="01982D8F" w:rsidR="008346D8" w:rsidRPr="00B3314A" w:rsidRDefault="00647952" w:rsidP="00DE33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...7 lines deleted...]
-      <w:r w:rsidR="007C157F" w:rsidRPr="00FA65C3">
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008346D8" w:rsidRPr="00B3314A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Sheriff’s Department</w:t>
       </w:r>
-      <w:r w:rsidR="00C9410D" w:rsidRPr="00B3314A">
+      <w:r w:rsidRPr="00B3314A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007C157F" w:rsidRPr="00FA65C3">
-[...7 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Enter Juvenile's address"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66728437" w14:textId="29ABEA5A" w:rsidR="008346D8" w:rsidRPr="00B3314A" w:rsidRDefault="00B3314A" w:rsidP="00FA65C3">
+    <w:p w14:paraId="66728437" w14:textId="2A99F9F4" w:rsidR="008346D8" w:rsidRPr="00B3314A" w:rsidRDefault="00647952" w:rsidP="00DE33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...7 lines deleted...]
-      <w:r w:rsidR="007C157F" w:rsidRPr="00FA65C3">
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008346D8" w:rsidRPr="00B3314A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:tab/>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>Probation Department</w:t>
       </w:r>
-      <w:r w:rsidR="00C9410D" w:rsidRPr="00B3314A">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="00B3314A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA65C3">
-[...8 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Enter Juvenile's address"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5247322F" w14:textId="14DA60F7" w:rsidR="008346D8" w:rsidRPr="00B3314A" w:rsidRDefault="00B3314A" w:rsidP="00FA65C3">
+    <w:p w14:paraId="5247322F" w14:textId="3CD787E5" w:rsidR="008346D8" w:rsidRPr="00B3314A" w:rsidRDefault="00647952" w:rsidP="00DE33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...7 lines deleted...]
-      <w:r w:rsidR="007C157F" w:rsidRPr="00FA65C3">
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008346D8" w:rsidRPr="00B3314A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>District Attorney</w:t>
       </w:r>
-      <w:r w:rsidR="00C9410D" w:rsidRPr="00B3314A">
+      <w:r w:rsidRPr="00B3314A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA65C3">
-[...7 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Enter Juvenile's address"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="105D06C0" w14:textId="0BE0C145" w:rsidR="001E62C7" w:rsidRPr="00B3314A" w:rsidRDefault="00B3314A" w:rsidP="00FA65C3">
+    <w:p w14:paraId="105D06C0" w14:textId="6F78EB02" w:rsidR="001E62C7" w:rsidRPr="00B3314A" w:rsidRDefault="00647952" w:rsidP="00DE33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...7 lines deleted...]
-      <w:r w:rsidR="007C157F" w:rsidRPr="00FA65C3">
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00160EC7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>City</w:t>
       </w:r>
       <w:r w:rsidR="001E62C7" w:rsidRPr="00B3314A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Attorney</w:t>
       </w:r>
-      <w:r w:rsidR="00C9410D" w:rsidRPr="00B3314A">
+      <w:r w:rsidRPr="00B3314A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA65C3">
-[...7 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Enter Juvenile's address"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD8A6C6" w14:textId="1F77EB18" w:rsidR="008346D8" w:rsidRPr="00B3314A" w:rsidRDefault="00B3314A" w:rsidP="00FA65C3">
+    <w:p w14:paraId="5BD8A6C6" w14:textId="7FDB4557" w:rsidR="008346D8" w:rsidRPr="00B3314A" w:rsidRDefault="00647952" w:rsidP="00DE33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...7 lines deleted...]
-      <w:r w:rsidR="007C157F" w:rsidRPr="00FA65C3">
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008346D8" w:rsidRPr="00B3314A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Law Enforcement Agency </w:t>
-[...7 lines deleted...]
-          <w:u w:val="single"/>
+        <w:t>Law Enforcement Agency</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3314A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Enter Juvenile's address"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2182EE85" w14:textId="229B5409" w:rsidR="008346D8" w:rsidRPr="00647952" w:rsidRDefault="00647952" w:rsidP="00A92617">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="008346D8" w:rsidRPr="00B3314A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Colorado Bureau of Investigation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00F70B70" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00D16823" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00705A26" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 Kipling St., </w:t>
+      </w:r>
+      <w:r w:rsidR="00F70B70" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Suite 3</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5D8D" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>000</w:t>
+      </w:r>
+      <w:r w:rsidR="00F70B70" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009E5D8D" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Attn: Identification-</w:t>
+      </w:r>
+      <w:r w:rsidR="00705A26" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Seals </w:t>
+      </w:r>
+      <w:r w:rsidR="00D16823" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Lakewood</w:t>
+      </w:r>
+      <w:r w:rsidR="00F70B70" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, C</w:t>
+      </w:r>
+      <w:r w:rsidR="00D16823" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00F70B70" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 80215</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3314A" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3884A909" w14:textId="6D9552D8" w:rsidR="00B3314A" w:rsidRPr="00B3314A" w:rsidRDefault="00B3314A" w:rsidP="007C157F">
-[...118 lines deleted...]
-    <w:p w14:paraId="37053012" w14:textId="2871ED71" w:rsidR="00703A52" w:rsidRDefault="004D0644" w:rsidP="00FA65C3">
+    <w:p w14:paraId="37053012" w14:textId="62316C9A" w:rsidR="00703A52" w:rsidRDefault="00647952" w:rsidP="00DE33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00703A52">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Municipal Court</w:t>
       </w:r>
-      <w:r w:rsidR="00B3314A">
-        <w:rPr>
+      <w:r w:rsidRPr="00B3314A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3314A" w:rsidRPr="00FA65C3">
-[...4 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Enter Juvenile's address"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F81ED7" w14:textId="273161FC" w:rsidR="00FD0B03" w:rsidRPr="00A92617" w:rsidRDefault="00647952" w:rsidP="00A92617">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00FD0B03">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Division of Youth </w:t>
+      </w:r>
+      <w:r w:rsidR="0072620F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk520191466"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="002901B2" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Central Office/Records Unit, </w:t>
+      </w:r>
+      <w:r w:rsidR="00294ECA" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4255 South Knox Court</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3314A" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00294ECA" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Denver, CO 80236</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3314A" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="3DC24E39" w14:textId="1156EAC4" w:rsidR="00B3314A" w:rsidRPr="00FA65C3" w:rsidRDefault="008346D8" w:rsidP="00B3314A">
-[...260 lines deleted...]
-    <w:p w14:paraId="30C3CC43" w14:textId="379EC2BF" w:rsidR="008346D8" w:rsidRDefault="0072620F" w:rsidP="00FA65C3">
+    <w:p w14:paraId="30C3CC43" w14:textId="693E4825" w:rsidR="008346D8" w:rsidRDefault="00647952" w:rsidP="00DE33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="0072620F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Department of Human Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3314A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Enter Juvenile's address"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="627FFBFB" w14:textId="3E677BFA" w:rsidR="0072620F" w:rsidRDefault="0072620F" w:rsidP="00FA65C3">
+    <w:p w14:paraId="627FFBFB" w14:textId="44602833" w:rsidR="0072620F" w:rsidRDefault="00647952" w:rsidP="00DE33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="0072620F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Department of Corrections</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3314A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Enter Juvenile's address"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F2BDA0" w14:textId="1F221F25" w:rsidR="0072620F" w:rsidRDefault="0072620F" w:rsidP="00FA65C3">
+    <w:p w14:paraId="62F2BDA0" w14:textId="5731D93E" w:rsidR="0072620F" w:rsidRDefault="00647952" w:rsidP="00DE33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="0072620F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>School</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3314A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Enter Juvenile's address"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0211B907" w14:textId="6D01DFE4" w:rsidR="001E21F3" w:rsidRDefault="0072620F" w:rsidP="00FA65C3">
+    <w:p w14:paraId="0211B907" w14:textId="39EC5A91" w:rsidR="001E21F3" w:rsidRDefault="00647952" w:rsidP="00DE33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="001E21F3" w:rsidRPr="00FA65C3">
-[...7 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Enter Juvenile's address"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CFA1538" w14:textId="77777777" w:rsidR="00A1627B" w:rsidRPr="00FA65C3" w:rsidRDefault="00A1627B" w:rsidP="00FA65C3">
+    <w:p w14:paraId="1AF4A2F8" w14:textId="77777777" w:rsidR="00BD6880" w:rsidRDefault="00BD6880" w:rsidP="00DE33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00FA65C3">
-[...7 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Enter Juvenile's address"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B972CA" w14:textId="77777777" w:rsidR="00A1627B" w:rsidRPr="00FA65C3" w:rsidRDefault="00A1627B" w:rsidP="00FA65C3">
+    <w:p w14:paraId="308F736B" w14:textId="77777777" w:rsidR="00BD6880" w:rsidRDefault="00BD6880" w:rsidP="00DE33DC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Check10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008F7229">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00FA65C3">
-[...7 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:statusText w:type="text" w:val="Enter Juvenile's address"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20DC2C56" w14:textId="77777777" w:rsidR="00A1627B" w:rsidRPr="00FA65C3" w:rsidRDefault="00A1627B" w:rsidP="00FA65C3">
+    <w:p w14:paraId="6DC91960" w14:textId="77777777" w:rsidR="001E21F3" w:rsidRPr="001E21F3" w:rsidRDefault="001E21F3" w:rsidP="008C2F08">
       <w:pPr>
-        <w:tabs>
-[...7 lines deleted...]
-          <w:u w:val="single"/>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D836B1">
-[...23 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="001E21F3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>So Ordered</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B50120" w14:textId="77777777" w:rsidR="001E21F3" w:rsidRPr="0072620F" w:rsidRDefault="001E21F3" w:rsidP="00FA65C3">
-[...78 lines deleted...]
-    <w:p w14:paraId="56DF5E27" w14:textId="77777777" w:rsidR="001E21F3" w:rsidRPr="001E21F3" w:rsidRDefault="001E21F3" w:rsidP="001E21F3">
+    <w:p w14:paraId="56DF5E27" w14:textId="6CA2C3C2" w:rsidR="001E21F3" w:rsidRPr="00A92617" w:rsidRDefault="001E21F3" w:rsidP="001E21F3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="001E21F3">
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text10"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="Text10"/>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="522BD5C2" w14:textId="77777777" w:rsidR="001E21F3" w:rsidRPr="001E21F3" w:rsidRDefault="001E21F3" w:rsidP="001E21F3">
+    <w:p w14:paraId="522BD5C2" w14:textId="3B3CCB09" w:rsidR="001E21F3" w:rsidRPr="001E21F3" w:rsidRDefault="001E21F3" w:rsidP="00A92617">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="1890"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Check8"/>
+      <w:bookmarkStart w:id="12" w:name="Check8"/>
       <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0023150B">
+      <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0023150B">
+      <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Judge     </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2C17" w:rsidRPr="001E21F3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Judge</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2C17">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Check9"/>
+      <w:bookmarkStart w:id="13" w:name="Check9"/>
       <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0023150B">
+      <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0023150B">
+      <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Magistrate</w:t>
       </w:r>
       <w:r w:rsidRPr="001E21F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Dated</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC6041F" w14:textId="672D3A57" w:rsidR="008346D8" w:rsidRPr="00FA65C3" w:rsidRDefault="00160EC7" w:rsidP="00FA65C3">
+    <w:p w14:paraId="4DC6041F" w14:textId="672D3A57" w:rsidR="008346D8" w:rsidRPr="00FA65C3" w:rsidRDefault="00160EC7" w:rsidP="008C2F08">
       <w:pPr>
-        <w:pStyle w:val="Footer"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00160EC7">
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Certificate </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00160EC7">
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>f Service</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4922C20E" w14:textId="51369EF3" w:rsidR="008346D8" w:rsidRPr="00160EC7" w:rsidRDefault="008346D8" w:rsidP="00FA65C3">
+    <w:p w14:paraId="4922C20E" w14:textId="4379DF82" w:rsidR="008346D8" w:rsidRPr="00160EC7" w:rsidRDefault="008346D8" w:rsidP="00FA65C3">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00160EC7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">I certify that on </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA65C3">
+      <w:r w:rsidRPr="002E5326">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="032348" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(date)</w:t>
       </w:r>
       <w:r w:rsidR="00160EC7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00160EC7" w:rsidRPr="00FA65C3">
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:tab/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text11"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> </w:instrText>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="Text11"/>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6880" w:rsidRPr="00A92617">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidR="00030E11">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r w:rsidRPr="00160EC7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, I </w:t>
+        <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidR="002901B2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>sent a</w:t>
       </w:r>
       <w:r w:rsidR="00160EC7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> copy of this document to the people and agencies </w:t>
       </w:r>
       <w:r w:rsidR="0023150B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>checked above</w:t>
       </w:r>
       <w:r w:rsidR="00160EC7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -3895,252 +7855,250 @@
         </w:rPr>
         <w:t xml:space="preserve"> to the address</w:t>
       </w:r>
       <w:r w:rsidR="00CD32BD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="002901B2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>method indicated</w:t>
       </w:r>
       <w:r w:rsidR="00160EC7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> therein.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78BF9BC2" w14:textId="3D9496F3" w:rsidR="00160EC7" w:rsidRPr="00FA65C3" w:rsidRDefault="00160EC7" w:rsidP="00160EC7">
+    <w:p w14:paraId="7F5E3ACF" w14:textId="7EE75AC7" w:rsidR="008346D8" w:rsidRPr="008C2F08" w:rsidRDefault="008C2F08" w:rsidP="008C2F08">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="5040"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="6480"/>
         </w:tabs>
         <w:spacing w:before="360"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA65C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Court Clerk</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Signature: </w:t>
+      </w:r>
+      <w:r w:rsidR="00160EC7" w:rsidRPr="00FA65C3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F5E3ACF" w14:textId="75581FC4" w:rsidR="008346D8" w:rsidRPr="00FA65C3" w:rsidRDefault="00160EC7" w:rsidP="00FA65C3">
-[...25 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+    <w:sectPr w:rsidR="008346D8" w:rsidRPr="008C2F08" w:rsidSect="002C66FA">
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FFD934C" w14:textId="77777777" w:rsidR="00093028" w:rsidRDefault="00093028">
+    <w:p w14:paraId="31679420" w14:textId="77777777" w:rsidR="00427D75" w:rsidRDefault="00427D75">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="080D75D4" w14:textId="77777777" w:rsidR="00093028" w:rsidRDefault="00093028">
+    <w:p w14:paraId="3C9FD749" w14:textId="77777777" w:rsidR="00427D75" w:rsidRDefault="00427D75">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Century Gothic">
+    <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="61A92CAC" w14:textId="560BC2A0" w:rsidR="0089450B" w:rsidRPr="004D0644" w:rsidRDefault="002C66FA" w:rsidP="00FA65C3">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="61A92CAC" w14:textId="7AB619C3" w:rsidR="0089450B" w:rsidRPr="004D0644" w:rsidRDefault="002C66FA" w:rsidP="00FA65C3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>JDF 304 – Order for Expungement of Records</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC7555">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">R: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>December 16</w:t>
+      <w:t xml:space="preserve">December </w:t>
+    </w:r>
+    <w:r w:rsidR="00F20071">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC7555">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>, 202</w:t>
+      <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00F20071" w:rsidRPr="00EC7555">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00F20071">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC7555">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00B93D5D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00B93D5D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -4205,305 +8163,266 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00B93D5D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3E4CBD35" w14:textId="4C536DD1" w:rsidR="002C66FA" w:rsidRPr="00EC7555" w:rsidRDefault="002C66FA" w:rsidP="002C66FA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3E4CBD35" w14:textId="1D2C4519" w:rsidR="002C66FA" w:rsidRPr="00EC7555" w:rsidRDefault="002C66FA" w:rsidP="002C66FA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>JDF 304 – Order for Expungement of Records</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC7555">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">R: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>December 16</w:t>
+      <w:t xml:space="preserve">December </w:t>
+    </w:r>
+    <w:r w:rsidR="0016276F">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC7555">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
-    <w:r w:rsidRPr="00EC7555">
+    <w:r w:rsidR="0016276F" w:rsidRPr="00EC7555">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="0016276F">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>5</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00EC7555">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00B93D5D">
+    <w:r w:rsidR="00A41495" w:rsidRPr="00B93D5D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B93D5D">
+    <w:r w:rsidR="00A41495" w:rsidRPr="00B93D5D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00B93D5D">
+    <w:r w:rsidR="00A41495" w:rsidRPr="00B93D5D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00B93D5D">
+    <w:r w:rsidR="00A41495" w:rsidRPr="00B93D5D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00A41495">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>14</w:t>
     </w:r>
-    <w:r w:rsidRPr="00B93D5D">
+    <w:r w:rsidR="00A41495" w:rsidRPr="00B93D5D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00B93D5D">
+    <w:r w:rsidR="00A41495" w:rsidRPr="00B93D5D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B93D5D">
+    <w:r w:rsidR="00A41495" w:rsidRPr="00B93D5D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00B93D5D">
+    <w:r w:rsidR="00A41495" w:rsidRPr="00B93D5D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00B93D5D">
+    <w:r w:rsidR="00A41495" w:rsidRPr="00B93D5D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00A41495">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>10</w:t>
+      <w:t>15</w:t>
     </w:r>
-    <w:r w:rsidRPr="00B93D5D">
+    <w:r w:rsidR="00A41495" w:rsidRPr="00B93D5D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26761D66" w14:textId="77777777" w:rsidR="00093028" w:rsidRDefault="00093028">
+    <w:p w14:paraId="379FE7BF" w14:textId="77777777" w:rsidR="00427D75" w:rsidRDefault="00427D75">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="290F7395" w14:textId="77777777" w:rsidR="00093028" w:rsidRDefault="00093028">
+    <w:p w14:paraId="31BB7332" w14:textId="77777777" w:rsidR="00427D75" w:rsidRDefault="00427D75">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...45 lines deleted...]
-  <w:p w14:paraId="09072EBA" w14:textId="77777777" w:rsidR="002C66FA" w:rsidRPr="002C66FA" w:rsidRDefault="002C66FA">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="09072EBA" w14:textId="77777777" w:rsidR="002C66FA" w:rsidRPr="002C66FA" w:rsidRDefault="002C66FA" w:rsidP="00647952">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="15"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FDF435D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0358AD2E"/>
     <w:lvl w:ilvl="0" w:tplc="17AA3018">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -4749,60 +8668,57 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74484E60"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="AC606DE2"/>
+    <w:tmpl w:val="04090017"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74BB6F40"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9914197C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -4894,315 +8810,348 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1777169440">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1238906613">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="56633992">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1365057389">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1117027207">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="298"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="186"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C3E0E"/>
     <w:rsid w:val="00003B97"/>
     <w:rsid w:val="00012962"/>
     <w:rsid w:val="00014BF0"/>
     <w:rsid w:val="000171E0"/>
+    <w:rsid w:val="00030E11"/>
     <w:rsid w:val="00032368"/>
+    <w:rsid w:val="00037141"/>
     <w:rsid w:val="000511CC"/>
     <w:rsid w:val="000519B7"/>
+    <w:rsid w:val="00060511"/>
     <w:rsid w:val="00093028"/>
     <w:rsid w:val="000A670C"/>
     <w:rsid w:val="000B2FD3"/>
     <w:rsid w:val="000B3B21"/>
     <w:rsid w:val="000B5E19"/>
     <w:rsid w:val="000C3E0E"/>
     <w:rsid w:val="000D3560"/>
     <w:rsid w:val="00113EA1"/>
     <w:rsid w:val="00130206"/>
     <w:rsid w:val="00133151"/>
     <w:rsid w:val="0015456A"/>
     <w:rsid w:val="00160EC7"/>
     <w:rsid w:val="00160ED3"/>
+    <w:rsid w:val="0016276F"/>
     <w:rsid w:val="001674A0"/>
     <w:rsid w:val="00170B3E"/>
     <w:rsid w:val="001833B8"/>
+    <w:rsid w:val="001D5E88"/>
     <w:rsid w:val="001E0BA7"/>
     <w:rsid w:val="001E21F2"/>
     <w:rsid w:val="001E21F3"/>
     <w:rsid w:val="001E62C7"/>
     <w:rsid w:val="002078DE"/>
     <w:rsid w:val="00210438"/>
     <w:rsid w:val="00222A9F"/>
     <w:rsid w:val="0023150B"/>
     <w:rsid w:val="00241486"/>
     <w:rsid w:val="002534C1"/>
     <w:rsid w:val="00257353"/>
     <w:rsid w:val="002604B0"/>
     <w:rsid w:val="00280BE3"/>
     <w:rsid w:val="00286EE5"/>
     <w:rsid w:val="002901B2"/>
+    <w:rsid w:val="002939E8"/>
     <w:rsid w:val="00294EBB"/>
     <w:rsid w:val="00294ECA"/>
     <w:rsid w:val="002B0DB6"/>
+    <w:rsid w:val="002B22CD"/>
     <w:rsid w:val="002C66FA"/>
+    <w:rsid w:val="002E5326"/>
     <w:rsid w:val="00300F93"/>
     <w:rsid w:val="003146C6"/>
     <w:rsid w:val="00337337"/>
     <w:rsid w:val="003442C4"/>
     <w:rsid w:val="0034647F"/>
     <w:rsid w:val="00357D11"/>
     <w:rsid w:val="003768A1"/>
     <w:rsid w:val="00376E3C"/>
     <w:rsid w:val="003A69D0"/>
     <w:rsid w:val="003B3134"/>
+    <w:rsid w:val="003C19EC"/>
     <w:rsid w:val="003E0A35"/>
+    <w:rsid w:val="003E1F48"/>
     <w:rsid w:val="003E598C"/>
     <w:rsid w:val="003F0DB4"/>
     <w:rsid w:val="003F43D9"/>
     <w:rsid w:val="00400108"/>
     <w:rsid w:val="00411FEF"/>
+    <w:rsid w:val="00427D75"/>
     <w:rsid w:val="00435A74"/>
     <w:rsid w:val="00474092"/>
     <w:rsid w:val="00481F5C"/>
     <w:rsid w:val="00493117"/>
     <w:rsid w:val="00495F03"/>
     <w:rsid w:val="004D0644"/>
     <w:rsid w:val="004D31CB"/>
     <w:rsid w:val="004E7054"/>
     <w:rsid w:val="004F71FB"/>
     <w:rsid w:val="0050073B"/>
     <w:rsid w:val="005132A7"/>
     <w:rsid w:val="00536AE8"/>
     <w:rsid w:val="00537693"/>
     <w:rsid w:val="00580338"/>
     <w:rsid w:val="00582279"/>
     <w:rsid w:val="00587275"/>
     <w:rsid w:val="005A6FF1"/>
     <w:rsid w:val="005B24BD"/>
     <w:rsid w:val="005C096E"/>
     <w:rsid w:val="005C1BA8"/>
     <w:rsid w:val="00610ED8"/>
     <w:rsid w:val="0062584D"/>
     <w:rsid w:val="006264B7"/>
     <w:rsid w:val="006311DB"/>
     <w:rsid w:val="00633E5B"/>
+    <w:rsid w:val="00647952"/>
     <w:rsid w:val="00653C0C"/>
+    <w:rsid w:val="00661A53"/>
     <w:rsid w:val="006B186E"/>
     <w:rsid w:val="006F6293"/>
     <w:rsid w:val="00703A52"/>
     <w:rsid w:val="00705A26"/>
     <w:rsid w:val="00711F26"/>
     <w:rsid w:val="0072620F"/>
     <w:rsid w:val="00733434"/>
+    <w:rsid w:val="00733D31"/>
     <w:rsid w:val="00747139"/>
     <w:rsid w:val="00752585"/>
     <w:rsid w:val="007778D8"/>
     <w:rsid w:val="007A674C"/>
     <w:rsid w:val="007B1178"/>
     <w:rsid w:val="007C0246"/>
     <w:rsid w:val="007C157F"/>
+    <w:rsid w:val="007C1598"/>
     <w:rsid w:val="007D0F08"/>
     <w:rsid w:val="007F0279"/>
     <w:rsid w:val="00811022"/>
+    <w:rsid w:val="00831913"/>
     <w:rsid w:val="008346D8"/>
     <w:rsid w:val="00853570"/>
     <w:rsid w:val="008800CA"/>
     <w:rsid w:val="00881755"/>
     <w:rsid w:val="0088623C"/>
     <w:rsid w:val="0089450B"/>
     <w:rsid w:val="008B4864"/>
+    <w:rsid w:val="008C2F08"/>
     <w:rsid w:val="008C697F"/>
     <w:rsid w:val="008D3A9E"/>
     <w:rsid w:val="008F1F64"/>
     <w:rsid w:val="00905FBB"/>
     <w:rsid w:val="00907BF8"/>
+    <w:rsid w:val="00913F74"/>
     <w:rsid w:val="00927589"/>
     <w:rsid w:val="0093005D"/>
     <w:rsid w:val="009348D8"/>
     <w:rsid w:val="00993F88"/>
     <w:rsid w:val="009B6B3E"/>
     <w:rsid w:val="009D39FE"/>
     <w:rsid w:val="009E35D4"/>
     <w:rsid w:val="009E5D8D"/>
     <w:rsid w:val="009E7D8D"/>
     <w:rsid w:val="009F4B3F"/>
     <w:rsid w:val="00A1627B"/>
+    <w:rsid w:val="00A247D6"/>
     <w:rsid w:val="00A254E5"/>
     <w:rsid w:val="00A26487"/>
+    <w:rsid w:val="00A33FD0"/>
     <w:rsid w:val="00A3583E"/>
+    <w:rsid w:val="00A41495"/>
     <w:rsid w:val="00A46BA9"/>
+    <w:rsid w:val="00A92617"/>
     <w:rsid w:val="00A945E1"/>
     <w:rsid w:val="00A950E5"/>
     <w:rsid w:val="00AA2A93"/>
     <w:rsid w:val="00AA7569"/>
+    <w:rsid w:val="00AB2611"/>
     <w:rsid w:val="00AC2BE7"/>
     <w:rsid w:val="00AC2C84"/>
+    <w:rsid w:val="00AF54C2"/>
+    <w:rsid w:val="00B20BC8"/>
     <w:rsid w:val="00B3314A"/>
     <w:rsid w:val="00B374AF"/>
     <w:rsid w:val="00B616A7"/>
     <w:rsid w:val="00B6252E"/>
     <w:rsid w:val="00B6497A"/>
     <w:rsid w:val="00B7420A"/>
     <w:rsid w:val="00B76DBF"/>
+    <w:rsid w:val="00B83A10"/>
     <w:rsid w:val="00B951D4"/>
     <w:rsid w:val="00B96A40"/>
     <w:rsid w:val="00BB068A"/>
     <w:rsid w:val="00BC4654"/>
+    <w:rsid w:val="00BD6880"/>
     <w:rsid w:val="00C2527E"/>
     <w:rsid w:val="00C26A21"/>
     <w:rsid w:val="00C43FDC"/>
     <w:rsid w:val="00C6308A"/>
     <w:rsid w:val="00C72423"/>
     <w:rsid w:val="00C9410D"/>
     <w:rsid w:val="00CA127D"/>
     <w:rsid w:val="00CA2D42"/>
     <w:rsid w:val="00CB5AFF"/>
     <w:rsid w:val="00CC61FD"/>
     <w:rsid w:val="00CD283E"/>
     <w:rsid w:val="00CD32BD"/>
     <w:rsid w:val="00CF48CD"/>
     <w:rsid w:val="00D14212"/>
     <w:rsid w:val="00D16823"/>
     <w:rsid w:val="00D347FD"/>
     <w:rsid w:val="00D45FB6"/>
+    <w:rsid w:val="00D95BB0"/>
     <w:rsid w:val="00D96432"/>
+    <w:rsid w:val="00DA1F2C"/>
     <w:rsid w:val="00DB67D7"/>
+    <w:rsid w:val="00DE33DC"/>
     <w:rsid w:val="00DE4A1B"/>
     <w:rsid w:val="00DF0079"/>
     <w:rsid w:val="00DF33E4"/>
     <w:rsid w:val="00E0301C"/>
     <w:rsid w:val="00E10CEF"/>
     <w:rsid w:val="00E1286C"/>
     <w:rsid w:val="00E164AA"/>
     <w:rsid w:val="00E169C0"/>
+    <w:rsid w:val="00E2395E"/>
     <w:rsid w:val="00E32D9C"/>
     <w:rsid w:val="00E51B8F"/>
     <w:rsid w:val="00E66922"/>
     <w:rsid w:val="00E77C26"/>
     <w:rsid w:val="00E81681"/>
     <w:rsid w:val="00F052A6"/>
+    <w:rsid w:val="00F20071"/>
     <w:rsid w:val="00F35B6C"/>
     <w:rsid w:val="00F50608"/>
     <w:rsid w:val="00F52A60"/>
     <w:rsid w:val="00F64ABB"/>
     <w:rsid w:val="00F66A48"/>
     <w:rsid w:val="00F70B70"/>
     <w:rsid w:val="00F7124C"/>
     <w:rsid w:val="00F71E6C"/>
     <w:rsid w:val="00F72853"/>
     <w:rsid w:val="00F7604E"/>
     <w:rsid w:val="00F8185B"/>
     <w:rsid w:val="00F91C92"/>
     <w:rsid w:val="00F96BFA"/>
     <w:rsid w:val="00F975EE"/>
     <w:rsid w:val="00FA65C3"/>
     <w:rsid w:val="00FC2580"/>
     <w:rsid w:val="00FC793D"/>
     <w:rsid w:val="00FD0B03"/>
+    <w:rsid w:val="00FE2C17"/>
     <w:rsid w:val="00FE6D22"/>
     <w:rsid w:val="00FF1D4F"/>
     <w:rsid w:val="00FF380B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="142E2478"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{923B9282-78B0-944B-ABC4-326F1D8ADBA9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -5480,58 +9429,62 @@
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00B20BC8"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:jc w:val="center"/>
+      <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="720" w:hanging="720"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="19"/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
@@ -5663,497 +9616,418 @@
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002C66FA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B3314A"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="008C2F08"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SCAOExpungementOrders@judicial.state.co.us" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2013 - 2022">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Slice">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Slice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="146194"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="76DBF4"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="052F61"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="A50E82"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="14967C"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="6A9E1F"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="E87D37"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="C62324"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0D2E46"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="356A95"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Slice">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Century Gothic" panose="020B0502020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...57 lines deleted...]
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Jpan" typeface="メイリオ"/>
+        <a:font script="Hang" typeface="HY중고딕"/>
+        <a:font script="Hans" typeface="幼圆"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Arab" typeface="Tahoma"/>
+        <a:font script="Hebr" typeface="Gisha"/>
+        <a:font script="Thai" typeface="DilleniaUPC"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
-        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Viet" typeface="Tahoma"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Century Gothic" panose="020B0502020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="メイリオ"/>
+        <a:font script="Hang" typeface="HY중고딕"/>
+        <a:font script="Hans" typeface="幼圆"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Arab" typeface="Tahoma"/>
+        <a:font script="Hebr" typeface="Gisha"/>
+        <a:font script="Thai" typeface="DilleniaUPC"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Tahoma"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Slice">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
+                <a:tint val="62000"/>
+                <a:hueMod val="94000"/>
+                <a:satMod val="140000"/>
                 <a:lumMod val="110000"/>
-                <a:satMod val="105000"/>
-[...7 lines deleted...]
-                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="84000"/>
+                <a:satMod val="160000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...8 lines deleted...]
-                <a:shade val="100000"/>
+                <a:tint val="98000"/>
+                <a:hueMod val="94000"/>
+                <a:satMod val="130000"/>
+                <a:lumMod val="128000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:lumMod val="88000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="rnd" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:tint val="76000"/>
+              <a:alpha val="60000"/>
+              <a:hueMod val="94000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="15875" cap="rnd" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:hueMod val="94000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...13 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst/>
+          <a:effectLst>
+            <a:innerShdw blurRad="25400" dist="12700" dir="13500000">
+              <a:srgbClr val="000000">
+                <a:alpha val="45000"/>
+              </a:srgbClr>
+            </a:innerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="50800" dist="38100" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="46000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t"/>
+          </a:scene3d>
+          <a:sp3d prstMaterial="plastic">
+            <a:bevelT w="25400" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="10000">
+              <a:schemeClr val="phClr">
+                <a:tint val="97000"/>
+                <a:hueMod val="92000"/>
+                <a:satMod val="169000"/>
+                <a:lumMod val="164000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="96000"/>
+                <a:satMod val="120000"/>
+                <a:lumMod val="90000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="6120000" scaled="1"/>
+        </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...10 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="97000"/>
+                <a:hueMod val="92000"/>
+                <a:satMod val="169000"/>
+                <a:lumMod val="164000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
+                <a:shade val="96000"/>
                 <a:satMod val="120000"/>
+                <a:lumMod val="90000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect b="100000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Slice" id="{0507925B-6AC9-4358-8E18-C330545D08F8}" vid="{13FEC7C6-62A9-40C4-99D2-581AACACAA2F}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F0F424E326A1CC449933FA7612DC2415" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5c70e4521470cb39170da45cd863d3ff">
-[...2 lines deleted...]
-    <xsd:import namespace="36cb0992-75b6-4e9f-a437-e3712d7709e3"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B71517B5E9FB8445BA03F28AABCA14D7" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cbd8157c3b19040df7605c87b828feb4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3b35bdc1-4763-4713-9d1b-8c07ae83bcee" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0b050cd8301c3750a3c781dd8b7b69f1" ns2:_="">
+    <xsd:import namespace="3b35bdc1-4763-4713-9d1b-8c07ae83bcee"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
-[...9 lines deleted...]
-                <xsd:element ref="ns3:Test" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="889135d1-514f-4ffe-92f0-0cbad3054c12" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3b35bdc1-4763-4713-9d1b-8c07ae83bcee" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
-[...29 lines deleted...]
-    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
-[...39 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -6212,165 +10086,183 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...3 lines deleted...]
-</p:properties>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14FA0A79-5E96-45A8-9B85-36EA6CD0F850}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEC16476-E4FE-422C-A903-1BFACF0E4F05}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15AEF457-BDFA-4239-B686-92EE327EC13B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BBE3130-6CE4-4CAB-A22F-E2E224769E60}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74089019-06FB-4D1A-9577-E75392BA4B01}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="889135d1-514f-4ffe-92f0-0cbad3054c12"/>
-    <ds:schemaRef ds:uri="36cb0992-75b6-4e9f-a437-e3712d7709e3"/>
+    <ds:schemaRef ds:uri="3b35bdc1-4763-4713-9d1b-8c07ae83bcee"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BBE3130-6CE4-4CAB-A22F-E2E224769E60}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14FA0A79-5E96-45A8-9B85-36EA6CD0F850}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="36cb0992-75b6-4e9f-a437-e3712d7709e3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1AC49B5-B1B0-433A-A4D0-4760B41E6FBA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>493</Words>
-  <Characters>2824</Characters>
+  <Words>705</Words>
+  <Characters>3590</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>132</Lines>
+  <Paragraphs>130</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>JDF 304 - Order for Expungement of Records</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Colorado Judicial Dept.</Company>
+  <Manager/>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3311</CharactersWithSpaces>
+  <CharactersWithSpaces>4165</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...2 lines deleted...]
-  <cp:keywords/>
+  <dc:title>JDF 304 - Order for Expungement of Records</dc:title>
+  <dc:subject>Sealing</dc:subject>
+  <dc:creator>Colorado Judicial Department</dc:creator>
+  <cp:keywords>Expungement, JDF 304, Order</cp:keywords>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100F0F424E326A1CC449933FA7612DC2415</vt:lpwstr>
+    <vt:lpwstr>0x010100B71517B5E9FB8445BA03F28AABCA14D7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Status">
     <vt:lpwstr>Reviewed by Legal</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="display_urn:schemas-microsoft-com:office:office#Editor">
     <vt:lpwstr>quirova, david</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="display_urn:schemas-microsoft-com:office:office#Author">
     <vt:lpwstr>rodriguez, tony</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_SourceUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_SharedFileIndex">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="xd_Signature">
+    <vt:bool>false</vt:bool>
+  </property>
 </Properties>
 </file>