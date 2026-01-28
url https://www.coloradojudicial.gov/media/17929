--- v0 (2025-10-24)
+++ v1 (2026-01-28)
@@ -19,60 +19,60 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr hidePivotFieldList="1" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Invoice Templates\0-Invoice Templates FY 26\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C0F42393-1E70-4ED5-9414-C1A4E27215C0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0A76C547-371E-49A3-8395-D3D6C98FA585}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Language Interpreter Invoice" sheetId="2" r:id="rId1"/>
     <sheet name="Drop down" sheetId="3" state="hidden" r:id="rId2"/>
     <sheet name="Log with Case Information" sheetId="1" r:id="rId3"/>
     <sheet name="Cover Sheet" sheetId="12" state="hidden" r:id="rId4"/>
     <sheet name="Instructions" sheetId="6" r:id="rId5"/>
     <sheet name="Example" sheetId="9" r:id="rId6"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId7"/>
   </externalReferences>
   <definedNames>
     <definedName name="Activity">'Drop down'!$A$150:$A$154</definedName>
     <definedName name="AppropriationCode">'Drop down'!$A$1:$A$5</definedName>
     <definedName name="ColumnTitle1">#REF!</definedName>
     <definedName name="CountyDistrict">[1]Sheet1!$G$6:$G$95</definedName>
     <definedName name="DistrictCounties">'Drop down'!$A$10:$A$31</definedName>
     <definedName name="Location" localSheetId="3">#REF!</definedName>
     <definedName name="Location">'Drop down'!$A$85:$A$148</definedName>
     <definedName name="Mileage">'Drop down'!$A$33:$A$34</definedName>
     <definedName name="Organization">'Drop down'!$A$1:$A$5</definedName>
     <definedName name="OrganizationUnit" localSheetId="3">#REF!</definedName>
     <definedName name="OrganizationUnit">'Drop down'!$A$36:$A$83</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">Example!$A$1:$Q$35</definedName>
@@ -3323,50 +3323,53 @@
     <xf numFmtId="0" fontId="18" fillId="0" borderId="71" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="18" fillId="3" borderId="67" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="18" fillId="3" borderId="69" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="18" fillId="3" borderId="51" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="26" fillId="3" borderId="74" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="5" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="5" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="9" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="9" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="24" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
@@ -3375,66 +3378,66 @@
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="56" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="57" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="64" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="65" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="60" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="61" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="9" xfId="4" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="63" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="52" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="58" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="59" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="62" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="54" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="3" borderId="59" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="30" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="24" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="31" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="32" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -3520,53 +3523,50 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="38" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="39" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Comma 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Currency 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3" xfId="5" xr:uid="{59327FD7-F552-415B-9501-ACA8919164CD}"/>
   </cellStyles>
   <dxfs count="7">
     <dxf>
       <alignment vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <font>
         <b/>
       </font>
     </dxf>
@@ -5306,755 +5306,755 @@
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="../pivotTables/pivotTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:interpreters@judicial.state.co.us" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diana.helmy@judicial.state.co.us" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2">
     <tabColor rgb="FFFFFF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P39"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" showRuler="0" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="80" workbookViewId="0">
-      <selection activeCell="K9" sqref="K9"/>
+    <sheetView showGridLines="0" tabSelected="1" showRuler="0" topLeftCell="A13" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="S20" sqref="S20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="18.90625" style="17" customWidth="1"/>
     <col min="2" max="2" width="34.453125" style="17" customWidth="1"/>
     <col min="3" max="4" width="15.1796875" style="17" customWidth="1"/>
     <col min="5" max="6" width="13" style="17" customWidth="1"/>
     <col min="7" max="7" width="12.54296875" style="17" customWidth="1"/>
     <col min="8" max="8" width="10.54296875" style="17" customWidth="1"/>
     <col min="9" max="9" width="13.453125" style="17" customWidth="1"/>
     <col min="10" max="10" width="10.54296875" style="17" customWidth="1"/>
     <col min="11" max="11" width="20.90625" style="17" customWidth="1"/>
     <col min="12" max="12" width="12.1796875" style="18" customWidth="1"/>
     <col min="13" max="13" width="11.1796875" style="18" customWidth="1"/>
     <col min="14" max="14" width="9.81640625" style="18" customWidth="1"/>
     <col min="15" max="15" width="12.54296875" style="17" customWidth="1"/>
     <col min="16" max="16" width="15.1796875" style="17" customWidth="1"/>
     <col min="17" max="17" width="3.1796875" style="17" customWidth="1"/>
     <col min="18" max="16384" width="9.1796875" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="16" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="137" t="s">
+      <c r="A1" s="138" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="137"/>
-[...13 lines deleted...]
-      <c r="P1" s="137"/>
+      <c r="B1" s="138"/>
+      <c r="C1" s="138"/>
+      <c r="D1" s="138"/>
+      <c r="E1" s="138"/>
+      <c r="F1" s="138"/>
+      <c r="G1" s="138"/>
+      <c r="H1" s="138"/>
+      <c r="I1" s="138"/>
+      <c r="J1" s="138"/>
+      <c r="K1" s="138"/>
+      <c r="L1" s="138"/>
+      <c r="M1" s="138"/>
+      <c r="N1" s="138"/>
+      <c r="O1" s="138"/>
+      <c r="P1" s="138"/>
     </row>
     <row r="2" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A2" s="137" t="s">
+      <c r="A2" s="138" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="137"/>
-[...13 lines deleted...]
-      <c r="P2" s="137"/>
+      <c r="B2" s="138"/>
+      <c r="C2" s="138"/>
+      <c r="D2" s="138"/>
+      <c r="E2" s="138"/>
+      <c r="F2" s="138"/>
+      <c r="G2" s="138"/>
+      <c r="H2" s="138"/>
+      <c r="I2" s="138"/>
+      <c r="J2" s="138"/>
+      <c r="K2" s="138"/>
+      <c r="L2" s="138"/>
+      <c r="M2" s="138"/>
+      <c r="N2" s="138"/>
+      <c r="O2" s="138"/>
+      <c r="P2" s="138"/>
     </row>
     <row r="3" spans="1:16" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A3" s="138" t="s">
+      <c r="A3" s="139" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="138"/>
-[...13 lines deleted...]
-      <c r="P3" s="138"/>
+      <c r="B3" s="139"/>
+      <c r="C3" s="139"/>
+      <c r="D3" s="139"/>
+      <c r="E3" s="139"/>
+      <c r="F3" s="139"/>
+      <c r="G3" s="139"/>
+      <c r="H3" s="139"/>
+      <c r="I3" s="139"/>
+      <c r="J3" s="139"/>
+      <c r="K3" s="139"/>
+      <c r="L3" s="139"/>
+      <c r="M3" s="139"/>
+      <c r="N3" s="139"/>
+      <c r="O3" s="139"/>
+      <c r="P3" s="139"/>
     </row>
     <row r="4" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="P4" s="19"/>
     </row>
     <row r="5" spans="1:16" s="20" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="139" t="s">
+      <c r="A5" s="140" t="s">
         <v>21</v>
       </c>
-      <c r="B5" s="139"/>
-[...4 lines deleted...]
-      <c r="I5" s="139" t="s">
+      <c r="B5" s="140"/>
+      <c r="C5" s="140"/>
+      <c r="D5" s="140"/>
+      <c r="E5" s="140"/>
+      <c r="F5" s="140"/>
+      <c r="I5" s="140" t="s">
         <v>22</v>
       </c>
-      <c r="J5" s="139"/>
-[...5 lines deleted...]
-      <c r="P5" s="139"/>
+      <c r="J5" s="140"/>
+      <c r="K5" s="140"/>
+      <c r="L5" s="140"/>
+      <c r="M5" s="140"/>
+      <c r="N5" s="140"/>
+      <c r="O5" s="140"/>
+      <c r="P5" s="140"/>
     </row>
     <row r="6" spans="1:16" s="21" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="143" t="s">
+      <c r="A6" s="144" t="s">
         <v>23</v>
       </c>
-      <c r="B6" s="143"/>
-[...3 lines deleted...]
-      <c r="F6" s="141"/>
+      <c r="B6" s="144"/>
+      <c r="C6" s="142"/>
+      <c r="D6" s="142"/>
+      <c r="E6" s="142"/>
+      <c r="F6" s="142"/>
       <c r="J6" s="62" t="s">
         <v>255</v>
       </c>
-      <c r="K6" s="136"/>
-[...4 lines deleted...]
-      <c r="P6" s="136"/>
+      <c r="K6" s="137"/>
+      <c r="L6" s="137"/>
+      <c r="M6" s="137"/>
+      <c r="N6" s="137"/>
+      <c r="O6" s="137"/>
+      <c r="P6" s="137"/>
     </row>
     <row r="7" spans="1:16" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="140" t="s">
+      <c r="A7" s="141" t="s">
         <v>24</v>
       </c>
-      <c r="B7" s="140"/>
-[...3 lines deleted...]
-      <c r="F7" s="141"/>
+      <c r="B7" s="141"/>
+      <c r="C7" s="142"/>
+      <c r="D7" s="142"/>
+      <c r="E7" s="142"/>
+      <c r="F7" s="142"/>
       <c r="I7" s="22"/>
       <c r="J7" s="61" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="23"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
     <row r="8" spans="1:16" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="142" t="s">
+      <c r="A8" s="143" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="142"/>
-[...3 lines deleted...]
-      <c r="F8" s="141"/>
+      <c r="B8" s="143"/>
+      <c r="C8" s="142"/>
+      <c r="D8" s="142"/>
+      <c r="E8" s="142"/>
+      <c r="F8" s="142"/>
       <c r="I8" s="26"/>
       <c r="J8" s="62" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="63"/>
       <c r="L8" s="63"/>
       <c r="M8" s="27"/>
       <c r="N8" s="27"/>
       <c r="O8" s="27"/>
       <c r="P8" s="24"/>
     </row>
     <row r="9" spans="1:16" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="142" t="s">
+      <c r="A9" s="143" t="s">
         <v>254</v>
       </c>
-      <c r="B9" s="142"/>
-[...3 lines deleted...]
-      <c r="F9" s="141"/>
+      <c r="B9" s="143"/>
+      <c r="C9" s="142"/>
+      <c r="D9" s="142"/>
+      <c r="E9" s="142"/>
+      <c r="F9" s="142"/>
       <c r="I9" s="26"/>
       <c r="J9" s="61" t="s">
         <v>28</v>
       </c>
-      <c r="K9" s="194" t="s">
+      <c r="K9" s="136" t="s">
         <v>415</v>
       </c>
       <c r="L9" s="24"/>
       <c r="M9" s="24"/>
       <c r="N9" s="24"/>
       <c r="O9" s="24"/>
       <c r="P9" s="24"/>
     </row>
     <row r="10" spans="1:16" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="142" t="s">
+      <c r="A10" s="143" t="s">
         <v>29</v>
       </c>
-      <c r="B10" s="142"/>
-[...3 lines deleted...]
-      <c r="F10" s="141"/>
+      <c r="B10" s="143"/>
+      <c r="C10" s="142"/>
+      <c r="D10" s="142"/>
+      <c r="E10" s="142"/>
+      <c r="F10" s="142"/>
       <c r="J10" s="61" t="s">
         <v>32</v>
       </c>
       <c r="K10" s="23"/>
       <c r="L10" s="23"/>
       <c r="M10" s="24"/>
       <c r="N10" s="28"/>
       <c r="O10" s="28"/>
       <c r="P10" s="24"/>
     </row>
     <row r="11" spans="1:16" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="140"/>
-[...4 lines deleted...]
-      <c r="F11" s="141"/>
+      <c r="A11" s="141"/>
+      <c r="B11" s="141"/>
+      <c r="C11" s="142"/>
+      <c r="D11" s="142"/>
+      <c r="E11" s="142"/>
+      <c r="F11" s="142"/>
       <c r="I11" s="26"/>
       <c r="J11" s="62" t="s">
         <v>252</v>
       </c>
       <c r="K11" s="23"/>
       <c r="L11" s="23"/>
       <c r="M11" s="23"/>
       <c r="N11" s="23"/>
       <c r="O11" s="23"/>
       <c r="P11" s="23"/>
     </row>
     <row r="12" spans="1:16" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="140" t="s">
+      <c r="A12" s="141" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="140"/>
-[...3 lines deleted...]
-      <c r="F12" s="141"/>
+      <c r="B12" s="141"/>
+      <c r="C12" s="142"/>
+      <c r="D12" s="142"/>
+      <c r="E12" s="142"/>
+      <c r="F12" s="142"/>
       <c r="I12" s="26"/>
       <c r="J12" s="62"/>
       <c r="K12" s="122"/>
       <c r="L12" s="122"/>
       <c r="M12" s="122"/>
       <c r="N12" s="122"/>
       <c r="O12" s="122"/>
       <c r="P12" s="122"/>
     </row>
     <row r="13" spans="1:16" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="140" t="s">
+      <c r="A13" s="141" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="140"/>
-[...9 lines deleted...]
-      <c r="P13" s="144"/>
+      <c r="B13" s="141"/>
+      <c r="C13" s="152"/>
+      <c r="D13" s="142"/>
+      <c r="E13" s="142"/>
+      <c r="F13" s="142"/>
+      <c r="K13" s="145"/>
+      <c r="L13" s="145"/>
+      <c r="M13" s="145"/>
+      <c r="N13" s="145"/>
+      <c r="O13" s="145"/>
+      <c r="P13" s="145"/>
     </row>
     <row r="14" spans="1:16" s="25" customFormat="1" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="J14" s="29"/>
       <c r="L14" s="30"/>
       <c r="M14" s="30"/>
       <c r="N14" s="30"/>
       <c r="O14" s="30"/>
       <c r="P14" s="31"/>
     </row>
     <row r="15" spans="1:16" s="32" customFormat="1" ht="8.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="145" t="s">
+      <c r="A15" s="146" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="147" t="s">
+      <c r="B15" s="148" t="s">
         <v>35</v>
       </c>
-      <c r="C15" s="147" t="s">
+      <c r="C15" s="148" t="s">
         <v>36</v>
       </c>
-      <c r="D15" s="147" t="s">
+      <c r="D15" s="148" t="s">
         <v>37</v>
       </c>
-      <c r="E15" s="147" t="s">
+      <c r="E15" s="148" t="s">
         <v>38</v>
       </c>
-      <c r="F15" s="156" t="s">
+      <c r="F15" s="155" t="s">
         <v>201</v>
       </c>
-      <c r="G15" s="145" t="s">
+      <c r="G15" s="146" t="s">
         <v>39</v>
       </c>
-      <c r="H15" s="156" t="s">
+      <c r="H15" s="155" t="s">
         <v>40</v>
       </c>
-      <c r="I15" s="149" t="s">
+      <c r="I15" s="150" t="s">
         <v>41</v>
       </c>
-      <c r="J15" s="145" t="s">
+      <c r="J15" s="146" t="s">
         <v>334</v>
       </c>
-      <c r="K15" s="156" t="s">
+      <c r="K15" s="155" t="s">
         <v>43</v>
       </c>
-      <c r="L15" s="149" t="s">
+      <c r="L15" s="150" t="s">
         <v>44</v>
       </c>
-      <c r="M15" s="149" t="s">
+      <c r="M15" s="150" t="s">
         <v>45</v>
       </c>
-      <c r="N15" s="152" t="s">
+      <c r="N15" s="157" t="s">
         <v>46</v>
       </c>
-      <c r="O15" s="154" t="s">
+      <c r="O15" s="153" t="s">
         <v>47</v>
       </c>
-      <c r="P15" s="154" t="s">
+      <c r="P15" s="153" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:16" s="33" customFormat="1" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="146"/>
-[...14 lines deleted...]
-      <c r="P16" s="155"/>
+      <c r="A16" s="147"/>
+      <c r="B16" s="149"/>
+      <c r="C16" s="149"/>
+      <c r="D16" s="149"/>
+      <c r="E16" s="149"/>
+      <c r="F16" s="156"/>
+      <c r="G16" s="147"/>
+      <c r="H16" s="156"/>
+      <c r="I16" s="151"/>
+      <c r="J16" s="147"/>
+      <c r="K16" s="156"/>
+      <c r="L16" s="151"/>
+      <c r="M16" s="151"/>
+      <c r="N16" s="158"/>
+      <c r="O16" s="154"/>
+      <c r="P16" s="154"/>
     </row>
     <row r="17" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A17" s="89"/>
       <c r="B17" s="90"/>
       <c r="C17" s="91"/>
       <c r="D17" s="91"/>
       <c r="E17" s="92"/>
       <c r="F17" s="93"/>
       <c r="G17" s="125" t="str">
         <f>IF(C17="","",((D17-C17)*24)-E17)</f>
         <v/>
       </c>
       <c r="H17" s="124"/>
       <c r="I17" s="96" t="str">
         <f>IF(H17="","$",IF(G17="","$",(H17*G17)))</f>
         <v>$</v>
       </c>
       <c r="J17" s="128"/>
       <c r="K17" s="129" t="str">
         <f t="shared" ref="K17:K26" si="0">IF(J17&gt;0,(H17/2),"")</f>
         <v/>
       </c>
       <c r="L17" s="96" t="str">
         <f>IF(J17="","$",ROUNDUP(K17*J17,2))</f>
         <v>$</v>
       </c>
       <c r="M17" s="98"/>
       <c r="N17" s="99">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O17" s="100" t="str">
         <f>IF(M17="","$",ROUNDUP(N17*M17,2))</f>
         <v>$</v>
       </c>
       <c r="P17" s="101" t="str">
         <f>IF(SUM(I17,L17,O17)=0,"$",SUM(I17,L17,O17))</f>
         <v>$</v>
       </c>
     </row>
     <row r="18" spans="1:16" s="34" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="89"/>
       <c r="B18" s="90"/>
       <c r="C18" s="91"/>
       <c r="D18" s="91"/>
       <c r="E18" s="92"/>
       <c r="F18" s="93"/>
       <c r="G18" s="126" t="str">
         <f t="shared" ref="G18:G26" si="1">IF(C18="","",((D18-C18)*24)-E18)</f>
         <v/>
       </c>
       <c r="H18" s="124"/>
       <c r="I18" s="96" t="str">
         <f>IF(H18="","$",IF(G18="","$",(H18*G18)))</f>
         <v>$</v>
       </c>
       <c r="J18" s="128"/>
       <c r="K18" s="130" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="L18" s="96" t="str">
         <f>IF(J18="","$",ROUNDUP(K18*J18,2))</f>
         <v>$</v>
       </c>
       <c r="M18" s="98"/>
       <c r="N18" s="99">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O18" s="100" t="str">
         <f t="shared" ref="O18:O26" si="2">IF(M18="","$",ROUNDUP(N18*M18,2))</f>
         <v>$</v>
       </c>
       <c r="P18" s="101" t="str">
         <f>IF(SUM(I18,L18,O18)=0,"$",SUM(I18,L18,O18))</f>
         <v>$</v>
       </c>
     </row>
     <row r="19" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="89"/>
       <c r="B19" s="90"/>
       <c r="C19" s="91"/>
       <c r="D19" s="91"/>
       <c r="E19" s="92"/>
       <c r="F19" s="93"/>
       <c r="G19" s="126" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H19" s="124"/>
       <c r="I19" s="96" t="str">
         <f t="shared" ref="I19:I26" si="3">IF(H19="","$",IF(G19="","$",(H19*G19)))</f>
         <v>$</v>
       </c>
       <c r="J19" s="128"/>
       <c r="K19" s="130" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="L19" s="96" t="str">
         <f t="shared" ref="L19:L24" si="4">IF(J19="","$",ROUNDUP(K19*J19,2))</f>
         <v>$</v>
       </c>
       <c r="M19" s="98"/>
       <c r="N19" s="99">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O19" s="100" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
       <c r="P19" s="101" t="str">
         <f t="shared" ref="P19:P26" si="5">IF(SUM(I19,L19,O19)=0,"$",SUM(I19,L19,O19))</f>
         <v>$</v>
       </c>
     </row>
     <row r="20" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="89"/>
       <c r="B20" s="90"/>
       <c r="C20" s="91"/>
       <c r="D20" s="91"/>
       <c r="E20" s="92"/>
       <c r="F20" s="93"/>
       <c r="G20" s="126" t="str">
         <f t="shared" ref="G20:G21" si="6">IF(C20="","",((D20-C20)*24)-E20)</f>
         <v/>
       </c>
       <c r="H20" s="124"/>
       <c r="I20" s="96" t="str">
         <f t="shared" ref="I20:I21" si="7">IF(H20="","$",IF(G20="","$",(H20*G20)))</f>
         <v>$</v>
       </c>
       <c r="J20" s="128"/>
       <c r="K20" s="130" t="str">
         <f t="shared" ref="K20:K21" si="8">IF(J20&gt;0,(H20/2),"")</f>
         <v/>
       </c>
       <c r="L20" s="96" t="str">
         <f t="shared" ref="L20:L21" si="9">IF(J20="","$",ROUNDUP(K20*J20,2))</f>
         <v>$</v>
       </c>
       <c r="M20" s="98"/>
       <c r="N20" s="99">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O20" s="100" t="str">
         <f t="shared" ref="O20:O21" si="10">IF(M20="","$",ROUNDUP(N20*M20,2))</f>
         <v>$</v>
       </c>
       <c r="P20" s="101" t="str">
         <f t="shared" ref="P20:P21" si="11">IF(SUM(I20,L20,O20)=0,"$",SUM(I20,L20,O20))</f>
         <v>$</v>
       </c>
     </row>
     <row r="21" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="89"/>
       <c r="B21" s="90"/>
       <c r="C21" s="91"/>
       <c r="D21" s="91"/>
       <c r="E21" s="92"/>
       <c r="F21" s="93"/>
       <c r="G21" s="126" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="H21" s="124"/>
       <c r="I21" s="96" t="str">
         <f t="shared" si="7"/>
         <v>$</v>
       </c>
       <c r="J21" s="128"/>
       <c r="K21" s="130" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="L21" s="96" t="str">
         <f t="shared" si="9"/>
         <v>$</v>
       </c>
       <c r="M21" s="98"/>
       <c r="N21" s="99">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O21" s="100" t="str">
         <f t="shared" si="10"/>
         <v>$</v>
       </c>
       <c r="P21" s="101" t="str">
         <f t="shared" si="11"/>
         <v>$</v>
       </c>
     </row>
     <row r="22" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="89"/>
       <c r="B22" s="90"/>
       <c r="C22" s="91"/>
       <c r="D22" s="91"/>
       <c r="E22" s="92"/>
       <c r="F22" s="93"/>
       <c r="G22" s="126" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H22" s="124"/>
       <c r="I22" s="96" t="str">
         <f t="shared" si="3"/>
         <v>$</v>
       </c>
       <c r="J22" s="128"/>
       <c r="K22" s="130" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="L22" s="96" t="str">
         <f t="shared" si="4"/>
         <v>$</v>
       </c>
       <c r="M22" s="98"/>
       <c r="N22" s="99">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O22" s="100" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
       <c r="P22" s="101" t="str">
         <f t="shared" si="5"/>
         <v>$</v>
       </c>
     </row>
     <row r="23" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="89"/>
       <c r="B23" s="90"/>
       <c r="C23" s="91"/>
       <c r="D23" s="91"/>
       <c r="E23" s="92"/>
       <c r="F23" s="93"/>
       <c r="G23" s="126" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H23" s="124"/>
       <c r="I23" s="96" t="str">
         <f t="shared" si="3"/>
         <v>$</v>
       </c>
       <c r="J23" s="128"/>
       <c r="K23" s="130" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="L23" s="96" t="str">
         <f t="shared" si="4"/>
         <v>$</v>
       </c>
       <c r="M23" s="98"/>
       <c r="N23" s="99">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O23" s="100" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
       <c r="P23" s="101" t="str">
         <f t="shared" si="5"/>
         <v>$</v>
       </c>
     </row>
     <row r="24" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="89"/>
       <c r="B24" s="90"/>
       <c r="C24" s="91"/>
       <c r="D24" s="91"/>
       <c r="E24" s="92"/>
       <c r="F24" s="93"/>
       <c r="G24" s="126" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H24" s="124"/>
       <c r="I24" s="96" t="str">
         <f t="shared" si="3"/>
         <v>$</v>
       </c>
       <c r="J24" s="128"/>
       <c r="K24" s="130" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="L24" s="96" t="str">
         <f t="shared" si="4"/>
         <v>$</v>
       </c>
       <c r="M24" s="98"/>
       <c r="N24" s="99">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O24" s="100" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
       <c r="P24" s="101" t="str">
         <f t="shared" si="5"/>
         <v>$</v>
       </c>
     </row>
     <row r="25" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="89"/>
       <c r="B25" s="90"/>
       <c r="C25" s="91"/>
       <c r="D25" s="91"/>
       <c r="E25" s="92"/>
       <c r="F25" s="93"/>
       <c r="G25" s="126" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H25" s="124"/>
       <c r="I25" s="96" t="str">
         <f t="shared" si="3"/>
         <v>$</v>
       </c>
       <c r="J25" s="128"/>
       <c r="K25" s="130" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="L25" s="96" t="str">
         <f>IF(J25="","$",ROUNDUP(K25*J25,2))</f>
         <v>$</v>
       </c>
       <c r="M25" s="98"/>
       <c r="N25" s="99">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O25" s="100" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
       <c r="P25" s="101" t="str">
         <f t="shared" si="5"/>
         <v>$</v>
       </c>
     </row>
     <row r="26" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="89"/>
       <c r="B26" s="90"/>
       <c r="C26" s="91"/>
       <c r="D26" s="91"/>
       <c r="E26" s="92"/>
       <c r="F26" s="93"/>
       <c r="G26" s="126" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="H26" s="124"/>
       <c r="I26" s="96" t="str">
         <f t="shared" si="3"/>
         <v>$</v>
       </c>
       <c r="J26" s="128"/>
       <c r="K26" s="130" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="L26" s="96" t="str">
         <f>IF(J26="","$",ROUNDUP(K26*J26,2))</f>
         <v>$</v>
       </c>
       <c r="M26" s="98"/>
       <c r="N26" s="99">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O26" s="100" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
       <c r="P26" s="101" t="str">
         <f t="shared" si="5"/>
         <v>$</v>
       </c>
     </row>
     <row r="27" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A27" s="102"/>
       <c r="B27" s="103"/>
       <c r="C27" s="103"/>
       <c r="D27" s="103"/>
       <c r="E27" s="103"/>
       <c r="F27" s="103"/>
       <c r="G27" s="113" t="s">
         <v>251</v>
       </c>
       <c r="H27" s="103"/>
       <c r="I27" s="103"/>
       <c r="J27" s="103"/>
       <c r="K27" s="103"/>
       <c r="L27" s="103"/>
@@ -6069,246 +6069,246 @@
       <c r="C28" s="91"/>
       <c r="D28" s="91"/>
       <c r="E28" s="92"/>
       <c r="F28" s="93"/>
       <c r="G28" s="126" t="str">
         <f t="shared" ref="G28:G33" si="12">IF(C28="","",((D28-C28)*24)-E28)</f>
         <v/>
       </c>
       <c r="H28" s="124"/>
       <c r="I28" s="96" t="str">
         <f>IF(H28="","$",IF(G28="","$",(H28*G28)))</f>
         <v>$</v>
       </c>
       <c r="J28" s="104"/>
       <c r="K28" s="130" t="str">
         <f>IF(J28&gt;0,(H28-7)/2,"")</f>
         <v/>
       </c>
       <c r="L28" s="106" t="str">
         <f>IF(J28="","$",ROUNDUP(K28*J28,2))</f>
         <v>$</v>
       </c>
       <c r="M28" s="107"/>
       <c r="N28" s="99">
         <f>$N$17</f>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O28" s="100" t="str">
         <f>IF(M28="","$",ROUNDUP(N28*M28,2))</f>
         <v>$</v>
       </c>
       <c r="P28" s="101" t="str">
         <f>IF(SUM(I28,L28,O28)=0,"$",SUM(I28,L28,O28))</f>
         <v>$</v>
       </c>
     </row>
     <row r="29" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="89"/>
       <c r="B29" s="90"/>
       <c r="C29" s="91"/>
       <c r="D29" s="91"/>
       <c r="E29" s="92"/>
       <c r="F29" s="93"/>
       <c r="G29" s="126" t="str">
         <f t="shared" si="12"/>
         <v/>
       </c>
       <c r="H29" s="124"/>
       <c r="I29" s="96" t="str">
         <f t="shared" ref="I29:I33" si="13">IF(H29="","$",IF(G29="","$",(H29*G29)))</f>
         <v>$</v>
       </c>
       <c r="J29" s="104"/>
       <c r="K29" s="130" t="str">
         <f t="shared" ref="K29:K33" si="14">IF(J29&gt;0,(H29-7)/2,"")</f>
         <v/>
       </c>
       <c r="L29" s="106" t="str">
         <f t="shared" ref="L29:L33" si="15">IF(J29="","$",ROUNDUP(K29*J29,2))</f>
         <v>$</v>
       </c>
       <c r="M29" s="107"/>
       <c r="N29" s="99">
         <f t="shared" ref="N29:N33" si="16">$N$17</f>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O29" s="100" t="str">
         <f t="shared" ref="O29:O33" si="17">IF(M29="","$",ROUNDUP(N29*M29,2))</f>
         <v>$</v>
       </c>
       <c r="P29" s="101" t="str">
         <f t="shared" ref="P29:P33" si="18">IF(SUM(I29,L29,O29)=0,"$",SUM(I29,L29,O29))</f>
         <v>$</v>
       </c>
     </row>
     <row r="30" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="89"/>
       <c r="B30" s="90"/>
       <c r="C30" s="91"/>
       <c r="D30" s="91"/>
       <c r="E30" s="92"/>
       <c r="F30" s="93"/>
       <c r="G30" s="126" t="str">
         <f t="shared" si="12"/>
         <v/>
       </c>
       <c r="H30" s="124"/>
       <c r="I30" s="96" t="str">
         <f t="shared" si="13"/>
         <v>$</v>
       </c>
       <c r="J30" s="104"/>
       <c r="K30" s="130" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="L30" s="106" t="str">
         <f t="shared" si="15"/>
         <v>$</v>
       </c>
       <c r="M30" s="107"/>
       <c r="N30" s="99">
         <f t="shared" si="16"/>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O30" s="100" t="str">
         <f t="shared" si="17"/>
         <v>$</v>
       </c>
       <c r="P30" s="101" t="str">
         <f t="shared" si="18"/>
         <v>$</v>
       </c>
     </row>
     <row r="31" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="89"/>
       <c r="B31" s="90"/>
       <c r="C31" s="91"/>
       <c r="D31" s="91"/>
       <c r="E31" s="92"/>
       <c r="F31" s="93"/>
       <c r="G31" s="126" t="str">
         <f t="shared" si="12"/>
         <v/>
       </c>
       <c r="H31" s="124"/>
       <c r="I31" s="96" t="str">
         <f t="shared" si="13"/>
         <v>$</v>
       </c>
       <c r="J31" s="104"/>
       <c r="K31" s="130" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="L31" s="106" t="str">
         <f t="shared" si="15"/>
         <v>$</v>
       </c>
       <c r="M31" s="107"/>
       <c r="N31" s="99">
         <f t="shared" si="16"/>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O31" s="100" t="str">
         <f t="shared" si="17"/>
         <v>$</v>
       </c>
       <c r="P31" s="101" t="str">
         <f t="shared" si="18"/>
         <v>$</v>
       </c>
     </row>
     <row r="32" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="89"/>
       <c r="B32" s="90"/>
       <c r="C32" s="91"/>
       <c r="D32" s="91"/>
       <c r="E32" s="92"/>
       <c r="F32" s="93"/>
       <c r="G32" s="126" t="str">
         <f t="shared" si="12"/>
         <v/>
       </c>
       <c r="H32" s="124"/>
       <c r="I32" s="96" t="str">
         <f t="shared" si="13"/>
         <v>$</v>
       </c>
       <c r="J32" s="104"/>
       <c r="K32" s="130" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="L32" s="106" t="str">
         <f t="shared" si="15"/>
         <v>$</v>
       </c>
       <c r="M32" s="107"/>
       <c r="N32" s="99">
         <f t="shared" si="16"/>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O32" s="100" t="str">
         <f t="shared" si="17"/>
         <v>$</v>
       </c>
       <c r="P32" s="101" t="str">
         <f t="shared" si="18"/>
         <v>$</v>
       </c>
     </row>
     <row r="33" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="89"/>
       <c r="B33" s="90"/>
       <c r="C33" s="91"/>
       <c r="D33" s="91"/>
       <c r="E33" s="92"/>
       <c r="F33" s="93"/>
       <c r="G33" s="127" t="str">
         <f t="shared" si="12"/>
         <v/>
       </c>
       <c r="H33" s="124"/>
       <c r="I33" s="96" t="str">
         <f t="shared" si="13"/>
         <v>$</v>
       </c>
       <c r="J33" s="104"/>
       <c r="K33" s="130" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="L33" s="106" t="str">
         <f t="shared" si="15"/>
         <v>$</v>
       </c>
       <c r="M33" s="107"/>
       <c r="N33" s="132">
         <f t="shared" si="16"/>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O33" s="133" t="str">
         <f t="shared" si="17"/>
         <v>$</v>
       </c>
       <c r="P33" s="101" t="str">
         <f t="shared" si="18"/>
         <v>$</v>
       </c>
     </row>
     <row r="34" spans="1:16" s="34" customFormat="1" ht="14.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A34" s="73" t="s">
         <v>256</v>
       </c>
       <c r="B34" s="59"/>
       <c r="C34" s="59"/>
       <c r="D34" s="59"/>
       <c r="E34" s="59"/>
       <c r="F34" s="59"/>
       <c r="G34" s="59"/>
       <c r="H34" s="59"/>
       <c r="I34" s="59"/>
       <c r="J34" s="59"/>
       <c r="K34" s="59"/>
       <c r="L34" s="59"/>
@@ -6361,77 +6361,77 @@
       <c r="N36" s="35"/>
       <c r="O36" s="35"/>
       <c r="P36" s="76"/>
     </row>
     <row r="37" spans="1:16" s="34" customFormat="1" ht="14.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A37" s="74" t="s">
         <v>207</v>
       </c>
       <c r="B37" s="60"/>
       <c r="C37" s="60"/>
       <c r="D37" s="60"/>
       <c r="E37" s="60"/>
       <c r="F37" s="60"/>
       <c r="G37" s="60"/>
       <c r="H37" s="60"/>
       <c r="I37" s="60"/>
       <c r="J37" s="60"/>
       <c r="K37" s="60"/>
       <c r="L37" s="60"/>
       <c r="M37" s="60"/>
     </row>
     <row r="39" spans="1:16" ht="6" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <sheetProtection insertRows="0" deleteRows="0" sort="0"/>
   <mergeCells count="39">
-    <mergeCell ref="N15:N16"/>
     <mergeCell ref="O15:O16"/>
     <mergeCell ref="D15:D16"/>
     <mergeCell ref="E15:E16"/>
     <mergeCell ref="F15:F16"/>
     <mergeCell ref="L15:L16"/>
     <mergeCell ref="M15:M16"/>
-    <mergeCell ref="P15:P16"/>
     <mergeCell ref="G15:G16"/>
     <mergeCell ref="H15:H16"/>
     <mergeCell ref="J15:J16"/>
     <mergeCell ref="K15:K16"/>
+    <mergeCell ref="N15:N16"/>
     <mergeCell ref="K13:P13"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="C15:C16"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:F9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:F11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:F12"/>
     <mergeCell ref="I15:I16"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:F13"/>
+    <mergeCell ref="P15:P16"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C7:F7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="C6:F6"/>
     <mergeCell ref="K6:P6"/>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="I5:P5"/>
   </mergeCells>
   <phoneticPr fontId="32" type="noConversion"/>
   <dataValidations count="14">
     <dataValidation allowBlank="1" showErrorMessage="1" promptTitle="Certification Number" prompt="Interpreters who are certified have been issued a &quot;Certification Number&quot;. Interpreters who are not certified must leave this field blank." sqref="M10" xr:uid="{0D5AD585-3F33-4ED1-9E54-2982A0019104}"/>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="F17:F26 F28:F33" xr:uid="{00000000-0002-0000-0000-000006000000}">
       <formula1>"yes, no"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" sqref="J28:K33 J17:K26" xr:uid="{00000000-0002-0000-0000-000007000000}"/>
     <dataValidation allowBlank="1" showErrorMessage="1" promptTitle="Payment Rate" prompt="Enter the pre-approved rate for interpreting time. " sqref="H28:H33 H17:H26" xr:uid="{00000000-0002-0000-0000-000008000000}"/>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" error="Please enter &quot;Yes&quot; or &quot;No&quot;." promptTitle="EFT" sqref="K7" xr:uid="{00000000-0002-0000-0000-000009000000}">
       <formula1>YesorNo</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" promptTitle="Mileage" prompt="Enter the pre-approved number of miles to and from _x000a_the assignment, if applicable." sqref="M28:M33 M17:M26" xr:uid="{00000000-0002-0000-0000-00000B000000}"/>
@@ -8011,225 +8011,225 @@
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:AU20"/>
   <sheetViews>
     <sheetView showGridLines="0" showRuler="0" view="pageLayout" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="O9" sqref="O9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.81640625" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.54296875" style="4" customWidth="1"/>
     <col min="3" max="3" width="13.1796875" style="4" customWidth="1"/>
     <col min="4" max="5" width="7.81640625" style="4" customWidth="1"/>
     <col min="6" max="6" width="10.81640625" style="4" customWidth="1"/>
     <col min="7" max="14" width="4.54296875" style="4" customWidth="1"/>
     <col min="15" max="15" width="10" style="4" customWidth="1"/>
     <col min="16" max="16" width="20.1796875" style="4" customWidth="1"/>
     <col min="17" max="16384" width="9.1796875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:47" s="2" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="171" t="s">
+      <c r="A1" s="172" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="171"/>
-[...13 lines deleted...]
-      <c r="P1" s="171"/>
+      <c r="B1" s="172"/>
+      <c r="C1" s="172"/>
+      <c r="D1" s="172"/>
+      <c r="E1" s="172"/>
+      <c r="F1" s="172"/>
+      <c r="G1" s="172"/>
+      <c r="H1" s="172"/>
+      <c r="I1" s="172"/>
+      <c r="J1" s="172"/>
+      <c r="K1" s="172"/>
+      <c r="L1" s="172"/>
+      <c r="M1" s="172"/>
+      <c r="N1" s="172"/>
+      <c r="O1" s="172"/>
+      <c r="P1" s="172"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
       <c r="AM1" s="1"/>
       <c r="AN1" s="1"/>
       <c r="AO1" s="1"/>
       <c r="AP1" s="1"/>
       <c r="AQ1" s="1"/>
       <c r="AR1" s="1"/>
       <c r="AS1" s="1"/>
       <c r="AT1" s="1"/>
       <c r="AU1" s="1"/>
     </row>
     <row r="2" spans="1:47" s="3" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="172" t="s">
+      <c r="A2" s="173" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="172"/>
-[...13 lines deleted...]
-      <c r="P2" s="172"/>
+      <c r="B2" s="173"/>
+      <c r="C2" s="173"/>
+      <c r="D2" s="173"/>
+      <c r="E2" s="173"/>
+      <c r="F2" s="173"/>
+      <c r="G2" s="173"/>
+      <c r="H2" s="173"/>
+      <c r="I2" s="173"/>
+      <c r="J2" s="173"/>
+      <c r="K2" s="173"/>
+      <c r="L2" s="173"/>
+      <c r="M2" s="173"/>
+      <c r="N2" s="173"/>
+      <c r="O2" s="173"/>
+      <c r="P2" s="173"/>
     </row>
     <row r="3" spans="1:47" x14ac:dyDescent="0.25">
-      <c r="A3" s="160" t="s">
+      <c r="A3" s="161" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="161"/>
-[...7 lines deleted...]
-      <c r="K3" s="160" t="s">
+      <c r="B3" s="162"/>
+      <c r="C3" s="163"/>
+      <c r="D3" s="180"/>
+      <c r="E3" s="180"/>
+      <c r="F3" s="180"/>
+      <c r="G3" s="180"/>
+      <c r="H3" s="180"/>
+      <c r="I3" s="181"/>
+      <c r="K3" s="161" t="s">
         <v>3</v>
       </c>
-      <c r="L3" s="161"/>
-[...3 lines deleted...]
-      <c r="P3" s="175"/>
+      <c r="L3" s="162"/>
+      <c r="M3" s="163"/>
+      <c r="N3" s="174"/>
+      <c r="O3" s="175"/>
+      <c r="P3" s="176"/>
     </row>
     <row r="4" spans="1:47" x14ac:dyDescent="0.25">
-      <c r="A4" s="163"/>
-[...13 lines deleted...]
-      <c r="P4" s="178"/>
+      <c r="A4" s="164"/>
+      <c r="B4" s="165"/>
+      <c r="C4" s="166"/>
+      <c r="D4" s="182"/>
+      <c r="E4" s="182"/>
+      <c r="F4" s="182"/>
+      <c r="G4" s="182"/>
+      <c r="H4" s="182"/>
+      <c r="I4" s="183"/>
+      <c r="K4" s="164"/>
+      <c r="L4" s="165"/>
+      <c r="M4" s="166"/>
+      <c r="N4" s="177"/>
+      <c r="O4" s="178"/>
+      <c r="P4" s="179"/>
     </row>
     <row r="5" spans="1:47" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="64"/>
       <c r="I5" s="64"/>
       <c r="J5" s="64"/>
       <c r="K5" s="64"/>
       <c r="L5" s="64"/>
       <c r="M5" s="64"/>
     </row>
     <row r="6" spans="1:47" x14ac:dyDescent="0.25">
-      <c r="A6" s="160" t="s">
+      <c r="A6" s="161" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="161"/>
-[...13 lines deleted...]
-      <c r="P6" s="167"/>
+      <c r="B6" s="162"/>
+      <c r="C6" s="163"/>
+      <c r="D6" s="167"/>
+      <c r="E6" s="167"/>
+      <c r="F6" s="167"/>
+      <c r="G6" s="167"/>
+      <c r="H6" s="167"/>
+      <c r="I6" s="167"/>
+      <c r="J6" s="167"/>
+      <c r="K6" s="167"/>
+      <c r="L6" s="167"/>
+      <c r="M6" s="167"/>
+      <c r="N6" s="167"/>
+      <c r="O6" s="167"/>
+      <c r="P6" s="168"/>
     </row>
     <row r="7" spans="1:47" x14ac:dyDescent="0.25">
-      <c r="A7" s="163"/>
-[...14 lines deleted...]
-      <c r="P7" s="169"/>
+      <c r="A7" s="164"/>
+      <c r="B7" s="165"/>
+      <c r="C7" s="166"/>
+      <c r="D7" s="169"/>
+      <c r="E7" s="169"/>
+      <c r="F7" s="169"/>
+      <c r="G7" s="169"/>
+      <c r="H7" s="169"/>
+      <c r="I7" s="169"/>
+      <c r="J7" s="169"/>
+      <c r="K7" s="169"/>
+      <c r="L7" s="169"/>
+      <c r="M7" s="169"/>
+      <c r="N7" s="169"/>
+      <c r="O7" s="169"/>
+      <c r="P7" s="170"/>
     </row>
     <row r="8" spans="1:47" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="5"/>
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
-      <c r="H8" s="170"/>
-[...4 lines deleted...]
-      <c r="M8" s="170"/>
+      <c r="H8" s="171"/>
+      <c r="I8" s="171"/>
+      <c r="J8" s="171"/>
+      <c r="K8" s="171"/>
+      <c r="L8" s="171"/>
+      <c r="M8" s="171"/>
     </row>
     <row r="9" spans="1:47" ht="68.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="69" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="69" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="69" t="s">
         <v>36</v>
       </c>
       <c r="E9" s="71" t="s">
         <v>37</v>
       </c>
       <c r="F9" s="88" t="s">
         <v>8</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H9" s="8" t="s">
         <v>10</v>
@@ -8270,230 +8270,230 @@
       <c r="H10" s="12"/>
       <c r="I10" s="12"/>
       <c r="J10" s="12"/>
       <c r="K10" s="12"/>
       <c r="L10" s="12"/>
       <c r="M10" s="12"/>
       <c r="N10" s="13"/>
       <c r="O10" s="67"/>
       <c r="P10" s="68"/>
     </row>
     <row r="11" spans="1:47" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="37"/>
       <c r="B11" s="38"/>
       <c r="C11" s="38"/>
       <c r="D11" s="38"/>
       <c r="E11" s="39"/>
       <c r="F11" s="40"/>
       <c r="G11" s="38"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="41"/>
       <c r="K11" s="41"/>
       <c r="L11" s="41"/>
       <c r="M11" s="41"/>
       <c r="N11" s="39"/>
-      <c r="O11" s="183"/>
-      <c r="P11" s="184"/>
+      <c r="O11" s="184"/>
+      <c r="P11" s="185"/>
     </row>
     <row r="12" spans="1:47" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="42"/>
       <c r="B12" s="43"/>
       <c r="C12" s="43"/>
       <c r="D12" s="43"/>
       <c r="E12" s="44"/>
       <c r="F12" s="45"/>
       <c r="G12" s="43"/>
       <c r="H12" s="46"/>
       <c r="I12" s="46"/>
       <c r="J12" s="46"/>
       <c r="K12" s="46"/>
       <c r="L12" s="46"/>
       <c r="M12" s="46"/>
       <c r="N12" s="44"/>
-      <c r="O12" s="158"/>
-      <c r="P12" s="159"/>
+      <c r="O12" s="159"/>
+      <c r="P12" s="160"/>
     </row>
     <row r="13" spans="1:47" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="42"/>
       <c r="B13" s="43"/>
       <c r="C13" s="43"/>
       <c r="D13" s="43"/>
       <c r="E13" s="44"/>
       <c r="F13" s="45"/>
       <c r="G13" s="43"/>
       <c r="H13" s="46"/>
       <c r="I13" s="46"/>
       <c r="J13" s="46"/>
       <c r="K13" s="46"/>
       <c r="L13" s="46"/>
       <c r="M13" s="46"/>
       <c r="N13" s="44"/>
-      <c r="O13" s="158"/>
-      <c r="P13" s="159"/>
+      <c r="O13" s="159"/>
+      <c r="P13" s="160"/>
     </row>
     <row r="14" spans="1:47" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="42"/>
       <c r="B14" s="43"/>
       <c r="C14" s="43"/>
       <c r="D14" s="43"/>
       <c r="E14" s="44"/>
       <c r="F14" s="45"/>
       <c r="G14" s="43"/>
       <c r="H14" s="46"/>
       <c r="I14" s="46"/>
       <c r="J14" s="46"/>
       <c r="K14" s="46"/>
       <c r="L14" s="46"/>
       <c r="M14" s="46"/>
       <c r="N14" s="44"/>
-      <c r="O14" s="158"/>
-      <c r="P14" s="159"/>
+      <c r="O14" s="159"/>
+      <c r="P14" s="160"/>
     </row>
     <row r="15" spans="1:47" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="42"/>
       <c r="B15" s="43"/>
       <c r="C15" s="43"/>
       <c r="D15" s="43"/>
       <c r="E15" s="44"/>
       <c r="F15" s="45"/>
       <c r="G15" s="43"/>
       <c r="H15" s="46"/>
       <c r="I15" s="46"/>
       <c r="J15" s="46"/>
       <c r="K15" s="46"/>
       <c r="L15" s="46"/>
       <c r="M15" s="46"/>
       <c r="N15" s="44"/>
-      <c r="O15" s="158"/>
-      <c r="P15" s="159"/>
+      <c r="O15" s="159"/>
+      <c r="P15" s="160"/>
     </row>
     <row r="16" spans="1:47" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="42"/>
       <c r="B16" s="43"/>
       <c r="C16" s="43"/>
       <c r="D16" s="43"/>
       <c r="E16" s="44"/>
       <c r="F16" s="45"/>
       <c r="G16" s="43"/>
       <c r="H16" s="46"/>
       <c r="I16" s="46"/>
       <c r="J16" s="46"/>
       <c r="K16" s="46"/>
       <c r="L16" s="46"/>
       <c r="M16" s="46"/>
       <c r="N16" s="44"/>
-      <c r="O16" s="158"/>
-      <c r="P16" s="159"/>
+      <c r="O16" s="159"/>
+      <c r="P16" s="160"/>
     </row>
     <row r="17" spans="1:16" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="42"/>
       <c r="B17" s="43"/>
       <c r="C17" s="43"/>
       <c r="D17" s="43"/>
       <c r="E17" s="44"/>
       <c r="F17" s="45"/>
       <c r="G17" s="43"/>
       <c r="H17" s="46"/>
       <c r="I17" s="46"/>
       <c r="J17" s="46"/>
       <c r="K17" s="46"/>
       <c r="L17" s="46"/>
       <c r="M17" s="46"/>
       <c r="N17" s="44"/>
-      <c r="O17" s="158"/>
-      <c r="P17" s="159"/>
+      <c r="O17" s="159"/>
+      <c r="P17" s="160"/>
     </row>
     <row r="18" spans="1:16" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="47"/>
       <c r="B18" s="48"/>
       <c r="C18" s="48"/>
       <c r="D18" s="48"/>
       <c r="E18" s="49"/>
       <c r="F18" s="50"/>
       <c r="G18" s="48"/>
       <c r="H18" s="51"/>
       <c r="I18" s="51"/>
       <c r="J18" s="51"/>
       <c r="K18" s="51"/>
       <c r="L18" s="51"/>
       <c r="M18" s="51"/>
       <c r="N18" s="49"/>
-      <c r="O18" s="185"/>
-      <c r="P18" s="186"/>
+      <c r="O18" s="186"/>
+      <c r="P18" s="187"/>
     </row>
     <row r="19" spans="1:16" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="14"/>
       <c r="B19" s="14"/>
-      <c r="F19" s="187"/>
-      <c r="G19" s="188" t="str">
+      <c r="F19" s="188"/>
+      <c r="G19" s="189" t="str">
         <f t="shared" ref="G19:N19" si="0">IF(SUM(G11:G18)=0,"",SUM(G11:G18))</f>
         <v/>
       </c>
-      <c r="H19" s="190" t="str">
+      <c r="H19" s="191" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I19" s="190" t="str">
+      <c r="I19" s="191" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="J19" s="190" t="str">
+      <c r="J19" s="191" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K19" s="190" t="str">
+      <c r="K19" s="191" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="L19" s="190" t="str">
+      <c r="L19" s="191" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="M19" s="190" t="str">
+      <c r="M19" s="191" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="N19" s="192" t="str">
+      <c r="N19" s="193" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="20" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A20" s="52"/>
       <c r="B20" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="F20" s="187"/>
-[...7 lines deleted...]
-      <c r="N20" s="193"/>
+      <c r="F20" s="188"/>
+      <c r="G20" s="190"/>
+      <c r="H20" s="192"/>
+      <c r="I20" s="192"/>
+      <c r="J20" s="192"/>
+      <c r="K20" s="192"/>
+      <c r="L20" s="192"/>
+      <c r="M20" s="192"/>
+      <c r="N20" s="194"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="26">
     <mergeCell ref="O16:P16"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="O15:P15"/>
     <mergeCell ref="O18:P18"/>
     <mergeCell ref="F19:F20"/>
     <mergeCell ref="G19:G20"/>
     <mergeCell ref="H19:H20"/>
     <mergeCell ref="I19:I20"/>
     <mergeCell ref="J19:J20"/>
     <mergeCell ref="K19:K20"/>
     <mergeCell ref="L19:L20"/>
     <mergeCell ref="M19:M20"/>
     <mergeCell ref="N19:N20"/>
     <mergeCell ref="O17:P17"/>
     <mergeCell ref="O12:P12"/>
     <mergeCell ref="O13:P13"/>
     <mergeCell ref="O14:P14"/>
     <mergeCell ref="A6:C7"/>
     <mergeCell ref="D6:P7"/>
     <mergeCell ref="H8:M8"/>
     <mergeCell ref="A1:P1"/>
@@ -9654,383 +9654,383 @@
     <sheetView showGridLines="0" showRuler="0" topLeftCell="A2" zoomScale="76" zoomScaleNormal="76" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="80" workbookViewId="0">
       <selection activeCell="N25" sqref="N25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="18.90625" style="17" customWidth="1"/>
     <col min="2" max="2" width="34.453125" style="17" customWidth="1"/>
     <col min="3" max="4" width="15.1796875" style="17" customWidth="1"/>
     <col min="5" max="6" width="13" style="17" customWidth="1"/>
     <col min="7" max="7" width="12.54296875" style="17" customWidth="1"/>
     <col min="8" max="8" width="10.54296875" style="17" customWidth="1"/>
     <col min="9" max="9" width="13.453125" style="17" customWidth="1"/>
     <col min="10" max="10" width="10.54296875" style="17" customWidth="1"/>
     <col min="11" max="11" width="16.453125" style="17" customWidth="1"/>
     <col min="12" max="12" width="12.1796875" style="18" customWidth="1"/>
     <col min="13" max="13" width="11.1796875" style="18" customWidth="1"/>
     <col min="14" max="14" width="9.81640625" style="18" customWidth="1"/>
     <col min="15" max="15" width="12.54296875" style="17" customWidth="1"/>
     <col min="16" max="16" width="15.1796875" style="17" customWidth="1"/>
     <col min="17" max="17" width="3.1796875" style="17" customWidth="1"/>
     <col min="18" max="16384" width="9.1796875" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="16" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="137" t="s">
+      <c r="A1" s="138" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="137"/>
-[...13 lines deleted...]
-      <c r="P1" s="137"/>
+      <c r="B1" s="138"/>
+      <c r="C1" s="138"/>
+      <c r="D1" s="138"/>
+      <c r="E1" s="138"/>
+      <c r="F1" s="138"/>
+      <c r="G1" s="138"/>
+      <c r="H1" s="138"/>
+      <c r="I1" s="138"/>
+      <c r="J1" s="138"/>
+      <c r="K1" s="138"/>
+      <c r="L1" s="138"/>
+      <c r="M1" s="138"/>
+      <c r="N1" s="138"/>
+      <c r="O1" s="138"/>
+      <c r="P1" s="138"/>
     </row>
     <row r="2" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A2" s="137" t="s">
+      <c r="A2" s="138" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="137"/>
-[...13 lines deleted...]
-      <c r="P2" s="137"/>
+      <c r="B2" s="138"/>
+      <c r="C2" s="138"/>
+      <c r="D2" s="138"/>
+      <c r="E2" s="138"/>
+      <c r="F2" s="138"/>
+      <c r="G2" s="138"/>
+      <c r="H2" s="138"/>
+      <c r="I2" s="138"/>
+      <c r="J2" s="138"/>
+      <c r="K2" s="138"/>
+      <c r="L2" s="138"/>
+      <c r="M2" s="138"/>
+      <c r="N2" s="138"/>
+      <c r="O2" s="138"/>
+      <c r="P2" s="138"/>
     </row>
     <row r="3" spans="1:16" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A3" s="138" t="s">
+      <c r="A3" s="139" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="138"/>
-[...13 lines deleted...]
-      <c r="P3" s="138"/>
+      <c r="B3" s="139"/>
+      <c r="C3" s="139"/>
+      <c r="D3" s="139"/>
+      <c r="E3" s="139"/>
+      <c r="F3" s="139"/>
+      <c r="G3" s="139"/>
+      <c r="H3" s="139"/>
+      <c r="I3" s="139"/>
+      <c r="J3" s="139"/>
+      <c r="K3" s="139"/>
+      <c r="L3" s="139"/>
+      <c r="M3" s="139"/>
+      <c r="N3" s="139"/>
+      <c r="O3" s="139"/>
+      <c r="P3" s="139"/>
     </row>
     <row r="4" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="P4" s="19"/>
     </row>
     <row r="5" spans="1:16" s="20" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="139" t="s">
+      <c r="A5" s="140" t="s">
         <v>21</v>
       </c>
-      <c r="B5" s="139"/>
-[...4 lines deleted...]
-      <c r="I5" s="139" t="s">
+      <c r="B5" s="140"/>
+      <c r="C5" s="140"/>
+      <c r="D5" s="140"/>
+      <c r="E5" s="140"/>
+      <c r="F5" s="140"/>
+      <c r="I5" s="140" t="s">
         <v>22</v>
       </c>
-      <c r="J5" s="139"/>
-[...5 lines deleted...]
-      <c r="P5" s="139"/>
+      <c r="J5" s="140"/>
+      <c r="K5" s="140"/>
+      <c r="L5" s="140"/>
+      <c r="M5" s="140"/>
+      <c r="N5" s="140"/>
+      <c r="O5" s="140"/>
+      <c r="P5" s="140"/>
     </row>
     <row r="6" spans="1:16" s="21" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="143" t="s">
+      <c r="A6" s="144" t="s">
         <v>23</v>
       </c>
-      <c r="B6" s="143"/>
-      <c r="C6" s="141" t="s">
+      <c r="B6" s="144"/>
+      <c r="C6" s="142" t="s">
         <v>259</v>
       </c>
-      <c r="D6" s="141"/>
-[...1 lines deleted...]
-      <c r="F6" s="141"/>
+      <c r="D6" s="142"/>
+      <c r="E6" s="142"/>
+      <c r="F6" s="142"/>
       <c r="J6" s="62" t="s">
         <v>255</v>
       </c>
-      <c r="K6" s="136" t="s">
+      <c r="K6" s="137" t="s">
         <v>332</v>
       </c>
-      <c r="L6" s="136"/>
-[...3 lines deleted...]
-      <c r="P6" s="136"/>
+      <c r="L6" s="137"/>
+      <c r="M6" s="137"/>
+      <c r="N6" s="137"/>
+      <c r="O6" s="137"/>
+      <c r="P6" s="137"/>
     </row>
     <row r="7" spans="1:16" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="140" t="s">
+      <c r="A7" s="141" t="s">
         <v>24</v>
       </c>
-      <c r="B7" s="140"/>
-[...3 lines deleted...]
-      <c r="F7" s="141"/>
+      <c r="B7" s="141"/>
+      <c r="C7" s="142"/>
+      <c r="D7" s="142"/>
+      <c r="E7" s="142"/>
+      <c r="F7" s="142"/>
       <c r="I7" s="22"/>
       <c r="J7" s="61" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="23" t="s">
         <v>60</v>
       </c>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
     </row>
     <row r="8" spans="1:16" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="142" t="s">
+      <c r="A8" s="143" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="142"/>
-      <c r="C8" s="141">
+      <c r="B8" s="143"/>
+      <c r="C8" s="142">
         <v>457892</v>
       </c>
-      <c r="D8" s="141"/>
-[...1 lines deleted...]
-      <c r="F8" s="141"/>
+      <c r="D8" s="142"/>
+      <c r="E8" s="142"/>
+      <c r="F8" s="142"/>
       <c r="I8" s="26"/>
       <c r="J8" s="62" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="63">
         <v>45512</v>
       </c>
       <c r="L8" s="63"/>
       <c r="M8" s="27"/>
       <c r="N8" s="27"/>
       <c r="O8" s="27"/>
       <c r="P8" s="24"/>
     </row>
     <row r="9" spans="1:16" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="142" t="s">
+      <c r="A9" s="143" t="s">
         <v>254</v>
       </c>
-      <c r="B9" s="142"/>
-[...3 lines deleted...]
-      <c r="F9" s="141"/>
+      <c r="B9" s="143"/>
+      <c r="C9" s="142"/>
+      <c r="D9" s="142"/>
+      <c r="E9" s="142"/>
+      <c r="F9" s="142"/>
       <c r="I9" s="26"/>
       <c r="J9" s="61" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="24" t="s">
         <v>253</v>
       </c>
       <c r="L9" s="24"/>
       <c r="M9" s="24"/>
       <c r="N9" s="24"/>
       <c r="O9" s="24"/>
       <c r="P9" s="24"/>
     </row>
     <row r="10" spans="1:16" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="142" t="s">
+      <c r="A10" s="143" t="s">
         <v>29</v>
       </c>
-      <c r="B10" s="142"/>
-      <c r="C10" s="141" t="s">
+      <c r="B10" s="143"/>
+      <c r="C10" s="142" t="s">
         <v>329</v>
       </c>
-      <c r="D10" s="141"/>
-[...1 lines deleted...]
-      <c r="F10" s="141"/>
+      <c r="D10" s="142"/>
+      <c r="E10" s="142"/>
+      <c r="F10" s="142"/>
       <c r="I10" s="26"/>
       <c r="J10" s="61" t="s">
         <v>30</v>
       </c>
       <c r="K10" s="23" t="s">
         <v>57</v>
       </c>
       <c r="L10" s="23"/>
       <c r="M10" s="24"/>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="24"/>
     </row>
     <row r="11" spans="1:16" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="140"/>
-[...1 lines deleted...]
-      <c r="C11" s="141" t="s">
+      <c r="A11" s="141"/>
+      <c r="B11" s="141"/>
+      <c r="C11" s="142" t="s">
         <v>330</v>
       </c>
-      <c r="D11" s="141"/>
-[...1 lines deleted...]
-      <c r="F11" s="141"/>
+      <c r="D11" s="142"/>
+      <c r="E11" s="142"/>
+      <c r="F11" s="142"/>
       <c r="I11" s="26"/>
       <c r="J11" s="61" t="s">
         <v>32</v>
       </c>
       <c r="K11" s="23" t="s">
         <v>333</v>
       </c>
       <c r="L11" s="23"/>
       <c r="M11" s="24"/>
       <c r="N11" s="28"/>
       <c r="O11" s="28"/>
       <c r="P11" s="24"/>
     </row>
     <row r="12" spans="1:16" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="140" t="s">
+      <c r="A12" s="141" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="140"/>
-      <c r="C12" s="141" t="s">
+      <c r="B12" s="141"/>
+      <c r="C12" s="142" t="s">
         <v>331</v>
       </c>
-      <c r="D12" s="141"/>
-[...1 lines deleted...]
-      <c r="F12" s="141"/>
+      <c r="D12" s="142"/>
+      <c r="E12" s="142"/>
+      <c r="F12" s="142"/>
       <c r="J12" s="62" t="s">
         <v>252</v>
       </c>
       <c r="K12" s="23" t="s">
         <v>261</v>
       </c>
       <c r="L12" s="23"/>
       <c r="M12" s="23"/>
       <c r="N12" s="23"/>
       <c r="O12" s="23"/>
       <c r="P12" s="23"/>
     </row>
     <row r="13" spans="1:16" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="140" t="s">
+      <c r="A13" s="141" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="140"/>
-      <c r="C13" s="151" t="s">
+      <c r="B13" s="141"/>
+      <c r="C13" s="152" t="s">
         <v>260</v>
       </c>
-      <c r="D13" s="141"/>
-[...1 lines deleted...]
-      <c r="F13" s="141"/>
+      <c r="D13" s="142"/>
+      <c r="E13" s="142"/>
+      <c r="F13" s="142"/>
       <c r="M13" s="23"/>
       <c r="N13" s="23"/>
       <c r="O13" s="23"/>
       <c r="P13" s="23"/>
     </row>
     <row r="14" spans="1:16" s="25" customFormat="1" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="J14" s="29"/>
       <c r="L14" s="30"/>
       <c r="M14" s="30"/>
       <c r="N14" s="30"/>
       <c r="O14" s="30"/>
       <c r="P14" s="31"/>
     </row>
     <row r="15" spans="1:16" s="32" customFormat="1" ht="8.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="145" t="s">
+      <c r="A15" s="146" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="147" t="s">
+      <c r="B15" s="148" t="s">
         <v>35</v>
       </c>
-      <c r="C15" s="147" t="s">
+      <c r="C15" s="148" t="s">
         <v>36</v>
       </c>
-      <c r="D15" s="147" t="s">
+      <c r="D15" s="148" t="s">
         <v>37</v>
       </c>
-      <c r="E15" s="147" t="s">
+      <c r="E15" s="148" t="s">
         <v>38</v>
       </c>
-      <c r="F15" s="156" t="s">
+      <c r="F15" s="155" t="s">
         <v>201</v>
       </c>
-      <c r="G15" s="145" t="s">
+      <c r="G15" s="146" t="s">
         <v>39</v>
       </c>
-      <c r="H15" s="156" t="s">
+      <c r="H15" s="155" t="s">
         <v>40</v>
       </c>
-      <c r="I15" s="149" t="s">
+      <c r="I15" s="150" t="s">
         <v>41</v>
       </c>
-      <c r="J15" s="145" t="s">
+      <c r="J15" s="146" t="s">
         <v>42</v>
       </c>
-      <c r="K15" s="156" t="s">
+      <c r="K15" s="155" t="s">
         <v>43</v>
       </c>
-      <c r="L15" s="149" t="s">
+      <c r="L15" s="150" t="s">
         <v>44</v>
       </c>
-      <c r="M15" s="149" t="s">
+      <c r="M15" s="150" t="s">
         <v>45</v>
       </c>
-      <c r="N15" s="152" t="s">
+      <c r="N15" s="157" t="s">
         <v>46</v>
       </c>
-      <c r="O15" s="154" t="s">
+      <c r="O15" s="153" t="s">
         <v>47</v>
       </c>
-      <c r="P15" s="154" t="s">
+      <c r="P15" s="153" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="16" spans="1:16" s="33" customFormat="1" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="146"/>
-[...14 lines deleted...]
-      <c r="P16" s="155"/>
+      <c r="A16" s="147"/>
+      <c r="B16" s="149"/>
+      <c r="C16" s="149"/>
+      <c r="D16" s="149"/>
+      <c r="E16" s="149"/>
+      <c r="F16" s="156"/>
+      <c r="G16" s="147"/>
+      <c r="H16" s="156"/>
+      <c r="I16" s="151"/>
+      <c r="J16" s="147"/>
+      <c r="K16" s="156"/>
+      <c r="L16" s="151"/>
+      <c r="M16" s="151"/>
+      <c r="N16" s="158"/>
+      <c r="O16" s="154"/>
+      <c r="P16" s="154"/>
     </row>
     <row r="17" spans="1:17" s="34" customFormat="1" ht="28.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A17" s="89">
         <v>45509</v>
       </c>
       <c r="B17" s="90" t="s">
         <v>215</v>
       </c>
       <c r="C17" s="91">
         <v>0.33333333333333331</v>
       </c>
       <c r="D17" s="91">
         <v>0.70833333333333337</v>
       </c>
       <c r="E17" s="92">
         <v>1</v>
       </c>
       <c r="F17" s="93" t="s">
         <v>61</v>
       </c>
       <c r="G17" s="94">
         <f>IF(C17="","",((D17-C17)*24)-E17)</f>
         <v>8.0000000000000018</v>
       </c>
       <c r="H17" s="95">