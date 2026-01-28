--- v0 (2025-10-24)
+++ v1 (2026-01-28)
@@ -13,60 +13,60 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Invoice Templates\0-Invoice Templates FY 26\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{12538A68-43DB-497C-8AE1-100BE804D9FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{582966B4-C7D7-4629-BA32-FA0DAF44077E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Language Interpreter Invoice" sheetId="2" r:id="rId1"/>
     <sheet name="Drop down" sheetId="3" state="hidden" r:id="rId2"/>
     <sheet name="Log with Case Information" sheetId="1" r:id="rId3"/>
     <sheet name="Instructions" sheetId="6" r:id="rId4"/>
     <sheet name="Example" sheetId="7" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="Activity">'Drop down'!$A$155:$A$159</definedName>
     <definedName name="AppropriationCode">'Drop down'!$A$1:$A$5</definedName>
     <definedName name="DistrictCounties">'Drop down'!$A$10:$A$31</definedName>
     <definedName name="Location">'Drop down'!$A$90:$A$153</definedName>
     <definedName name="Mileage">'Drop down'!$A$36:$A$37</definedName>
     <definedName name="Organization">'Drop down'!$A$1:$A$5</definedName>
     <definedName name="OrganizationUnit">'Drop down'!$A$39:$A$88</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">Example!$A$1:$U$51</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Language Interpreter Invoice'!$A$1:$U$43</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Log with Case Information'!$A$1:$P$20</definedName>
     <definedName name="YesorNo">'Drop down'!$A$7:$A$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -304,51 +304,51 @@
   <c r="T26" i="2" s="1"/>
   <c r="I27" i="2"/>
   <c r="T27" i="2" s="1"/>
   <c r="I28" i="2"/>
   <c r="T28" i="2" s="1"/>
   <c r="L19" i="2"/>
   <c r="N19" i="1"/>
   <c r="M19" i="1"/>
   <c r="L19" i="1"/>
   <c r="K19" i="1"/>
   <c r="J19" i="1"/>
   <c r="I19" i="1"/>
   <c r="H19" i="1"/>
   <c r="G19" i="1"/>
   <c r="G42" i="2" l="1"/>
   <c r="T19" i="2"/>
   <c r="T17" i="2"/>
   <c r="I18" i="2"/>
   <c r="F42" i="2" s="1"/>
   <c r="T18" i="2" l="1"/>
   <c r="T35" i="2" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="509" uniqueCount="421">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="509" uniqueCount="422">
   <si>
     <t>Language Interpreter Verification Form</t>
   </si>
   <si>
     <t>Office of Language Access</t>
   </si>
   <si>
     <t>Interpreter Name</t>
   </si>
   <si>
     <t>Language</t>
   </si>
   <si>
     <t>General Notes</t>
   </si>
   <si>
     <t>Multiple Interpreters</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Assignment Location</t>
   </si>
   <si>
@@ -1646,50 +1646,53 @@
   </si>
   <si>
     <t>23rd - Douglas Combined Court: 23TC . DOUG</t>
   </si>
   <si>
     <t>23rd - Elbert Combined Court: 23TC . ELBE</t>
   </si>
   <si>
     <t>23th - Lincoln Combined Court: 23TC . LINC</t>
   </si>
   <si>
     <t>23rd - Probation: 23PB . DOUG</t>
   </si>
   <si>
     <t>18th- Arapahoe District Court - Centennial: 18TC . ARAP</t>
   </si>
   <si>
     <t>18th - Arapahoe County Court- Littleton: 18TC . ARAP</t>
   </si>
   <si>
     <t>FY26</t>
   </si>
   <si>
     <t xml:space="preserve">
 23-Douglas, Elbert, Lincoln</t>
+  </si>
+  <si>
+    <t>General Travel Expenses</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
     <numFmt numFmtId="165" formatCode="[$-409]d\-mmm\-yy;@"/>
     <numFmt numFmtId="166" formatCode="[$-409]h:mm\ AM/PM;@"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_([$$-409]* #,##0.00_);_([$$-409]* \(#,##0.00\);_([$$-409]* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="50" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
@@ -4262,289 +4265,289 @@
     <xf numFmtId="0" fontId="44" fillId="5" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="5" borderId="120" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="3" borderId="103" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="6" borderId="112" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="6" borderId="121" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="6" borderId="122" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="6" borderId="102" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="69" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="70" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="104" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="55" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="80" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="81" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="77" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="78" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="24" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="67" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="84" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="85" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="82" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="83" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="90" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="91" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="3" borderId="84" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="86" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="87" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="3" borderId="62" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="23" fillId="0" borderId="73" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="23" fillId="0" borderId="74" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="23" fillId="0" borderId="24" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="23" fillId="0" borderId="67" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="25" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="25" fillId="0" borderId="69" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...31 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="88" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="62" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="31" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="25" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="32" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="33" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="34" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="34" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="33" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="34" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="34" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="35" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="39" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="30" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="31" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...87 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="9" xfId="4" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="100" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="101" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Comma 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Currency" xfId="5" builtinId="4"/>
     <cellStyle name="Currency 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <alignment vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFEDEFF9"/>
     </mruColors>
   </colors>
   <extLst>
@@ -5273,663 +5276,663 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:interpreters@judicial.state.co.us" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diana.helmy@judicial.state.co.us" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2">
     <tabColor rgb="FFFFFF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:T45"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" showRuler="0" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="80" workbookViewId="0">
-      <selection activeCell="N22" sqref="N22"/>
+    <sheetView showGridLines="0" tabSelected="1" showRuler="0" topLeftCell="A7" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="W19" sqref="W19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="18.90625" style="17" customWidth="1"/>
     <col min="2" max="2" width="34.453125" style="17" customWidth="1"/>
     <col min="3" max="4" width="15.1796875" style="17" customWidth="1"/>
     <col min="5" max="5" width="13" style="17" customWidth="1"/>
     <col min="6" max="6" width="14.6328125" style="17" customWidth="1"/>
     <col min="7" max="7" width="12.54296875" style="17" customWidth="1"/>
     <col min="8" max="8" width="10.54296875" style="17" customWidth="1"/>
     <col min="9" max="9" width="13.453125" style="17" customWidth="1"/>
     <col min="10" max="10" width="10.54296875" style="17" customWidth="1"/>
     <col min="11" max="11" width="20.81640625" style="17" customWidth="1"/>
     <col min="12" max="12" width="12.1796875" style="18" customWidth="1"/>
     <col min="13" max="13" width="11.1796875" style="18" customWidth="1"/>
     <col min="14" max="14" width="9.81640625" style="18" customWidth="1"/>
     <col min="15" max="15" width="13.81640625" style="18" customWidth="1"/>
     <col min="16" max="19" width="9.81640625" style="18" customWidth="1"/>
     <col min="20" max="20" width="15.1796875" style="17" customWidth="1"/>
     <col min="21" max="21" width="3.1796875" style="17" customWidth="1"/>
     <col min="22" max="16384" width="9.1796875" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" s="16" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="224" t="s">
+      <c r="A1" s="232" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="224"/>
-[...17 lines deleted...]
-      <c r="T1" s="224"/>
+      <c r="B1" s="232"/>
+      <c r="C1" s="232"/>
+      <c r="D1" s="232"/>
+      <c r="E1" s="232"/>
+      <c r="F1" s="232"/>
+      <c r="G1" s="232"/>
+      <c r="H1" s="232"/>
+      <c r="I1" s="232"/>
+      <c r="J1" s="232"/>
+      <c r="K1" s="232"/>
+      <c r="L1" s="232"/>
+      <c r="M1" s="232"/>
+      <c r="N1" s="232"/>
+      <c r="O1" s="232"/>
+      <c r="P1" s="232"/>
+      <c r="Q1" s="232"/>
+      <c r="R1" s="232"/>
+      <c r="S1" s="232"/>
+      <c r="T1" s="232"/>
     </row>
     <row r="2" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A2" s="224" t="s">
+      <c r="A2" s="232" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="224"/>
-[...17 lines deleted...]
-      <c r="T2" s="224"/>
+      <c r="B2" s="232"/>
+      <c r="C2" s="232"/>
+      <c r="D2" s="232"/>
+      <c r="E2" s="232"/>
+      <c r="F2" s="232"/>
+      <c r="G2" s="232"/>
+      <c r="H2" s="232"/>
+      <c r="I2" s="232"/>
+      <c r="J2" s="232"/>
+      <c r="K2" s="232"/>
+      <c r="L2" s="232"/>
+      <c r="M2" s="232"/>
+      <c r="N2" s="232"/>
+      <c r="O2" s="232"/>
+      <c r="P2" s="232"/>
+      <c r="Q2" s="232"/>
+      <c r="R2" s="232"/>
+      <c r="S2" s="232"/>
+      <c r="T2" s="232"/>
     </row>
     <row r="3" spans="1:20" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A3" s="225" t="s">
+      <c r="A3" s="233" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="225"/>
-[...17 lines deleted...]
-      <c r="T3" s="225"/>
+      <c r="B3" s="233"/>
+      <c r="C3" s="233"/>
+      <c r="D3" s="233"/>
+      <c r="E3" s="233"/>
+      <c r="F3" s="233"/>
+      <c r="G3" s="233"/>
+      <c r="H3" s="233"/>
+      <c r="I3" s="233"/>
+      <c r="J3" s="233"/>
+      <c r="K3" s="233"/>
+      <c r="L3" s="233"/>
+      <c r="M3" s="233"/>
+      <c r="N3" s="233"/>
+      <c r="O3" s="233"/>
+      <c r="P3" s="233"/>
+      <c r="Q3" s="233"/>
+      <c r="R3" s="233"/>
+      <c r="S3" s="233"/>
+      <c r="T3" s="233"/>
     </row>
     <row r="4" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="T4" s="19"/>
     </row>
     <row r="5" spans="1:20" s="20" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="226" t="s">
+      <c r="A5" s="234" t="s">
         <v>21</v>
       </c>
-      <c r="B5" s="226"/>
-[...4 lines deleted...]
-      <c r="I5" s="226" t="s">
+      <c r="B5" s="234"/>
+      <c r="C5" s="234"/>
+      <c r="D5" s="234"/>
+      <c r="E5" s="234"/>
+      <c r="F5" s="234"/>
+      <c r="I5" s="234" t="s">
         <v>22</v>
       </c>
-      <c r="J5" s="226"/>
-[...9 lines deleted...]
-      <c r="T5" s="226"/>
+      <c r="J5" s="234"/>
+      <c r="K5" s="234"/>
+      <c r="L5" s="234"/>
+      <c r="M5" s="234"/>
+      <c r="N5" s="234"/>
+      <c r="O5" s="234"/>
+      <c r="P5" s="234"/>
+      <c r="Q5" s="234"/>
+      <c r="R5" s="234"/>
+      <c r="S5" s="234"/>
+      <c r="T5" s="234"/>
     </row>
     <row r="6" spans="1:20" s="21" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="228" t="s">
+      <c r="A6" s="236" t="s">
         <v>23</v>
       </c>
-      <c r="B6" s="228"/>
+      <c r="B6" s="236"/>
       <c r="C6" s="182"/>
       <c r="D6" s="182"/>
       <c r="E6" s="182"/>
       <c r="F6" s="182"/>
       <c r="J6" s="74" t="s">
         <v>264</v>
       </c>
       <c r="K6" s="171"/>
       <c r="L6" s="171"/>
       <c r="M6" s="171"/>
       <c r="N6" s="171"/>
       <c r="O6" s="171"/>
       <c r="P6" s="171"/>
       <c r="Q6" s="171"/>
       <c r="R6" s="171"/>
       <c r="S6" s="171"/>
       <c r="T6" s="171"/>
     </row>
     <row r="7" spans="1:20" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="208" t="s">
+      <c r="A7" s="235" t="s">
         <v>24</v>
       </c>
-      <c r="B7" s="208"/>
-[...3 lines deleted...]
-      <c r="F7" s="209"/>
+      <c r="B7" s="235"/>
+      <c r="C7" s="221"/>
+      <c r="D7" s="221"/>
+      <c r="E7" s="221"/>
+      <c r="F7" s="221"/>
       <c r="I7" s="22"/>
       <c r="J7" s="73" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="23"/>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
       <c r="Q7" s="24"/>
       <c r="R7" s="24"/>
       <c r="S7" s="24"/>
       <c r="T7" s="24"/>
     </row>
     <row r="8" spans="1:20" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="227" t="s">
+      <c r="A8" s="208" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="227"/>
+      <c r="B8" s="208"/>
       <c r="C8" s="183"/>
       <c r="D8" s="182"/>
       <c r="E8" s="182"/>
       <c r="F8" s="182"/>
       <c r="I8" s="26"/>
       <c r="J8" s="74" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="75"/>
       <c r="L8" s="75"/>
       <c r="M8" s="27"/>
       <c r="N8" s="27"/>
       <c r="O8" s="27"/>
       <c r="P8" s="27"/>
       <c r="Q8" s="27"/>
       <c r="R8" s="27"/>
       <c r="S8" s="27"/>
       <c r="T8" s="24"/>
     </row>
     <row r="9" spans="1:20" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="227" t="s">
+      <c r="A9" s="208" t="s">
         <v>263</v>
       </c>
-      <c r="B9" s="227"/>
-[...3 lines deleted...]
-      <c r="F9" s="209"/>
+      <c r="B9" s="208"/>
+      <c r="C9" s="221"/>
+      <c r="D9" s="221"/>
+      <c r="E9" s="221"/>
+      <c r="F9" s="221"/>
       <c r="I9" s="26"/>
       <c r="J9" s="73" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="24" t="s">
         <v>419</v>
       </c>
       <c r="L9" s="24"/>
       <c r="M9" s="24"/>
       <c r="N9" s="24"/>
       <c r="O9" s="24"/>
       <c r="P9" s="24"/>
       <c r="Q9" s="24"/>
       <c r="R9" s="24"/>
       <c r="S9" s="24"/>
       <c r="T9" s="24"/>
     </row>
     <row r="10" spans="1:20" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="227" t="s">
+      <c r="A10" s="208" t="s">
         <v>29</v>
       </c>
-      <c r="B10" s="227"/>
+      <c r="B10" s="208"/>
       <c r="C10" s="182"/>
       <c r="D10" s="182"/>
       <c r="E10" s="182"/>
       <c r="F10" s="182"/>
       <c r="I10" s="26"/>
       <c r="J10" s="73" t="s">
         <v>30</v>
       </c>
       <c r="K10" s="23"/>
       <c r="L10" s="24"/>
       <c r="M10" s="24"/>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="24"/>
       <c r="Q10" s="24"/>
       <c r="R10" s="24"/>
       <c r="S10" s="24"/>
       <c r="T10" s="24"/>
     </row>
     <row r="11" spans="1:20" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="208"/>
-      <c r="B11" s="208"/>
+      <c r="A11" s="235"/>
+      <c r="B11" s="235"/>
       <c r="C11" s="182"/>
       <c r="D11" s="182"/>
       <c r="E11" s="182"/>
       <c r="F11" s="182"/>
       <c r="I11" s="26"/>
       <c r="J11" s="73" t="s">
         <v>31</v>
       </c>
       <c r="K11" s="23"/>
       <c r="L11" s="23"/>
       <c r="M11" s="24"/>
       <c r="N11" s="28"/>
       <c r="O11" s="28"/>
       <c r="P11" s="28"/>
       <c r="Q11" s="28"/>
       <c r="R11" s="28"/>
       <c r="S11" s="28"/>
       <c r="T11" s="24"/>
     </row>
     <row r="12" spans="1:20" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="208" t="s">
+      <c r="A12" s="235" t="s">
         <v>32</v>
       </c>
-      <c r="B12" s="208"/>
+      <c r="B12" s="235"/>
       <c r="C12" s="182"/>
       <c r="D12" s="182"/>
       <c r="E12" s="182"/>
       <c r="F12" s="182"/>
       <c r="I12" s="26"/>
       <c r="J12" s="73" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="23"/>
       <c r="L12" s="23"/>
       <c r="M12" s="23"/>
       <c r="N12" s="23"/>
       <c r="O12" s="23"/>
       <c r="P12" s="23"/>
       <c r="Q12" s="23"/>
       <c r="R12" s="23"/>
       <c r="S12" s="23"/>
       <c r="T12" s="23"/>
     </row>
     <row r="13" spans="1:20" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="208" t="s">
+      <c r="A13" s="235" t="s">
         <v>34</v>
       </c>
-      <c r="B13" s="208"/>
+      <c r="B13" s="235"/>
       <c r="C13" s="184"/>
       <c r="D13" s="182"/>
       <c r="E13" s="182"/>
       <c r="F13" s="182"/>
       <c r="J13" s="74" t="s">
         <v>261</v>
       </c>
-      <c r="K13" s="209"/>
-[...8 lines deleted...]
-      <c r="T13" s="209"/>
+      <c r="K13" s="221"/>
+      <c r="L13" s="221"/>
+      <c r="M13" s="221"/>
+      <c r="N13" s="221"/>
+      <c r="O13" s="221"/>
+      <c r="P13" s="221"/>
+      <c r="Q13" s="221"/>
+      <c r="R13" s="221"/>
+      <c r="S13" s="221"/>
+      <c r="T13" s="221"/>
     </row>
     <row r="14" spans="1:20" s="25" customFormat="1" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="J14" s="29"/>
       <c r="L14" s="30"/>
       <c r="M14" s="30"/>
       <c r="N14" s="30"/>
       <c r="O14" s="30"/>
       <c r="P14" s="30"/>
       <c r="Q14" s="30"/>
       <c r="R14" s="30"/>
       <c r="S14" s="30"/>
       <c r="T14" s="31"/>
     </row>
     <row r="15" spans="1:20" s="32" customFormat="1" ht="8.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="210" t="s">
+      <c r="A15" s="222" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="212" t="s">
+      <c r="B15" s="224" t="s">
         <v>36</v>
       </c>
-      <c r="C15" s="212" t="s">
+      <c r="C15" s="224" t="s">
         <v>37</v>
       </c>
-      <c r="D15" s="212" t="s">
+      <c r="D15" s="224" t="s">
         <v>38</v>
       </c>
-      <c r="E15" s="212" t="s">
+      <c r="E15" s="224" t="s">
         <v>39</v>
       </c>
-      <c r="F15" s="214" t="s">
+      <c r="F15" s="219" t="s">
         <v>210</v>
       </c>
-      <c r="G15" s="210" t="s">
+      <c r="G15" s="222" t="s">
         <v>40</v>
       </c>
-      <c r="H15" s="214" t="s">
+      <c r="H15" s="219" t="s">
         <v>41</v>
       </c>
-      <c r="I15" s="216" t="s">
+      <c r="I15" s="226" t="s">
         <v>42</v>
       </c>
-      <c r="J15" s="210" t="s">
+      <c r="J15" s="222" t="s">
         <v>341</v>
       </c>
-      <c r="K15" s="214" t="s">
+      <c r="K15" s="219" t="s">
         <v>43</v>
       </c>
-      <c r="L15" s="216" t="s">
+      <c r="L15" s="226" t="s">
         <v>44</v>
       </c>
-      <c r="M15" s="216" t="s">
+      <c r="M15" s="226" t="s">
         <v>45</v>
       </c>
-      <c r="N15" s="218" t="s">
+      <c r="N15" s="237" t="s">
         <v>46</v>
       </c>
       <c r="O15" s="125"/>
       <c r="P15" s="125"/>
       <c r="Q15" s="125"/>
       <c r="R15" s="125"/>
       <c r="S15" s="125"/>
       <c r="T15" s="127"/>
     </row>
     <row r="16" spans="1:20" s="33" customFormat="1" ht="41.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="211"/>
-[...12 lines deleted...]
-      <c r="N16" s="219"/>
+      <c r="A16" s="223"/>
+      <c r="B16" s="225"/>
+      <c r="C16" s="225"/>
+      <c r="D16" s="225"/>
+      <c r="E16" s="225"/>
+      <c r="F16" s="220"/>
+      <c r="G16" s="223"/>
+      <c r="H16" s="220"/>
+      <c r="I16" s="227"/>
+      <c r="J16" s="223"/>
+      <c r="K16" s="220"/>
+      <c r="L16" s="227"/>
+      <c r="M16" s="227"/>
+      <c r="N16" s="238"/>
       <c r="O16" s="126" t="s">
         <v>47</v>
       </c>
       <c r="P16" s="126" t="s">
         <v>344</v>
       </c>
       <c r="Q16" s="126" t="s">
         <v>343</v>
       </c>
       <c r="R16" s="126" t="s">
         <v>345</v>
       </c>
       <c r="S16" s="126" t="s">
         <v>342</v>
       </c>
       <c r="T16" s="127" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:20" s="34" customFormat="1" ht="28.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A17" s="101"/>
       <c r="B17" s="102"/>
       <c r="C17" s="103"/>
       <c r="D17" s="103"/>
       <c r="E17" s="104"/>
       <c r="F17" s="105"/>
       <c r="G17" s="192" t="str">
         <f>IF(C17="","",((D17-C17)*24)-E17)</f>
         <v/>
       </c>
       <c r="H17" s="191"/>
       <c r="I17" s="108" t="str">
         <f>IF(H17="","$",IF(G17="","$",(H17*G17)))</f>
         <v>$</v>
       </c>
       <c r="J17" s="197"/>
       <c r="K17" s="195" t="str">
         <f>IF(J17&gt;0,(H17/2),"")</f>
         <v/>
       </c>
       <c r="L17" s="108" t="str">
         <f>IF(J17="","$",ROUNDUP(K17*J17,2))</f>
         <v>$</v>
       </c>
       <c r="M17" s="110"/>
       <c r="N17" s="111">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O17" s="112" t="str">
         <f>IF(H17="","$",ROUNDUP(N17*M17,2))</f>
         <v>$</v>
       </c>
       <c r="P17" s="131"/>
       <c r="Q17" s="131"/>
       <c r="R17" s="131"/>
       <c r="S17" s="187">
         <f>SUM(P17:R17)</f>
         <v>0</v>
       </c>
       <c r="T17" s="113" t="str">
         <f>IF(SUM(I17,L17,O17,S17)=0,"$",SUM(I17,L17,O17,S17))</f>
         <v>$</v>
       </c>
     </row>
     <row r="18" spans="1:20" s="34" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="101"/>
       <c r="B18" s="102"/>
       <c r="C18" s="103"/>
       <c r="D18" s="103"/>
       <c r="E18" s="104"/>
       <c r="F18" s="105"/>
       <c r="G18" s="193" t="str">
         <f t="shared" ref="G18:G19" si="0">IF(C18="","",((D18-C18)*24)-E18)</f>
         <v/>
       </c>
       <c r="H18" s="191"/>
       <c r="I18" s="108" t="str">
         <f>IF(H18="","$",IF(G18="","$",(H18*G18)))</f>
         <v>$</v>
       </c>
       <c r="J18" s="198"/>
       <c r="K18" s="196" t="str">
         <f>IF(J18&gt;0,(H18/2),"")</f>
         <v/>
       </c>
       <c r="L18" s="108" t="str">
         <f>IF(J18="","$",ROUNDUP(K18*J18,2))</f>
         <v>$</v>
       </c>
       <c r="M18" s="110"/>
       <c r="N18" s="111">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O18" s="112" t="str">
         <f t="shared" ref="O18:O21" si="1">IF(H18="","$",ROUNDUP(N18*M18,2))</f>
         <v>$</v>
       </c>
       <c r="P18" s="131"/>
       <c r="Q18" s="131"/>
       <c r="R18" s="131"/>
       <c r="S18" s="187">
         <f>SUM(P18:R18)</f>
         <v>0</v>
       </c>
       <c r="T18" s="113" t="str">
         <f t="shared" ref="T18:T28" si="2">IF(SUM(I18,L18,O18,S18)=0,"$",SUM(I18,L18,O18,S18))</f>
         <v>$</v>
       </c>
     </row>
     <row r="19" spans="1:20" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="101"/>
       <c r="B19" s="102"/>
       <c r="C19" s="103"/>
       <c r="D19" s="103"/>
       <c r="E19" s="104"/>
       <c r="F19" s="105"/>
       <c r="G19" s="193" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="H19" s="191"/>
       <c r="I19" s="108" t="str">
         <f t="shared" ref="I19" si="3">IF(H19="","$",IF(G19="","$",(H19*G19)))</f>
         <v>$</v>
       </c>
       <c r="J19" s="198"/>
       <c r="K19" s="196" t="str">
         <f t="shared" ref="K19" si="4">IF(J19&gt;0,(H19/2),"")</f>
         <v/>
       </c>
       <c r="L19" s="108" t="str">
         <f t="shared" ref="L19" si="5">IF(J19="","$",ROUNDUP(K19*J19,2))</f>
         <v>$</v>
       </c>
       <c r="M19" s="110"/>
       <c r="N19" s="111">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O19" s="112" t="str">
         <f t="shared" si="1"/>
         <v>$</v>
       </c>
       <c r="P19" s="131"/>
       <c r="Q19" s="131"/>
       <c r="R19" s="131"/>
       <c r="S19" s="187">
         <f>SUM(P19:R19)</f>
         <v>0</v>
       </c>
       <c r="T19" s="113" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
     </row>
     <row r="20" spans="1:20" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="101"/>
       <c r="B20" s="102"/>
       <c r="C20" s="103"/>
       <c r="D20" s="103"/>
       <c r="E20" s="104"/>
       <c r="F20" s="105"/>
       <c r="G20" s="193" t="str">
         <f t="shared" ref="G20" si="6">IF(C20="","",((D20-C20)*24)-E20)</f>
         <v/>
       </c>
       <c r="H20" s="191"/>
       <c r="I20" s="108" t="str">
         <f t="shared" ref="I20:I21" si="7">IF(H20="","$",IF(G20="","$",(H20*G20)))</f>
         <v>$</v>
       </c>
       <c r="J20" s="198"/>
       <c r="K20" s="196" t="str">
         <f t="shared" ref="K20" si="8">IF(J20&gt;0,(H20/2),"")</f>
         <v/>
       </c>
       <c r="L20" s="108" t="str">
         <f t="shared" ref="L20:L21" si="9">IF(J20="","$",ROUNDUP(K20*J20,2))</f>
         <v>$</v>
       </c>
       <c r="M20" s="110"/>
       <c r="N20" s="111">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O20" s="112" t="str">
         <f t="shared" si="1"/>
         <v>$</v>
       </c>
       <c r="P20" s="131"/>
       <c r="Q20" s="131"/>
       <c r="R20" s="131"/>
       <c r="S20" s="187">
         <f>SUM(P20:R20)</f>
         <v>0</v>
       </c>
       <c r="T20" s="113" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
     </row>
     <row r="21" spans="1:20" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="101"/>
       <c r="B21" s="102"/>
       <c r="C21" s="103"/>
       <c r="D21" s="103"/>
       <c r="E21" s="104"/>
       <c r="F21" s="105"/>
       <c r="G21" s="193"/>
       <c r="H21" s="191"/>
       <c r="I21" s="108" t="str">
         <f t="shared" si="7"/>
         <v>$</v>
       </c>
       <c r="J21" s="198"/>
       <c r="K21" s="196"/>
       <c r="L21" s="108" t="str">
         <f t="shared" si="9"/>
         <v>$</v>
       </c>
       <c r="M21" s="110"/>
       <c r="N21" s="111">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O21" s="112" t="str">
         <f t="shared" si="1"/>
         <v>$</v>
       </c>
       <c r="P21" s="131"/>
       <c r="Q21" s="131"/>
       <c r="R21" s="131"/>
       <c r="S21" s="187">
         <f>SUM(P21:R21)</f>
         <v>0</v>
       </c>
       <c r="T21" s="113" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
     </row>
     <row r="22" spans="1:20" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A22" s="124"/>
       <c r="B22" s="124"/>
       <c r="C22" s="124"/>
       <c r="D22" s="124"/>
       <c r="E22" s="124"/>
       <c r="F22" s="201" t="s">
         <v>260</v>
@@ -5955,308 +5958,308 @@
       <c r="C23" s="103"/>
       <c r="D23" s="103"/>
       <c r="E23" s="104"/>
       <c r="F23" s="105"/>
       <c r="G23" s="193" t="str">
         <f t="shared" ref="G23:G28" si="10">IF(C23="","",((D23-C23)*24)-E23)</f>
         <v/>
       </c>
       <c r="H23" s="191"/>
       <c r="I23" s="108" t="str">
         <f>IF(H23="","$",IF(G23="","$",(H23*G23)))</f>
         <v>$</v>
       </c>
       <c r="J23" s="198"/>
       <c r="K23" s="196" t="str">
         <f>IF(J23&gt;0,(H23-7)/2,"")</f>
         <v/>
       </c>
       <c r="L23" s="118" t="str">
         <f>IF(J23="","$",ROUNDUP(K23*J23,2))</f>
         <v>$</v>
       </c>
       <c r="M23" s="119"/>
       <c r="N23" s="111">
         <f>$N$17</f>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O23" s="112" t="str">
         <f>IF(H23="","$",ROUNDUP(N23*M23,2))</f>
         <v>$</v>
       </c>
       <c r="P23" s="131"/>
       <c r="Q23" s="131"/>
       <c r="R23" s="131"/>
       <c r="S23" s="187">
         <f t="shared" ref="S23:S28" si="11">SUM(P23:R23)</f>
         <v>0</v>
       </c>
       <c r="T23" s="113" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
     </row>
     <row r="24" spans="1:20" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="101"/>
       <c r="B24" s="102"/>
       <c r="C24" s="103"/>
       <c r="D24" s="103"/>
       <c r="E24" s="104"/>
       <c r="F24" s="105"/>
       <c r="G24" s="193" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="H24" s="191"/>
       <c r="I24" s="108" t="str">
         <f t="shared" ref="I24:I28" si="12">IF(H24="","$",IF(G24="","$",(H24*G24)))</f>
         <v>$</v>
       </c>
       <c r="J24" s="198"/>
       <c r="K24" s="196" t="str">
         <f t="shared" ref="K24:K28" si="13">IF(J24&gt;0,(H24-7)/2,"")</f>
         <v/>
       </c>
       <c r="L24" s="118" t="str">
         <f t="shared" ref="L24:L28" si="14">IF(J24="","$",ROUNDUP(K24*J24,2))</f>
         <v>$</v>
       </c>
       <c r="M24" s="119"/>
       <c r="N24" s="111">
         <f t="shared" ref="N24:N28" si="15">$N$17</f>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O24" s="112" t="str">
         <f t="shared" ref="O24:O28" si="16">IF(H24="","$",ROUNDUP(N24*M24,2))</f>
         <v>$</v>
       </c>
       <c r="P24" s="131"/>
       <c r="Q24" s="131"/>
       <c r="R24" s="131"/>
       <c r="S24" s="187">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="T24" s="113" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
     </row>
     <row r="25" spans="1:20" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="101"/>
       <c r="B25" s="102"/>
       <c r="C25" s="103"/>
       <c r="D25" s="103"/>
       <c r="E25" s="104"/>
       <c r="F25" s="105"/>
       <c r="G25" s="193" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="H25" s="191"/>
       <c r="I25" s="108" t="str">
         <f t="shared" si="12"/>
         <v>$</v>
       </c>
       <c r="J25" s="198"/>
       <c r="K25" s="196" t="str">
         <f t="shared" si="13"/>
         <v/>
       </c>
       <c r="L25" s="118" t="str">
         <f t="shared" si="14"/>
         <v>$</v>
       </c>
       <c r="M25" s="119"/>
       <c r="N25" s="111">
         <f t="shared" si="15"/>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O25" s="112" t="str">
         <f t="shared" si="16"/>
         <v>$</v>
       </c>
       <c r="P25" s="131"/>
       <c r="Q25" s="131"/>
       <c r="R25" s="131"/>
       <c r="S25" s="187">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="T25" s="113" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
     </row>
     <row r="26" spans="1:20" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="101"/>
       <c r="B26" s="102"/>
       <c r="C26" s="103"/>
       <c r="D26" s="103"/>
       <c r="E26" s="104"/>
       <c r="F26" s="105"/>
       <c r="G26" s="193" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="H26" s="191"/>
       <c r="I26" s="108" t="str">
         <f t="shared" si="12"/>
         <v>$</v>
       </c>
       <c r="J26" s="198"/>
       <c r="K26" s="196" t="str">
         <f t="shared" si="13"/>
         <v/>
       </c>
       <c r="L26" s="118" t="str">
         <f t="shared" si="14"/>
         <v>$</v>
       </c>
       <c r="M26" s="119"/>
       <c r="N26" s="111">
         <f t="shared" si="15"/>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O26" s="112" t="str">
         <f t="shared" si="16"/>
         <v>$</v>
       </c>
       <c r="P26" s="131"/>
       <c r="Q26" s="131"/>
       <c r="R26" s="131"/>
       <c r="S26" s="187">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="T26" s="113" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
     </row>
     <row r="27" spans="1:20" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="101"/>
       <c r="B27" s="102"/>
       <c r="C27" s="103"/>
       <c r="D27" s="103"/>
       <c r="E27" s="104"/>
       <c r="F27" s="105"/>
       <c r="G27" s="193" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="H27" s="191"/>
       <c r="I27" s="108" t="str">
         <f t="shared" si="12"/>
         <v>$</v>
       </c>
       <c r="J27" s="198"/>
       <c r="K27" s="196" t="str">
         <f t="shared" si="13"/>
         <v/>
       </c>
       <c r="L27" s="118" t="str">
         <f t="shared" si="14"/>
         <v>$</v>
       </c>
       <c r="M27" s="119"/>
       <c r="N27" s="111">
         <f t="shared" si="15"/>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O27" s="112" t="str">
         <f t="shared" si="16"/>
         <v>$</v>
       </c>
       <c r="P27" s="131"/>
       <c r="Q27" s="131"/>
       <c r="R27" s="131"/>
       <c r="S27" s="187">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="T27" s="113" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
     </row>
     <row r="28" spans="1:20" s="34" customFormat="1" ht="28.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A28" s="120"/>
       <c r="B28" s="102"/>
       <c r="C28" s="122"/>
       <c r="D28" s="122"/>
       <c r="E28" s="121"/>
       <c r="F28" s="123"/>
       <c r="G28" s="194" t="str">
         <f t="shared" si="10"/>
         <v/>
       </c>
       <c r="H28" s="191"/>
       <c r="I28" s="108" t="str">
         <f t="shared" si="12"/>
         <v>$</v>
       </c>
       <c r="J28" s="199"/>
       <c r="K28" s="196" t="str">
         <f t="shared" si="13"/>
         <v/>
       </c>
       <c r="L28" s="118" t="str">
         <f t="shared" si="14"/>
         <v>$</v>
       </c>
       <c r="M28" s="119"/>
       <c r="N28" s="111">
         <f t="shared" si="15"/>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O28" s="112" t="str">
         <f t="shared" si="16"/>
         <v>$</v>
       </c>
       <c r="P28" s="131"/>
       <c r="Q28" s="131"/>
       <c r="R28" s="131"/>
       <c r="S28" s="187">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="T28" s="113" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
     </row>
     <row r="29" spans="1:20" s="34" customFormat="1" ht="29" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A29" s="145"/>
       <c r="B29" s="146"/>
       <c r="C29" s="146"/>
       <c r="D29" s="146"/>
       <c r="E29" s="146"/>
       <c r="F29" s="146"/>
       <c r="G29" s="148"/>
       <c r="H29" s="146" t="s">
-        <v>400</v>
+        <v>421</v>
       </c>
       <c r="I29" s="146"/>
       <c r="J29" s="146"/>
       <c r="K29" s="146"/>
       <c r="L29" s="146"/>
       <c r="M29" s="146"/>
       <c r="N29" s="146"/>
       <c r="O29" s="146"/>
       <c r="P29" s="146"/>
       <c r="Q29" s="146"/>
       <c r="R29" s="146"/>
       <c r="S29" s="146"/>
       <c r="T29" s="147"/>
     </row>
     <row r="30" spans="1:20" s="34" customFormat="1" ht="27" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A30" s="165" t="s">
         <v>351</v>
       </c>
       <c r="B30" s="146"/>
       <c r="C30" s="146"/>
       <c r="D30" s="146"/>
       <c r="E30" s="146"/>
       <c r="F30" s="146"/>
       <c r="G30" s="146"/>
       <c r="H30" s="146"/>
@@ -6476,256 +6479,256 @@
       <c r="E39" s="69"/>
       <c r="F39" s="170" t="s">
         <v>409</v>
       </c>
       <c r="G39" s="170" t="s">
         <v>269</v>
       </c>
       <c r="H39" s="69"/>
       <c r="I39" s="69"/>
       <c r="J39" s="69"/>
       <c r="K39" s="69"/>
       <c r="L39" s="69"/>
       <c r="M39" s="69"/>
       <c r="N39" s="69"/>
       <c r="O39" s="69"/>
       <c r="P39" s="69"/>
       <c r="Q39" s="69"/>
       <c r="R39" s="69"/>
       <c r="S39" s="69"/>
       <c r="T39" s="70"/>
     </row>
     <row r="40" spans="1:20" s="25" customFormat="1" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B40" s="68" t="s">
         <v>49</v>
       </c>
-      <c r="C40" s="235"/>
-      <c r="D40" s="236"/>
+      <c r="C40" s="215"/>
+      <c r="D40" s="216"/>
       <c r="E40" s="149" t="s">
         <v>50</v>
       </c>
       <c r="F40" s="37">
         <f>C8</f>
         <v>0</v>
       </c>
       <c r="G40" s="149" t="s">
         <v>51</v>
       </c>
-      <c r="H40" s="231">
+      <c r="H40" s="211">
         <f>K7</f>
         <v>0</v>
       </c>
-      <c r="I40" s="232"/>
+      <c r="I40" s="212"/>
       <c r="J40" s="150"/>
       <c r="K40" s="151" t="s">
         <v>52</v>
       </c>
-      <c r="L40" s="233" t="str">
+      <c r="L40" s="213" t="str">
         <f>IF(K6="","",K6)</f>
         <v/>
       </c>
-      <c r="M40" s="234"/>
+      <c r="M40" s="214"/>
       <c r="N40" s="152" t="s">
         <v>402</v>
       </c>
       <c r="O40" s="178"/>
       <c r="P40" s="179"/>
       <c r="Q40" s="179"/>
       <c r="R40" s="179"/>
       <c r="S40" s="179"/>
       <c r="T40" s="180"/>
     </row>
     <row r="41" spans="1:20" s="25" customFormat="1" ht="42.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B41" s="185" t="s">
         <v>53</v>
       </c>
-      <c r="C41" s="237"/>
-      <c r="D41" s="238"/>
+      <c r="C41" s="217"/>
+      <c r="D41" s="218"/>
       <c r="E41" s="153"/>
       <c r="F41" s="38" t="s">
         <v>54</v>
       </c>
       <c r="G41" s="39" t="s">
         <v>55</v>
       </c>
       <c r="H41" s="39" t="s">
         <v>56</v>
       </c>
       <c r="I41" s="39" t="s">
         <v>403</v>
       </c>
       <c r="J41" s="40" t="s">
         <v>404</v>
       </c>
       <c r="K41" s="154" t="s">
         <v>57</v>
       </c>
-      <c r="L41" s="229" t="str">
+      <c r="L41" s="209" t="str">
         <f>IF(K8="","",K8)</f>
         <v/>
       </c>
-      <c r="M41" s="230"/>
+      <c r="M41" s="210"/>
       <c r="N41" s="155" t="s">
         <v>405</v>
       </c>
       <c r="O41" s="167" t="s">
         <v>406</v>
       </c>
       <c r="P41" s="168"/>
       <c r="Q41" s="168"/>
       <c r="R41" s="168"/>
       <c r="S41" s="168"/>
       <c r="T41" s="169"/>
     </row>
     <row r="42" spans="1:20" s="33" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="185" t="s">
         <v>407</v>
       </c>
-      <c r="C42" s="222"/>
-      <c r="D42" s="223"/>
+      <c r="C42" s="230"/>
+      <c r="D42" s="231"/>
       <c r="E42" s="156" t="s">
         <v>58</v>
       </c>
       <c r="F42" s="41">
         <f>SUM(I17:I28)</f>
         <v>0</v>
       </c>
       <c r="G42" s="42">
         <f>SUM(L17:L28)</f>
         <v>0</v>
       </c>
       <c r="H42" s="42">
         <f>SUM(O17:O28)</f>
         <v>0</v>
       </c>
       <c r="I42" s="157">
         <f>SUM(S17:S28)</f>
         <v>0</v>
       </c>
       <c r="J42" s="157">
         <f>SUM(T31:T34)</f>
         <v>0</v>
       </c>
       <c r="K42" s="158" t="s">
         <v>59</v>
       </c>
       <c r="L42" s="134">
         <v>1000</v>
       </c>
       <c r="M42" s="128"/>
       <c r="N42" s="159" t="s">
         <v>60</v>
       </c>
       <c r="O42" s="172"/>
       <c r="P42" s="173"/>
       <c r="Q42" s="173"/>
       <c r="R42" s="173"/>
       <c r="S42" s="173"/>
       <c r="T42" s="174"/>
     </row>
     <row r="43" spans="1:20" s="33" customFormat="1" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B43" s="186" t="s">
         <v>408</v>
       </c>
-      <c r="C43" s="220"/>
-      <c r="D43" s="221"/>
+      <c r="C43" s="228"/>
+      <c r="D43" s="229"/>
       <c r="E43" s="43" t="s">
         <v>61</v>
       </c>
       <c r="F43" s="65">
         <v>1935</v>
       </c>
       <c r="G43" s="44" t="s">
         <v>209</v>
       </c>
       <c r="H43" s="160">
         <v>2523</v>
       </c>
       <c r="I43" s="161">
         <v>2522</v>
       </c>
       <c r="J43" s="162">
         <v>2520</v>
       </c>
       <c r="K43" s="163" t="s">
         <v>62</v>
       </c>
       <c r="L43" s="132" t="s">
         <v>63</v>
       </c>
       <c r="M43" s="133"/>
       <c r="N43" s="164" t="s">
         <v>64</v>
       </c>
       <c r="O43" s="175"/>
       <c r="P43" s="176"/>
       <c r="Q43" s="176"/>
       <c r="R43" s="176"/>
       <c r="S43" s="176"/>
       <c r="T43" s="177"/>
     </row>
     <row r="45" spans="1:20" ht="6" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <sheetProtection insertRows="0" deleteRows="0" sort="0"/>
   <mergeCells count="37">
-    <mergeCell ref="A10:B10"/>
-[...5 lines deleted...]
-    <mergeCell ref="K15:K16"/>
+    <mergeCell ref="N15:N16"/>
+    <mergeCell ref="G15:G16"/>
+    <mergeCell ref="H15:H16"/>
+    <mergeCell ref="I15:I16"/>
+    <mergeCell ref="J15:J16"/>
     <mergeCell ref="C43:D43"/>
     <mergeCell ref="C42:D42"/>
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="A2:T2"/>
     <mergeCell ref="A3:T3"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="I5:T5"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C7:F7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:F9"/>
     <mergeCell ref="A13:B13"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="L40:M40"/>
+    <mergeCell ref="C40:D40"/>
+    <mergeCell ref="C41:D41"/>
+    <mergeCell ref="K15:K16"/>
     <mergeCell ref="K13:T13"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="C15:C16"/>
     <mergeCell ref="D15:D16"/>
     <mergeCell ref="E15:E16"/>
     <mergeCell ref="F15:F16"/>
     <mergeCell ref="L15:L16"/>
     <mergeCell ref="M15:M16"/>
-    <mergeCell ref="N15:N16"/>
-[...3 lines deleted...]
-    <mergeCell ref="J15:J16"/>
   </mergeCells>
   <phoneticPr fontId="36" type="noConversion"/>
   <dataValidations count="17">
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" promptTitle="Certification Number" prompt="Interpreters who are certified have been issued a &quot;Certification Number&quot;. Interpreters who are not certified must leave this field blank." sqref="K11" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>Organization</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" promptTitle="Certification Number" prompt="Interpreters who are certified have been issued a &quot;Certification Number&quot;. Interpreters who are not certified must leave this field blank." sqref="M11" xr:uid="{00000000-0002-0000-0000-000005000000}"/>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="F23:F28 F17:F21" xr:uid="{00000000-0002-0000-0000-000006000000}">
       <formula1>"yes, no"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" sqref="J30:S38 J23:K28 J17:K21" xr:uid="{00000000-0002-0000-0000-000007000000}"/>
     <dataValidation allowBlank="1" showErrorMessage="1" promptTitle="Payment Rate" prompt="Enter the pre-approved rate for interpreting time. " sqref="H23:H28 H17:H21" xr:uid="{00000000-0002-0000-0000-000008000000}"/>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" error="Please enter &quot;Yes&quot; or &quot;No&quot;." promptTitle="EFT" sqref="K7" xr:uid="{00000000-0002-0000-0000-000009000000}">
       <formula1>YesorNo</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showErrorMessage="1" promptTitle="Mileage" prompt="Enter the pre-approved number of miles to and from _x000a_the assignment, if applicable." sqref="M23:M28 M17:M21" xr:uid="{00000000-0002-0000-0000-00000B000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Language" prompt="Language in which interpreting services were rendered for the billed assignment(s)." sqref="L14:S14" xr:uid="{00000000-0002-0000-0000-00000C000000}"/>
     <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showErrorMessage="1" error="Please enter a date after January 1, 2015." prompt="Current invoice is valid for work completed beginning January 1, 2015." sqref="A23:A28 A17:A21" xr:uid="{00000000-0002-0000-0000-00000D000000}">
       <formula1>42917</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="Interpreter’s Full Name" prompt="Enter your full name" sqref="C6:F6" xr:uid="{225FBDB8-24E6-4754-9BDD-18A60A622AFE}"/>
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="CORE Vendor Number" prompt="Enter your vendor number with the Colorado Judicial Branch" sqref="C8:F8" xr:uid="{662B7B27-BE8B-43F3-8A76-CD3507251310}"/>
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="Billing Address" prompt="Enter your billing address including street address, city, state and zip code " sqref="C10:F10" xr:uid="{ABD8CF8B-03E1-435D-9809-F880501608C2}"/>
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="Invoice submission date" prompt="Enter the date you are submitting your invoice " sqref="K8:L8" xr:uid="{62B89126-BC0D-46B3-8566-AA1281683479}"/>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" error="Enter correct code:_x000a_1st four letters of county" sqref="O42" xr:uid="{8A8226AC-7B2C-4FD4-B771-B79EA34508FC}">
@@ -8330,225 +8333,225 @@
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:AU20"/>
   <sheetViews>
     <sheetView showGridLines="0" showRuler="0" view="pageLayout" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="O11" sqref="O11:P11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.81640625" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.54296875" style="4" customWidth="1"/>
     <col min="3" max="3" width="13.1796875" style="4" customWidth="1"/>
     <col min="4" max="5" width="7.81640625" style="4" customWidth="1"/>
     <col min="6" max="6" width="10.81640625" style="4" customWidth="1"/>
     <col min="7" max="14" width="4.54296875" style="4" customWidth="1"/>
     <col min="15" max="15" width="10" style="4" customWidth="1"/>
     <col min="16" max="16" width="20.1796875" style="4" customWidth="1"/>
     <col min="17" max="16384" width="9.1796875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:47" s="2" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="263" t="s">
+      <c r="A1" s="252" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="263"/>
-[...13 lines deleted...]
-      <c r="P1" s="263"/>
+      <c r="B1" s="252"/>
+      <c r="C1" s="252"/>
+      <c r="D1" s="252"/>
+      <c r="E1" s="252"/>
+      <c r="F1" s="252"/>
+      <c r="G1" s="252"/>
+      <c r="H1" s="252"/>
+      <c r="I1" s="252"/>
+      <c r="J1" s="252"/>
+      <c r="K1" s="252"/>
+      <c r="L1" s="252"/>
+      <c r="M1" s="252"/>
+      <c r="N1" s="252"/>
+      <c r="O1" s="252"/>
+      <c r="P1" s="252"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="Z1" s="1"/>
       <c r="AA1" s="1"/>
       <c r="AB1" s="1"/>
       <c r="AC1" s="1"/>
       <c r="AD1" s="1"/>
       <c r="AE1" s="1"/>
       <c r="AF1" s="1"/>
       <c r="AG1" s="1"/>
       <c r="AH1" s="1"/>
       <c r="AI1" s="1"/>
       <c r="AJ1" s="1"/>
       <c r="AK1" s="1"/>
       <c r="AL1" s="1"/>
       <c r="AM1" s="1"/>
       <c r="AN1" s="1"/>
       <c r="AO1" s="1"/>
       <c r="AP1" s="1"/>
       <c r="AQ1" s="1"/>
       <c r="AR1" s="1"/>
       <c r="AS1" s="1"/>
       <c r="AT1" s="1"/>
       <c r="AU1" s="1"/>
     </row>
     <row r="2" spans="1:47" s="3" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="264" t="s">
+      <c r="A2" s="253" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="264"/>
-[...13 lines deleted...]
-      <c r="P2" s="264"/>
+      <c r="B2" s="253"/>
+      <c r="C2" s="253"/>
+      <c r="D2" s="253"/>
+      <c r="E2" s="253"/>
+      <c r="F2" s="253"/>
+      <c r="G2" s="253"/>
+      <c r="H2" s="253"/>
+      <c r="I2" s="253"/>
+      <c r="J2" s="253"/>
+      <c r="K2" s="253"/>
+      <c r="L2" s="253"/>
+      <c r="M2" s="253"/>
+      <c r="N2" s="253"/>
+      <c r="O2" s="253"/>
+      <c r="P2" s="253"/>
     </row>
     <row r="3" spans="1:47" x14ac:dyDescent="0.25">
-      <c r="A3" s="252" t="s">
+      <c r="A3" s="241" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="253"/>
-[...7 lines deleted...]
-      <c r="K3" s="252" t="s">
+      <c r="B3" s="242"/>
+      <c r="C3" s="243"/>
+      <c r="D3" s="260"/>
+      <c r="E3" s="260"/>
+      <c r="F3" s="260"/>
+      <c r="G3" s="260"/>
+      <c r="H3" s="260"/>
+      <c r="I3" s="261"/>
+      <c r="K3" s="241" t="s">
         <v>3</v>
       </c>
-      <c r="L3" s="253"/>
-[...3 lines deleted...]
-      <c r="P3" s="267"/>
+      <c r="L3" s="242"/>
+      <c r="M3" s="243"/>
+      <c r="N3" s="254"/>
+      <c r="O3" s="255"/>
+      <c r="P3" s="256"/>
     </row>
     <row r="4" spans="1:47" x14ac:dyDescent="0.25">
-      <c r="A4" s="255"/>
-[...13 lines deleted...]
-      <c r="P4" s="270"/>
+      <c r="A4" s="244"/>
+      <c r="B4" s="245"/>
+      <c r="C4" s="246"/>
+      <c r="D4" s="262"/>
+      <c r="E4" s="262"/>
+      <c r="F4" s="262"/>
+      <c r="G4" s="262"/>
+      <c r="H4" s="262"/>
+      <c r="I4" s="263"/>
+      <c r="K4" s="244"/>
+      <c r="L4" s="245"/>
+      <c r="M4" s="246"/>
+      <c r="N4" s="257"/>
+      <c r="O4" s="258"/>
+      <c r="P4" s="259"/>
     </row>
     <row r="5" spans="1:47" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="5"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="76"/>
       <c r="I5" s="76"/>
       <c r="J5" s="76"/>
       <c r="K5" s="76"/>
       <c r="L5" s="76"/>
       <c r="M5" s="76"/>
     </row>
     <row r="6" spans="1:47" x14ac:dyDescent="0.25">
-      <c r="A6" s="252" t="s">
+      <c r="A6" s="241" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="253"/>
-[...13 lines deleted...]
-      <c r="P6" s="259"/>
+      <c r="B6" s="242"/>
+      <c r="C6" s="243"/>
+      <c r="D6" s="247"/>
+      <c r="E6" s="247"/>
+      <c r="F6" s="247"/>
+      <c r="G6" s="247"/>
+      <c r="H6" s="247"/>
+      <c r="I6" s="247"/>
+      <c r="J6" s="247"/>
+      <c r="K6" s="247"/>
+      <c r="L6" s="247"/>
+      <c r="M6" s="247"/>
+      <c r="N6" s="247"/>
+      <c r="O6" s="247"/>
+      <c r="P6" s="248"/>
     </row>
     <row r="7" spans="1:47" x14ac:dyDescent="0.25">
-      <c r="A7" s="255"/>
-[...14 lines deleted...]
-      <c r="P7" s="261"/>
+      <c r="A7" s="244"/>
+      <c r="B7" s="245"/>
+      <c r="C7" s="246"/>
+      <c r="D7" s="249"/>
+      <c r="E7" s="249"/>
+      <c r="F7" s="249"/>
+      <c r="G7" s="249"/>
+      <c r="H7" s="249"/>
+      <c r="I7" s="249"/>
+      <c r="J7" s="249"/>
+      <c r="K7" s="249"/>
+      <c r="L7" s="249"/>
+      <c r="M7" s="249"/>
+      <c r="N7" s="249"/>
+      <c r="O7" s="249"/>
+      <c r="P7" s="250"/>
     </row>
     <row r="8" spans="1:47" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="5"/>
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
-      <c r="H8" s="262"/>
-[...4 lines deleted...]
-      <c r="M8" s="262"/>
+      <c r="H8" s="251"/>
+      <c r="I8" s="251"/>
+      <c r="J8" s="251"/>
+      <c r="K8" s="251"/>
+      <c r="L8" s="251"/>
+      <c r="M8" s="251"/>
     </row>
     <row r="9" spans="1:47" ht="68.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="81" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="81" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="81" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="83" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="100" t="s">
         <v>8</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>9</v>
       </c>
       <c r="H9" s="8" t="s">
         <v>10</v>
@@ -8589,52 +8592,52 @@
       <c r="H10" s="12"/>
       <c r="I10" s="12"/>
       <c r="J10" s="12"/>
       <c r="K10" s="12"/>
       <c r="L10" s="12"/>
       <c r="M10" s="12"/>
       <c r="N10" s="13"/>
       <c r="O10" s="79"/>
       <c r="P10" s="80"/>
     </row>
     <row r="11" spans="1:47" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="45"/>
       <c r="B11" s="46"/>
       <c r="C11" s="46"/>
       <c r="D11" s="46"/>
       <c r="E11" s="47"/>
       <c r="F11" s="48"/>
       <c r="G11" s="46"/>
       <c r="H11" s="49"/>
       <c r="I11" s="49"/>
       <c r="J11" s="49"/>
       <c r="K11" s="49"/>
       <c r="L11" s="49"/>
       <c r="M11" s="49"/>
       <c r="N11" s="47"/>
-      <c r="O11" s="241"/>
-      <c r="P11" s="242"/>
+      <c r="O11" s="264"/>
+      <c r="P11" s="265"/>
     </row>
     <row r="12" spans="1:47" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="50"/>
       <c r="B12" s="51"/>
       <c r="C12" s="51"/>
       <c r="D12" s="51"/>
       <c r="E12" s="52"/>
       <c r="F12" s="53"/>
       <c r="G12" s="51"/>
       <c r="H12" s="54"/>
       <c r="I12" s="54"/>
       <c r="J12" s="54"/>
       <c r="K12" s="54"/>
       <c r="L12" s="54"/>
       <c r="M12" s="54"/>
       <c r="N12" s="52"/>
       <c r="O12" s="239"/>
       <c r="P12" s="240"/>
     </row>
     <row r="13" spans="1:47" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="50"/>
       <c r="B13" s="51"/>
       <c r="C13" s="51"/>
       <c r="D13" s="51"/>
       <c r="E13" s="52"/>
@@ -8715,134 +8718,134 @@
       <c r="H17" s="54"/>
       <c r="I17" s="54"/>
       <c r="J17" s="54"/>
       <c r="K17" s="54"/>
       <c r="L17" s="54"/>
       <c r="M17" s="54"/>
       <c r="N17" s="52"/>
       <c r="O17" s="239"/>
       <c r="P17" s="240"/>
     </row>
     <row r="18" spans="1:16" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="55"/>
       <c r="B18" s="56"/>
       <c r="C18" s="56"/>
       <c r="D18" s="56"/>
       <c r="E18" s="57"/>
       <c r="F18" s="58"/>
       <c r="G18" s="56"/>
       <c r="H18" s="59"/>
       <c r="I18" s="59"/>
       <c r="J18" s="59"/>
       <c r="K18" s="59"/>
       <c r="L18" s="59"/>
       <c r="M18" s="59"/>
       <c r="N18" s="57"/>
-      <c r="O18" s="243"/>
-      <c r="P18" s="244"/>
+      <c r="O18" s="266"/>
+      <c r="P18" s="267"/>
     </row>
     <row r="19" spans="1:16" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="14"/>
       <c r="B19" s="14"/>
-      <c r="F19" s="245"/>
-      <c r="G19" s="246" t="str">
+      <c r="F19" s="268"/>
+      <c r="G19" s="269" t="str">
         <f t="shared" ref="G19:N19" si="0">IF(SUM(G11:G18)=0,"",SUM(G11:G18))</f>
         <v/>
       </c>
-      <c r="H19" s="248" t="str">
+      <c r="H19" s="271" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="I19" s="248" t="str">
+      <c r="I19" s="271" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="J19" s="248" t="str">
+      <c r="J19" s="271" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="K19" s="248" t="str">
+      <c r="K19" s="271" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="L19" s="248" t="str">
+      <c r="L19" s="271" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="M19" s="248" t="str">
+      <c r="M19" s="271" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="N19" s="250" t="str">
+      <c r="N19" s="273" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="20" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A20" s="60"/>
       <c r="B20" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="F20" s="245"/>
-[...7 lines deleted...]
-      <c r="N20" s="251"/>
+      <c r="F20" s="268"/>
+      <c r="G20" s="270"/>
+      <c r="H20" s="272"/>
+      <c r="I20" s="272"/>
+      <c r="J20" s="272"/>
+      <c r="K20" s="272"/>
+      <c r="L20" s="272"/>
+      <c r="M20" s="272"/>
+      <c r="N20" s="274"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="26">
-    <mergeCell ref="O14:P14"/>
-[...8 lines deleted...]
-    <mergeCell ref="D3:I4"/>
     <mergeCell ref="O16:P16"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="O15:P15"/>
     <mergeCell ref="O18:P18"/>
     <mergeCell ref="F19:F20"/>
     <mergeCell ref="G19:G20"/>
     <mergeCell ref="H19:H20"/>
     <mergeCell ref="I19:I20"/>
     <mergeCell ref="J19:J20"/>
     <mergeCell ref="K19:K20"/>
     <mergeCell ref="L19:L20"/>
     <mergeCell ref="M19:M20"/>
     <mergeCell ref="N19:N20"/>
     <mergeCell ref="O17:P17"/>
     <mergeCell ref="O12:P12"/>
     <mergeCell ref="O13:P13"/>
+    <mergeCell ref="O14:P14"/>
+    <mergeCell ref="A6:C7"/>
+    <mergeCell ref="D6:P7"/>
+    <mergeCell ref="H8:M8"/>
+    <mergeCell ref="A1:P1"/>
+    <mergeCell ref="A2:P2"/>
+    <mergeCell ref="A3:C4"/>
+    <mergeCell ref="K3:M4"/>
+    <mergeCell ref="N3:P4"/>
+    <mergeCell ref="D3:I4"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.4" right="0.4" top="0.4" bottom="0.4" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BC1B4234-8870-4178-9C83-B9E37FD9DE6E}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A1:L50"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A20" sqref="A20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="15.1796875" customWidth="1"/>
     <col min="2" max="2" width="41.36328125" customWidth="1"/>
   </cols>
   <sheetData>
@@ -9700,440 +9703,440 @@
       <selection activeCell="O49" sqref="O49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="18.90625" style="17" customWidth="1"/>
     <col min="2" max="2" width="34.453125" style="17" customWidth="1"/>
     <col min="3" max="4" width="15.1796875" style="17" customWidth="1"/>
     <col min="5" max="6" width="13" style="17" customWidth="1"/>
     <col min="7" max="7" width="12.54296875" style="17" customWidth="1"/>
     <col min="8" max="8" width="10.54296875" style="17" customWidth="1"/>
     <col min="9" max="9" width="13.453125" style="17" customWidth="1"/>
     <col min="10" max="10" width="10.54296875" style="17" customWidth="1"/>
     <col min="11" max="11" width="19" style="17" customWidth="1"/>
     <col min="12" max="12" width="12.1796875" style="18" customWidth="1"/>
     <col min="13" max="13" width="11.1796875" style="18" customWidth="1"/>
     <col min="14" max="14" width="9.81640625" style="18" customWidth="1"/>
     <col min="15" max="15" width="13.81640625" style="18" customWidth="1"/>
     <col min="16" max="19" width="9.81640625" style="18" customWidth="1"/>
     <col min="20" max="20" width="15.1796875" style="17" customWidth="1"/>
     <col min="21" max="21" width="3.1796875" style="17" customWidth="1"/>
     <col min="22" max="16384" width="9.1796875" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" s="16" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A1" s="224" t="s">
+      <c r="A1" s="232" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="224"/>
-[...17 lines deleted...]
-      <c r="T1" s="224"/>
+      <c r="B1" s="232"/>
+      <c r="C1" s="232"/>
+      <c r="D1" s="232"/>
+      <c r="E1" s="232"/>
+      <c r="F1" s="232"/>
+      <c r="G1" s="232"/>
+      <c r="H1" s="232"/>
+      <c r="I1" s="232"/>
+      <c r="J1" s="232"/>
+      <c r="K1" s="232"/>
+      <c r="L1" s="232"/>
+      <c r="M1" s="232"/>
+      <c r="N1" s="232"/>
+      <c r="O1" s="232"/>
+      <c r="P1" s="232"/>
+      <c r="Q1" s="232"/>
+      <c r="R1" s="232"/>
+      <c r="S1" s="232"/>
+      <c r="T1" s="232"/>
     </row>
     <row r="2" spans="1:20" ht="21" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A2" s="224" t="s">
+      <c r="A2" s="232" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="224"/>
-[...17 lines deleted...]
-      <c r="T2" s="224"/>
+      <c r="B2" s="232"/>
+      <c r="C2" s="232"/>
+      <c r="D2" s="232"/>
+      <c r="E2" s="232"/>
+      <c r="F2" s="232"/>
+      <c r="G2" s="232"/>
+      <c r="H2" s="232"/>
+      <c r="I2" s="232"/>
+      <c r="J2" s="232"/>
+      <c r="K2" s="232"/>
+      <c r="L2" s="232"/>
+      <c r="M2" s="232"/>
+      <c r="N2" s="232"/>
+      <c r="O2" s="232"/>
+      <c r="P2" s="232"/>
+      <c r="Q2" s="232"/>
+      <c r="R2" s="232"/>
+      <c r="S2" s="232"/>
+      <c r="T2" s="232"/>
     </row>
     <row r="3" spans="1:20" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A3" s="225" t="s">
+      <c r="A3" s="233" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="225"/>
-[...17 lines deleted...]
-      <c r="T3" s="225"/>
+      <c r="B3" s="233"/>
+      <c r="C3" s="233"/>
+      <c r="D3" s="233"/>
+      <c r="E3" s="233"/>
+      <c r="F3" s="233"/>
+      <c r="G3" s="233"/>
+      <c r="H3" s="233"/>
+      <c r="I3" s="233"/>
+      <c r="J3" s="233"/>
+      <c r="K3" s="233"/>
+      <c r="L3" s="233"/>
+      <c r="M3" s="233"/>
+      <c r="N3" s="233"/>
+      <c r="O3" s="233"/>
+      <c r="P3" s="233"/>
+      <c r="Q3" s="233"/>
+      <c r="R3" s="233"/>
+      <c r="S3" s="233"/>
+      <c r="T3" s="233"/>
     </row>
     <row r="4" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="T4" s="19"/>
     </row>
     <row r="5" spans="1:20" s="20" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="226" t="s">
+      <c r="A5" s="234" t="s">
         <v>21</v>
       </c>
-      <c r="B5" s="226"/>
-[...4 lines deleted...]
-      <c r="I5" s="226" t="s">
+      <c r="B5" s="234"/>
+      <c r="C5" s="234"/>
+      <c r="D5" s="234"/>
+      <c r="E5" s="234"/>
+      <c r="F5" s="234"/>
+      <c r="I5" s="234" t="s">
         <v>22</v>
       </c>
-      <c r="J5" s="226"/>
-[...9 lines deleted...]
-      <c r="T5" s="226"/>
+      <c r="J5" s="234"/>
+      <c r="K5" s="234"/>
+      <c r="L5" s="234"/>
+      <c r="M5" s="234"/>
+      <c r="N5" s="234"/>
+      <c r="O5" s="234"/>
+      <c r="P5" s="234"/>
+      <c r="Q5" s="234"/>
+      <c r="R5" s="234"/>
+      <c r="S5" s="234"/>
+      <c r="T5" s="234"/>
     </row>
     <row r="6" spans="1:20" s="21" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="228" t="s">
+      <c r="A6" s="236" t="s">
         <v>23</v>
       </c>
-      <c r="B6" s="228"/>
-      <c r="C6" s="209" t="s">
+      <c r="B6" s="236"/>
+      <c r="C6" s="221" t="s">
         <v>270</v>
       </c>
-      <c r="D6" s="209"/>
-[...1 lines deleted...]
-      <c r="F6" s="209"/>
+      <c r="D6" s="221"/>
+      <c r="E6" s="221"/>
+      <c r="F6" s="221"/>
       <c r="J6" s="74" t="s">
         <v>264</v>
       </c>
       <c r="K6" s="171" t="s">
         <v>348</v>
       </c>
       <c r="L6" s="171"/>
       <c r="M6" s="171"/>
       <c r="N6" s="171"/>
       <c r="O6" s="171"/>
       <c r="P6" s="171"/>
       <c r="Q6" s="171"/>
       <c r="R6" s="171"/>
       <c r="S6" s="171"/>
       <c r="T6" s="171"/>
     </row>
     <row r="7" spans="1:20" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="208" t="s">
+      <c r="A7" s="235" t="s">
         <v>24</v>
       </c>
-      <c r="B7" s="208"/>
-[...3 lines deleted...]
-      <c r="F7" s="209"/>
+      <c r="B7" s="235"/>
+      <c r="C7" s="221"/>
+      <c r="D7" s="221"/>
+      <c r="E7" s="221"/>
+      <c r="F7" s="221"/>
       <c r="I7" s="22"/>
       <c r="J7" s="73" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="23" t="s">
         <v>69</v>
       </c>
       <c r="L7" s="24"/>
       <c r="M7" s="24"/>
       <c r="N7" s="24"/>
       <c r="O7" s="24"/>
       <c r="P7" s="24"/>
       <c r="Q7" s="24"/>
       <c r="R7" s="24"/>
       <c r="S7" s="24"/>
       <c r="T7" s="24"/>
     </row>
     <row r="8" spans="1:20" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="227" t="s">
+      <c r="A8" s="208" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="227"/>
-      <c r="C8" s="209">
+      <c r="B8" s="208"/>
+      <c r="C8" s="221">
         <v>32312</v>
       </c>
-      <c r="D8" s="209"/>
-[...1 lines deleted...]
-      <c r="F8" s="209"/>
+      <c r="D8" s="221"/>
+      <c r="E8" s="221"/>
+      <c r="F8" s="221"/>
       <c r="I8" s="26"/>
       <c r="J8" s="74" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="75">
         <v>45514</v>
       </c>
       <c r="L8" s="75"/>
       <c r="M8" s="27"/>
       <c r="N8" s="27"/>
       <c r="O8" s="27"/>
       <c r="P8" s="27"/>
       <c r="Q8" s="27"/>
       <c r="R8" s="27"/>
       <c r="S8" s="27"/>
       <c r="T8" s="24"/>
     </row>
     <row r="9" spans="1:20" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="227" t="s">
+      <c r="A9" s="208" t="s">
         <v>263</v>
       </c>
-      <c r="B9" s="227"/>
-[...3 lines deleted...]
-      <c r="F9" s="209"/>
+      <c r="B9" s="208"/>
+      <c r="C9" s="221"/>
+      <c r="D9" s="221"/>
+      <c r="E9" s="221"/>
+      <c r="F9" s="221"/>
       <c r="I9" s="26"/>
       <c r="J9" s="73" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="24" t="s">
         <v>262</v>
       </c>
       <c r="L9" s="24"/>
       <c r="M9" s="24"/>
       <c r="N9" s="24"/>
       <c r="O9" s="24"/>
       <c r="P9" s="24"/>
       <c r="Q9" s="24"/>
       <c r="R9" s="24"/>
       <c r="S9" s="24"/>
       <c r="T9" s="24"/>
     </row>
     <row r="10" spans="1:20" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="227" t="s">
+      <c r="A10" s="208" t="s">
         <v>29</v>
       </c>
-      <c r="B10" s="227"/>
-      <c r="C10" s="209" t="s">
+      <c r="B10" s="208"/>
+      <c r="C10" s="221" t="s">
         <v>340</v>
       </c>
-      <c r="D10" s="209"/>
-[...1 lines deleted...]
-      <c r="F10" s="209"/>
+      <c r="D10" s="221"/>
+      <c r="E10" s="221"/>
+      <c r="F10" s="221"/>
       <c r="I10" s="26"/>
       <c r="J10" s="73" t="s">
         <v>30</v>
       </c>
       <c r="K10" s="23" t="s">
         <v>78</v>
       </c>
       <c r="L10" s="24"/>
       <c r="M10" s="24"/>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="24"/>
       <c r="Q10" s="24"/>
       <c r="R10" s="24"/>
       <c r="S10" s="24"/>
       <c r="T10" s="24"/>
     </row>
     <row r="11" spans="1:20" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="208"/>
-[...1 lines deleted...]
-      <c r="C11" s="209" t="s">
+      <c r="A11" s="235"/>
+      <c r="B11" s="235"/>
+      <c r="C11" s="221" t="s">
         <v>346</v>
       </c>
-      <c r="D11" s="209"/>
-[...1 lines deleted...]
-      <c r="F11" s="209"/>
+      <c r="D11" s="221"/>
+      <c r="E11" s="221"/>
+      <c r="F11" s="221"/>
       <c r="I11" s="26"/>
       <c r="J11" s="73" t="s">
         <v>31</v>
       </c>
       <c r="K11" s="23" t="s">
         <v>66</v>
       </c>
       <c r="L11" s="23"/>
       <c r="M11" s="24"/>
       <c r="N11" s="28"/>
       <c r="O11" s="28"/>
       <c r="P11" s="28"/>
       <c r="Q11" s="28"/>
       <c r="R11" s="28"/>
       <c r="S11" s="28"/>
       <c r="T11" s="24"/>
     </row>
     <row r="12" spans="1:20" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="208" t="s">
+      <c r="A12" s="235" t="s">
         <v>32</v>
       </c>
-      <c r="B12" s="208"/>
-      <c r="C12" s="209" t="s">
+      <c r="B12" s="235"/>
+      <c r="C12" s="221" t="s">
         <v>347</v>
       </c>
-      <c r="D12" s="209"/>
-[...1 lines deleted...]
-      <c r="F12" s="209"/>
+      <c r="D12" s="221"/>
+      <c r="E12" s="221"/>
+      <c r="F12" s="221"/>
       <c r="I12" s="26"/>
       <c r="J12" s="73" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="23" t="s">
         <v>349</v>
       </c>
       <c r="L12" s="23"/>
       <c r="M12" s="23"/>
       <c r="N12" s="23"/>
       <c r="O12" s="23"/>
       <c r="P12" s="23"/>
       <c r="Q12" s="23"/>
       <c r="R12" s="23"/>
       <c r="S12" s="23"/>
       <c r="T12" s="23"/>
     </row>
     <row r="13" spans="1:20" s="25" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="208" t="s">
+      <c r="A13" s="235" t="s">
         <v>34</v>
       </c>
-      <c r="B13" s="208"/>
-      <c r="C13" s="277" t="s">
+      <c r="B13" s="235"/>
+      <c r="C13" s="275" t="s">
         <v>271</v>
       </c>
-      <c r="D13" s="209"/>
-[...1 lines deleted...]
-      <c r="F13" s="209"/>
+      <c r="D13" s="221"/>
+      <c r="E13" s="221"/>
+      <c r="F13" s="221"/>
       <c r="J13" s="74" t="s">
         <v>261</v>
       </c>
       <c r="K13" s="23" t="s">
         <v>272</v>
       </c>
       <c r="L13" s="23"/>
       <c r="M13" s="23"/>
       <c r="N13" s="23"/>
       <c r="O13" s="23"/>
       <c r="P13" s="23"/>
       <c r="Q13" s="23"/>
       <c r="R13" s="23"/>
       <c r="S13" s="23"/>
       <c r="T13" s="23"/>
     </row>
     <row r="14" spans="1:20" s="25" customFormat="1" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="J14" s="29"/>
       <c r="L14" s="30"/>
       <c r="M14" s="30"/>
       <c r="N14" s="30"/>
       <c r="O14" s="30"/>
       <c r="P14" s="30"/>
       <c r="Q14" s="30"/>
       <c r="R14" s="30"/>
       <c r="S14" s="30"/>
       <c r="T14" s="31"/>
     </row>
     <row r="15" spans="1:20" s="32" customFormat="1" ht="8.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="210" t="s">
+      <c r="A15" s="222" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="212" t="s">
+      <c r="B15" s="224" t="s">
         <v>36</v>
       </c>
-      <c r="C15" s="212" t="s">
+      <c r="C15" s="224" t="s">
         <v>37</v>
       </c>
-      <c r="D15" s="212" t="s">
+      <c r="D15" s="224" t="s">
         <v>38</v>
       </c>
-      <c r="E15" s="212" t="s">
+      <c r="E15" s="224" t="s">
         <v>39</v>
       </c>
-      <c r="F15" s="214" t="s">
+      <c r="F15" s="219" t="s">
         <v>210</v>
       </c>
-      <c r="G15" s="210" t="s">
+      <c r="G15" s="222" t="s">
         <v>40</v>
       </c>
-      <c r="H15" s="214" t="s">
+      <c r="H15" s="219" t="s">
         <v>41</v>
       </c>
-      <c r="I15" s="216" t="s">
+      <c r="I15" s="226" t="s">
         <v>42</v>
       </c>
-      <c r="J15" s="210" t="s">
+      <c r="J15" s="222" t="s">
         <v>341</v>
       </c>
-      <c r="K15" s="214" t="s">
+      <c r="K15" s="219" t="s">
         <v>43</v>
       </c>
-      <c r="L15" s="216" t="s">
+      <c r="L15" s="226" t="s">
         <v>44</v>
       </c>
-      <c r="M15" s="216" t="s">
+      <c r="M15" s="226" t="s">
         <v>45</v>
       </c>
-      <c r="N15" s="218" t="s">
+      <c r="N15" s="237" t="s">
         <v>46</v>
       </c>
       <c r="O15" s="125"/>
       <c r="P15" s="125"/>
       <c r="Q15" s="125"/>
       <c r="R15" s="125"/>
       <c r="S15" s="125"/>
     </row>
     <row r="16" spans="1:20" s="33" customFormat="1" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="211"/>
-[...12 lines deleted...]
-      <c r="N16" s="219"/>
+      <c r="A16" s="223"/>
+      <c r="B16" s="225"/>
+      <c r="C16" s="225"/>
+      <c r="D16" s="225"/>
+      <c r="E16" s="225"/>
+      <c r="F16" s="220"/>
+      <c r="G16" s="223"/>
+      <c r="H16" s="220"/>
+      <c r="I16" s="227"/>
+      <c r="J16" s="223"/>
+      <c r="K16" s="220"/>
+      <c r="L16" s="227"/>
+      <c r="M16" s="227"/>
+      <c r="N16" s="238"/>
       <c r="O16" s="126" t="s">
         <v>47</v>
       </c>
       <c r="P16" s="126" t="s">
         <v>344</v>
       </c>
       <c r="Q16" s="126" t="s">
         <v>343</v>
       </c>
       <c r="R16" s="126" t="s">
         <v>345</v>
       </c>
       <c r="S16" s="126" t="s">
         <v>342</v>
       </c>
       <c r="T16" s="126" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:21" s="34" customFormat="1" ht="28.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A17" s="101">
         <v>45512</v>
       </c>
       <c r="B17" s="102" t="s">
         <v>231</v>
@@ -11118,89 +11121,89 @@
       <c r="A40" s="143"/>
       <c r="B40" s="144"/>
       <c r="C40" s="144"/>
       <c r="D40" s="144"/>
       <c r="E40" s="144"/>
       <c r="F40" s="144"/>
       <c r="G40" s="144"/>
       <c r="H40" s="144"/>
       <c r="I40" s="137"/>
       <c r="J40" s="138"/>
       <c r="K40" s="138"/>
       <c r="L40" s="138"/>
       <c r="M40" s="138"/>
       <c r="N40" s="138"/>
       <c r="O40" s="138"/>
       <c r="P40" s="138"/>
       <c r="Q40" s="138"/>
       <c r="R40" s="138"/>
       <c r="S40" s="138"/>
       <c r="T40" s="139">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:20" s="34" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A41" s="275" t="str">
+      <c r="A41" s="276" t="str">
         <f>IF(C41="","",((D41-C41)*24)-E41)</f>
         <v/>
       </c>
-      <c r="B41" s="276"/>
-[...5 lines deleted...]
-      <c r="H41" s="276"/>
+      <c r="B41" s="277"/>
+      <c r="C41" s="277"/>
+      <c r="D41" s="277"/>
+      <c r="E41" s="277"/>
+      <c r="F41" s="277"/>
+      <c r="G41" s="277"/>
+      <c r="H41" s="277"/>
       <c r="I41" s="137"/>
       <c r="J41" s="138"/>
       <c r="K41" s="138"/>
       <c r="L41" s="138"/>
       <c r="M41" s="138"/>
       <c r="N41" s="138"/>
       <c r="O41" s="138"/>
       <c r="P41" s="138"/>
       <c r="Q41" s="138"/>
       <c r="R41" s="138"/>
       <c r="S41" s="138"/>
       <c r="T41" s="139">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:20" s="34" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A42" s="275" t="str">
+      <c r="A42" s="276" t="str">
         <f>IF(C42="","",((D42-C42)*24)-E42)</f>
         <v/>
       </c>
-      <c r="B42" s="276"/>
-[...5 lines deleted...]
-      <c r="H42" s="276"/>
+      <c r="B42" s="277"/>
+      <c r="C42" s="277"/>
+      <c r="D42" s="277"/>
+      <c r="E42" s="277"/>
+      <c r="F42" s="277"/>
+      <c r="G42" s="277"/>
+      <c r="H42" s="277"/>
       <c r="I42" s="140"/>
       <c r="J42" s="141"/>
       <c r="K42" s="141"/>
       <c r="L42" s="141"/>
       <c r="M42" s="141"/>
       <c r="N42" s="141"/>
       <c r="O42" s="141"/>
       <c r="P42" s="141"/>
       <c r="Q42" s="141"/>
       <c r="R42" s="141"/>
       <c r="S42" s="141"/>
       <c r="T42" s="139">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:20" s="34" customFormat="1" ht="14.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A43" s="85" t="s">
         <v>265</v>
       </c>
       <c r="B43" s="71"/>
       <c r="C43" s="71"/>
       <c r="D43" s="71"/>
       <c r="E43" s="71"/>
       <c r="F43" s="71"/>
@@ -11297,263 +11300,263 @@
         <v>269</v>
       </c>
       <c r="C47" s="69"/>
       <c r="D47" s="69"/>
       <c r="E47" s="69"/>
       <c r="F47" s="69"/>
       <c r="G47" s="69"/>
       <c r="H47" s="69"/>
       <c r="I47" s="69"/>
       <c r="J47" s="69"/>
       <c r="K47" s="69"/>
       <c r="L47" s="69"/>
       <c r="M47" s="69"/>
       <c r="N47" s="69"/>
       <c r="O47" s="69"/>
       <c r="P47" s="69"/>
       <c r="Q47" s="69"/>
       <c r="R47" s="69"/>
       <c r="S47" s="69"/>
       <c r="T47" s="70"/>
     </row>
     <row r="48" spans="1:20" s="25" customFormat="1" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B48" s="181" t="s">
         <v>49</v>
       </c>
-      <c r="C48" s="235"/>
-      <c r="D48" s="236"/>
+      <c r="C48" s="215"/>
+      <c r="D48" s="216"/>
       <c r="E48" s="149" t="s">
         <v>50</v>
       </c>
       <c r="F48" s="37">
         <f>C8</f>
         <v>32312</v>
       </c>
       <c r="G48" s="149" t="s">
         <v>51</v>
       </c>
-      <c r="H48" s="231" t="str">
+      <c r="H48" s="211" t="str">
         <f>K7</f>
         <v>yes</v>
       </c>
-      <c r="I48" s="232"/>
+      <c r="I48" s="212"/>
       <c r="J48" s="150"/>
       <c r="K48" s="151" t="s">
         <v>52</v>
       </c>
-      <c r="L48" s="233" t="str">
+      <c r="L48" s="213" t="str">
         <f>IF(K6="","",K6)</f>
         <v>2024-57</v>
       </c>
-      <c r="M48" s="234"/>
+      <c r="M48" s="214"/>
       <c r="N48" s="152" t="s">
         <v>402</v>
       </c>
       <c r="O48" s="178"/>
       <c r="P48" s="179"/>
       <c r="Q48" s="179"/>
       <c r="R48" s="179"/>
       <c r="S48" s="179"/>
       <c r="T48" s="180"/>
     </row>
     <row r="49" spans="2:20" s="25" customFormat="1" ht="42.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B49" s="185" t="s">
         <v>53</v>
       </c>
-      <c r="C49" s="237"/>
-      <c r="D49" s="238"/>
+      <c r="C49" s="217"/>
+      <c r="D49" s="218"/>
       <c r="E49" s="153"/>
       <c r="F49" s="38" t="s">
         <v>54</v>
       </c>
       <c r="G49" s="39" t="s">
         <v>55</v>
       </c>
       <c r="H49" s="39" t="s">
         <v>56</v>
       </c>
       <c r="I49" s="39" t="s">
         <v>403</v>
       </c>
       <c r="J49" s="40" t="s">
         <v>404</v>
       </c>
       <c r="K49" s="154" t="s">
         <v>57</v>
       </c>
-      <c r="L49" s="229">
+      <c r="L49" s="209">
         <f>IF(K8="","",K8)</f>
         <v>45514</v>
       </c>
-      <c r="M49" s="230"/>
+      <c r="M49" s="210"/>
       <c r="N49" s="155" t="s">
         <v>405</v>
       </c>
       <c r="O49" s="167" t="s">
         <v>406</v>
       </c>
       <c r="P49" s="168"/>
       <c r="Q49" s="168"/>
       <c r="R49" s="168"/>
       <c r="S49" s="168"/>
       <c r="T49" s="169"/>
     </row>
     <row r="50" spans="2:20" s="33" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B50" s="185" t="s">
         <v>407</v>
       </c>
-      <c r="C50" s="222"/>
-      <c r="D50" s="223"/>
+      <c r="C50" s="230"/>
+      <c r="D50" s="231"/>
       <c r="E50" s="156" t="s">
         <v>58</v>
       </c>
       <c r="F50" s="41">
         <f>SUM(I19:I33)</f>
         <v>456</v>
       </c>
       <c r="G50" s="42">
         <f>SUM(L19:L33)</f>
         <v>325</v>
       </c>
       <c r="H50" s="42">
         <f>SUM(O19:O33)</f>
         <v>178.8</v>
       </c>
       <c r="I50" s="157">
         <f>SUM(S19:S33)</f>
         <v>108</v>
       </c>
       <c r="J50" s="157">
         <f>SUM(T36:T42)</f>
         <v>449</v>
       </c>
       <c r="K50" s="158" t="s">
         <v>59</v>
       </c>
       <c r="L50" s="134">
         <v>1000</v>
       </c>
       <c r="M50" s="128"/>
       <c r="N50" s="159" t="s">
         <v>60</v>
       </c>
       <c r="O50" s="172"/>
       <c r="P50" s="173"/>
       <c r="Q50" s="173"/>
       <c r="R50" s="173"/>
       <c r="S50" s="173"/>
       <c r="T50" s="174"/>
     </row>
     <row r="51" spans="2:20" s="33" customFormat="1" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B51" s="186" t="s">
         <v>408</v>
       </c>
-      <c r="C51" s="220"/>
-      <c r="D51" s="221"/>
+      <c r="C51" s="228"/>
+      <c r="D51" s="229"/>
       <c r="E51" s="43" t="s">
         <v>61</v>
       </c>
       <c r="F51" s="65">
         <v>1935</v>
       </c>
       <c r="G51" s="44" t="s">
         <v>209</v>
       </c>
       <c r="H51" s="160">
         <v>2523</v>
       </c>
       <c r="I51" s="161">
         <v>2522</v>
       </c>
       <c r="J51" s="162">
         <v>2520</v>
       </c>
       <c r="K51" s="163" t="s">
         <v>62</v>
       </c>
       <c r="L51" s="132" t="s">
         <v>63</v>
       </c>
       <c r="M51" s="133"/>
       <c r="N51" s="164" t="s">
         <v>64</v>
       </c>
       <c r="O51" s="175"/>
       <c r="P51" s="176"/>
       <c r="Q51" s="176"/>
       <c r="R51" s="176"/>
       <c r="S51" s="176"/>
       <c r="T51" s="177"/>
     </row>
     <row r="53" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <sheetProtection insertRows="0" deleteRows="0" sort="0"/>
   <mergeCells count="44">
-    <mergeCell ref="A6:B6"/>
-[...26 lines deleted...]
-    <mergeCell ref="F15:F16"/>
     <mergeCell ref="C51:D51"/>
     <mergeCell ref="M15:M16"/>
     <mergeCell ref="G15:G16"/>
     <mergeCell ref="N15:N16"/>
     <mergeCell ref="C48:D48"/>
     <mergeCell ref="C50:D50"/>
     <mergeCell ref="H15:H16"/>
     <mergeCell ref="I15:I16"/>
     <mergeCell ref="J15:J16"/>
     <mergeCell ref="K15:K16"/>
     <mergeCell ref="L15:L16"/>
     <mergeCell ref="H48:I48"/>
     <mergeCell ref="L48:M48"/>
     <mergeCell ref="L49:M49"/>
     <mergeCell ref="A41:H41"/>
     <mergeCell ref="A42:H42"/>
+    <mergeCell ref="C49:D49"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="C13:F13"/>
+    <mergeCell ref="A15:A16"/>
+    <mergeCell ref="B15:B16"/>
+    <mergeCell ref="C15:C16"/>
+    <mergeCell ref="D15:D16"/>
+    <mergeCell ref="E15:E16"/>
+    <mergeCell ref="F15:F16"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="C10:F10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="C11:F11"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="C12:F12"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="C7:F7"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="C8:F8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="C9:F9"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A2:T2"/>
+    <mergeCell ref="A3:T3"/>
+    <mergeCell ref="A5:F5"/>
+    <mergeCell ref="I5:T5"/>
   </mergeCells>
   <dataValidations count="19">
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="Language combination" prompt="Enter your interpretation language  " sqref="K13:T13" xr:uid="{934C01F2-6CC0-4B4F-830A-1140DFD39E5B}"/>
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="Interpreter invoice number" prompt="Enter your interpreter invoice number " sqref="K6:T6" xr:uid="{28034FA1-DFFF-446E-AA19-516105E6CE3B}"/>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" error="Enter correct organization code: _x000a_[2-digit district code]TC, or_x000a_[2-digit district code]PB" sqref="O48:T48" xr:uid="{D6FC58A8-04E7-4330-A19A-FC925B21B536}">
       <formula1>OrganizationUnit</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" error="Enter correct code:_x000a_1st four letters of county" sqref="O50:T50" xr:uid="{A1567FFA-08B0-47D5-9D3C-8C209C22EA3F}">
       <formula1>Location</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="Invoice submission date" prompt="Enter the date you are submitting your invoice " sqref="K8:L8" xr:uid="{EFCFA77C-D482-41FE-8933-ECC6EA39E746}"/>
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="Billing Address" prompt="Enter your billing address including street address, city, state and zip code " sqref="C10:F10" xr:uid="{2446A7B0-17D4-463F-8951-D6FEECD40DB8}"/>
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="CORE Vendor Number" prompt="Enter your vendor number with the Colorado Judicial Branch" sqref="C8:F8" xr:uid="{A0F10FE4-2191-4313-A0E9-B064404F1E98}"/>
     <dataValidation allowBlank="1" showInputMessage="1" promptTitle="Interpreter’s Full Name" prompt="Enter your full name" sqref="C6:F6" xr:uid="{AEC00F1D-5057-4141-84D9-57C13F105B30}"/>
     <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showErrorMessage="1" error="Please enter a date after January 1, 2015." prompt="Current invoice is valid for work completed beginning January 1, 2015." sqref="A28:A33 A17:A26" xr:uid="{D3C3D577-0220-4467-8DDF-5EB85DDD5EDC}">
       <formula1>42917</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Language" prompt="Language in which interpreting services were rendered for the billed assignment(s)." sqref="L14:S14" xr:uid="{88A59F48-109C-4B36-8CAE-DC2762DDF5FE}"/>
     <dataValidation allowBlank="1" showErrorMessage="1" promptTitle="Mileage" prompt="Enter the pre-approved number of miles to and from _x000a_the assignment, if applicable." sqref="M28:M33 M17:M26" xr:uid="{10FE334F-C8C7-4652-965D-4015DD7E49AD}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K10" xr:uid="{9D4E1202-39C9-4016-959E-20FA5965D15C}">
       <formula1>DistrictCounties</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" error="Please enter &quot;Yes&quot; or &quot;No&quot;." promptTitle="EFT" sqref="K7" xr:uid="{AF382642-5935-4D95-AED2-E6C9DD0457EE}">
       <formula1>YesorNo</formula1>
     </dataValidation>
@@ -11582,50 +11585,56 @@
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{8360501C-4105-4173-B77F-79A245815037}">
           <x14:formula1>
             <xm:f>'Drop down'!$A$166:$A$253</xm:f>
           </x14:formula1>
           <xm:sqref>B28:B33 B17:B26</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DD18D91077748D49982036F6AE91C2D7" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d4b1c84e7a63c44805ca0d4a92010052">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="1f722b8b-b79e-46fc-9027-bfa2438c9fff" xmlns:ns4="e84fa840-bded-4a06-93f6-482568f16b0f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b2c532a046f7d6e8cd92b63a607b1903" ns3:_="" ns4:_="">
     <xsd:import namespace="1f722b8b-b79e-46fc-9027-bfa2438c9fff"/>
     <xsd:import namespace="e84fa840-bded-4a06-93f6-482568f16b0f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -11790,97 +11799,91 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0069F3F2-D738-4EDD-9A07-FED348204847}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="e84fa840-bded-4a06-93f6-482568f16b0f"/>
+    <ds:schemaRef ds:uri="1f722b8b-b79e-46fc-9027-bfa2438c9fff"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50A24467-721F-4F53-92CD-DEDE69A76A66}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1f722b8b-b79e-46fc-9027-bfa2438c9fff"/>
     <ds:schemaRef ds:uri="e84fa840-bded-4a06-93f6-482568f16b0f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{022CF4C2-595E-44EE-A639-25ECBDC20857}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>