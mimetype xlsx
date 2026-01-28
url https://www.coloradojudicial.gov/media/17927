--- v0 (2025-10-24)
+++ v1 (2026-01-28)
@@ -15,103 +15,103 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Invoice Templates\0-Invoice Templates FY 26\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AAC45067-9B17-4F46-8174-2568D1E72285}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{403871A0-DB84-4A6D-B7EA-599E5453EC49}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Language Interpreter Invoice" sheetId="2" r:id="rId1"/>
     <sheet name="Invoice-BHO" sheetId="8" r:id="rId2"/>
     <sheet name="Drop down" sheetId="3" state="hidden" r:id="rId3"/>
     <sheet name="Log with Case Information" sheetId="1" r:id="rId4"/>
     <sheet name="Instructions" sheetId="6" r:id="rId5"/>
     <sheet name="Example" sheetId="9" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="Activity">'Drop down'!$A$155:$A$159</definedName>
     <definedName name="AppropriationCode">'Drop down'!$A$1:$A$5</definedName>
     <definedName name="DistrictCounties">'Drop down'!$A$10:$A$31</definedName>
     <definedName name="Location">'Drop down'!$A$90:$A$153</definedName>
     <definedName name="Mileage">'Drop down'!$A$36:$A$37</definedName>
     <definedName name="Organization">'Drop down'!$A$1:$A$5</definedName>
     <definedName name="OrganizationUnit">'Drop down'!$A$39:$A$88</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">Example!$A$1:$Q$40</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Invoice-BHO'!$A$1:$Q$33</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Language Interpreter Invoice'!$A$1:$Q$41</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Log with Case Information'!$A$1:$P$20</definedName>
     <definedName name="YesorNo">'Drop down'!$A$7:$A$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="O32" i="2" l="1"/>
   <c r="O24" i="8"/>
-  <c r="P26" i="2"/>
   <c r="O26" i="2"/>
+  <c r="P26" i="2" s="1"/>
   <c r="L26" i="2"/>
   <c r="I26" i="2"/>
   <c r="I17" i="8"/>
   <c r="O21" i="2"/>
   <c r="K21" i="2"/>
   <c r="L21" i="2" s="1"/>
   <c r="G21" i="2"/>
   <c r="I21" i="2" s="1"/>
   <c r="O20" i="2"/>
   <c r="K20" i="2"/>
   <c r="L20" i="2" s="1"/>
   <c r="G20" i="2"/>
   <c r="I20" i="2" s="1"/>
   <c r="K18" i="2"/>
   <c r="K19" i="2"/>
   <c r="K22" i="2"/>
   <c r="K23" i="2"/>
   <c r="K24" i="2"/>
   <c r="K25" i="2"/>
   <c r="K38" i="9"/>
   <c r="K37" i="9"/>
   <c r="H37" i="9"/>
   <c r="F37" i="9"/>
   <c r="O31" i="9"/>
   <c r="P31" i="9" s="1"/>
@@ -4348,51 +4348,51 @@
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>331879</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>143529</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>746035</xdr:colOff>
       <xdr:row>4</xdr:row>
-      <xdr:rowOff>289595</xdr:rowOff>
+      <xdr:rowOff>295945</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Office of Language Access logo ">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F29257F6-0CA6-4808-B5B0-289C4B8A07D6}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="13262393" y="143529"/>
           <a:ext cx="1311924" cy="1200410"/>
         </a:xfrm>
@@ -5108,52 +5108,52 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:interpreters@judicial.state.co.us" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diana.helmy@judicial.state.co.us" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2">
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
   <dimension ref="A1:P43"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" showRuler="0" zoomScale="75" zoomScaleNormal="75" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="80" workbookViewId="0">
-      <selection activeCell="W17" sqref="W17"/>
+    <sheetView showGridLines="0" tabSelected="1" showRuler="0" topLeftCell="A10" zoomScale="75" zoomScaleNormal="75" zoomScaleSheetLayoutView="55" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="X23" sqref="X23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="18.90625" style="17" customWidth="1"/>
     <col min="2" max="2" width="34.453125" style="17" customWidth="1"/>
     <col min="3" max="4" width="15.1796875" style="17" customWidth="1"/>
     <col min="5" max="6" width="13" style="17" customWidth="1"/>
     <col min="7" max="7" width="12.54296875" style="17" customWidth="1"/>
     <col min="8" max="8" width="10.54296875" style="17" customWidth="1"/>
     <col min="9" max="9" width="13.453125" style="17" customWidth="1"/>
     <col min="10" max="10" width="10.54296875" style="17" customWidth="1"/>
     <col min="11" max="11" width="21.81640625" style="17" customWidth="1"/>
     <col min="12" max="12" width="12.1796875" style="18" customWidth="1"/>
     <col min="13" max="13" width="11.1796875" style="18" customWidth="1"/>
     <col min="14" max="14" width="9.81640625" style="18" customWidth="1"/>
     <col min="15" max="15" width="12.54296875" style="17" customWidth="1"/>
     <col min="16" max="16" width="15.1796875" style="17" customWidth="1"/>
     <col min="17" max="17" width="3.1796875" style="17" customWidth="1"/>
     <col min="18" max="16384" width="9.1796875" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="16" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="215" t="s">
         <v>19</v>
@@ -5476,387 +5476,387 @@
       <c r="B17" s="108"/>
       <c r="C17" s="109"/>
       <c r="D17" s="109"/>
       <c r="E17" s="110"/>
       <c r="F17" s="111"/>
       <c r="G17" s="145" t="str">
         <f>IF(C17="","",((D17-C17)*24)-E17)</f>
         <v/>
       </c>
       <c r="H17" s="144"/>
       <c r="I17" s="114" t="str">
         <f>IF(H17="","$",IF(G17="","$",(H17*G17)))</f>
         <v>$</v>
       </c>
       <c r="J17" s="148"/>
       <c r="K17" s="149" t="str">
         <f>IF(J17&gt;0,(H17/2),"")</f>
         <v/>
       </c>
       <c r="L17" s="114" t="str">
         <f>IF(J17="","$",ROUNDUP(K17*J17,2))</f>
         <v>$</v>
       </c>
       <c r="M17" s="116"/>
       <c r="N17" s="117">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O17" s="118" t="str">
         <f>IF(M17="","$",ROUNDUP(N17*M17,2))</f>
         <v>$</v>
       </c>
       <c r="P17" s="119" t="str">
         <f>IF(SUM(I17,L17,O17)=0,"$",SUM(I17,L17,O17))</f>
         <v>$</v>
       </c>
     </row>
     <row r="18" spans="1:16" s="34" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="107"/>
       <c r="B18" s="108"/>
       <c r="C18" s="109"/>
       <c r="D18" s="109"/>
       <c r="E18" s="110"/>
       <c r="F18" s="111"/>
       <c r="G18" s="146" t="str">
         <f t="shared" ref="G18:G25" si="0">IF(C18="","",((D18-C18)*24)-E18)</f>
         <v/>
       </c>
       <c r="H18" s="144"/>
       <c r="I18" s="114" t="str">
         <f>IF(H18="","$",IF(G18="","$",(H18*G18)))</f>
         <v>$</v>
       </c>
       <c r="J18" s="148"/>
       <c r="K18" s="150" t="str">
         <f>IF(J18&gt;0,(H18/2),"")</f>
         <v/>
       </c>
       <c r="L18" s="114" t="str">
         <f>IF(J18="","$",ROUNDUP(K18*J18,2))</f>
         <v>$</v>
       </c>
       <c r="M18" s="116"/>
       <c r="N18" s="117">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O18" s="118" t="str">
         <f t="shared" ref="O18:O26" si="1">IF(M18="","$",ROUNDUP(N18*M18,2))</f>
         <v>$</v>
       </c>
       <c r="P18" s="119" t="str">
         <f>IF(SUM(I18,L18,O18)=0,"$",SUM(I18,L18,O18))</f>
         <v>$</v>
       </c>
     </row>
     <row r="19" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="107"/>
       <c r="B19" s="108"/>
       <c r="C19" s="109"/>
       <c r="D19" s="109"/>
       <c r="E19" s="110"/>
       <c r="F19" s="111"/>
       <c r="G19" s="146" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="H19" s="144"/>
       <c r="I19" s="114" t="str">
         <f t="shared" ref="I19:I26" si="2">IF(H19="","$",IF(G19="","$",(H19*G19)))</f>
         <v>$</v>
       </c>
       <c r="J19" s="148"/>
       <c r="K19" s="150" t="str">
         <f t="shared" ref="K19:K25" si="3">IF(J19&gt;0,(H19/2),"")</f>
         <v/>
       </c>
       <c r="L19" s="114" t="str">
         <f t="shared" ref="L19:L24" si="4">IF(J19="","$",ROUNDUP(K19*J19,2))</f>
         <v>$</v>
       </c>
       <c r="M19" s="116"/>
       <c r="N19" s="117">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O19" s="118" t="str">
         <f t="shared" si="1"/>
         <v>$</v>
       </c>
       <c r="P19" s="119" t="str">
         <f t="shared" ref="P19:P26" si="5">IF(SUM(I19,L19,O19)=0,"$",SUM(I19,L19,O19))</f>
         <v>$</v>
       </c>
     </row>
     <row r="20" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="107"/>
       <c r="B20" s="108"/>
       <c r="C20" s="109"/>
       <c r="D20" s="109"/>
       <c r="E20" s="110"/>
       <c r="F20" s="111"/>
       <c r="G20" s="146" t="str">
         <f t="shared" ref="G20:G21" si="6">IF(C20="","",((D20-C20)*24)-E20)</f>
         <v/>
       </c>
       <c r="H20" s="144"/>
       <c r="I20" s="114" t="str">
         <f t="shared" ref="I20:I21" si="7">IF(H20="","$",IF(G20="","$",(H20*G20)))</f>
         <v>$</v>
       </c>
       <c r="J20" s="148"/>
       <c r="K20" s="150" t="str">
         <f t="shared" ref="K20:K21" si="8">IF(J20&gt;0,(H20/2),"")</f>
         <v/>
       </c>
       <c r="L20" s="114" t="str">
         <f t="shared" ref="L20:L21" si="9">IF(J20="","$",ROUNDUP(K20*J20,2))</f>
         <v>$</v>
       </c>
       <c r="M20" s="116"/>
       <c r="N20" s="117">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O20" s="118" t="str">
         <f t="shared" ref="O20:O21" si="10">IF(M20="","$",ROUNDUP(N20*M20,2))</f>
         <v>$</v>
       </c>
       <c r="P20" s="119" t="str">
         <f t="shared" ref="P20:P21" si="11">IF(SUM(I20,L20,O20)=0,"$",SUM(I20,L20,O20))</f>
         <v>$</v>
       </c>
     </row>
     <row r="21" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="107"/>
       <c r="B21" s="108"/>
       <c r="C21" s="109"/>
       <c r="D21" s="109"/>
       <c r="E21" s="110"/>
       <c r="F21" s="111"/>
       <c r="G21" s="146" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="H21" s="144"/>
       <c r="I21" s="114" t="str">
         <f t="shared" si="7"/>
         <v>$</v>
       </c>
       <c r="J21" s="148"/>
       <c r="K21" s="150" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
       <c r="L21" s="114" t="str">
         <f t="shared" si="9"/>
         <v>$</v>
       </c>
       <c r="M21" s="116"/>
       <c r="N21" s="117">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O21" s="118" t="str">
         <f t="shared" si="10"/>
         <v>$</v>
       </c>
       <c r="P21" s="119" t="str">
         <f t="shared" si="11"/>
         <v>$</v>
       </c>
     </row>
     <row r="22" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="107"/>
       <c r="B22" s="108"/>
       <c r="C22" s="109"/>
       <c r="D22" s="109"/>
       <c r="E22" s="110"/>
       <c r="F22" s="111"/>
       <c r="G22" s="146" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="H22" s="144"/>
       <c r="I22" s="114" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
       <c r="J22" s="148"/>
       <c r="K22" s="150" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="L22" s="114" t="str">
         <f t="shared" si="4"/>
         <v>$</v>
       </c>
       <c r="M22" s="116"/>
       <c r="N22" s="117">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O22" s="118" t="str">
         <f t="shared" si="1"/>
         <v>$</v>
       </c>
       <c r="P22" s="119" t="str">
         <f t="shared" si="5"/>
         <v>$</v>
       </c>
     </row>
     <row r="23" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="107"/>
       <c r="B23" s="108"/>
       <c r="C23" s="109"/>
       <c r="D23" s="109"/>
       <c r="E23" s="110"/>
       <c r="F23" s="111"/>
       <c r="G23" s="146" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="H23" s="144"/>
       <c r="I23" s="114" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
       <c r="J23" s="148"/>
       <c r="K23" s="150" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="L23" s="114" t="str">
         <f t="shared" si="4"/>
         <v>$</v>
       </c>
       <c r="M23" s="116"/>
       <c r="N23" s="117">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O23" s="118" t="str">
         <f t="shared" si="1"/>
         <v>$</v>
       </c>
       <c r="P23" s="119" t="str">
         <f t="shared" si="5"/>
         <v>$</v>
       </c>
     </row>
     <row r="24" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="107"/>
       <c r="B24" s="108"/>
       <c r="C24" s="109"/>
       <c r="D24" s="109"/>
       <c r="E24" s="110"/>
       <c r="F24" s="111"/>
       <c r="G24" s="146" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="H24" s="144"/>
       <c r="I24" s="114" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
       <c r="J24" s="148"/>
       <c r="K24" s="150" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="L24" s="114" t="str">
         <f t="shared" si="4"/>
         <v>$</v>
       </c>
       <c r="M24" s="116"/>
       <c r="N24" s="117">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O24" s="118" t="str">
         <f t="shared" si="1"/>
         <v>$</v>
       </c>
       <c r="P24" s="119" t="str">
         <f t="shared" si="5"/>
         <v>$</v>
       </c>
     </row>
     <row r="25" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="107"/>
       <c r="B25" s="108"/>
       <c r="C25" s="109"/>
       <c r="D25" s="109"/>
       <c r="E25" s="110"/>
       <c r="F25" s="111"/>
       <c r="G25" s="146" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="H25" s="144"/>
       <c r="I25" s="114" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
       <c r="J25" s="148"/>
       <c r="K25" s="150" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="L25" s="114" t="str">
         <f>IF(J25="","$",ROUNDUP(K25*J25,2))</f>
         <v>$</v>
       </c>
       <c r="M25" s="116"/>
       <c r="N25" s="117">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O25" s="118" t="str">
         <f t="shared" si="1"/>
         <v>$</v>
       </c>
       <c r="P25" s="119" t="str">
         <f t="shared" si="5"/>
         <v>$</v>
       </c>
     </row>
     <row r="26" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="107"/>
       <c r="B26" s="108"/>
       <c r="C26" s="109"/>
       <c r="D26" s="109"/>
       <c r="E26" s="110"/>
       <c r="F26" s="111"/>
       <c r="G26" s="146"/>
       <c r="H26" s="144"/>
       <c r="I26" s="114" t="str">
         <f t="shared" si="2"/>
         <v>$</v>
       </c>
       <c r="J26" s="148"/>
       <c r="K26" s="150"/>
       <c r="L26" s="114" t="str">
         <f>IF(J26="","$",ROUNDUP(K26*J26,2))</f>
         <v>$</v>
       </c>
       <c r="M26" s="116"/>
       <c r="N26" s="117">
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O26" s="118" t="str">
         <f t="shared" si="1"/>
         <v>$</v>
       </c>
       <c r="P26" s="119" t="str">
         <f t="shared" si="5"/>
         <v>$</v>
       </c>
     </row>
     <row r="27" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A27" s="120"/>
       <c r="B27" s="121"/>
       <c r="C27" s="121"/>
       <c r="D27" s="121"/>
       <c r="E27" s="121"/>
       <c r="F27" s="121"/>
       <c r="G27" s="131" t="s">
         <v>266</v>
       </c>
       <c r="H27" s="121"/>
       <c r="I27" s="121"/>
       <c r="J27" s="121"/>
       <c r="K27" s="121"/>
       <c r="L27" s="121"/>
@@ -5871,207 +5871,207 @@
       <c r="C28" s="109"/>
       <c r="D28" s="109"/>
       <c r="E28" s="110"/>
       <c r="F28" s="111"/>
       <c r="G28" s="146" t="str">
         <f>IF(C28="","",((D28-C28)*24)-E28)</f>
         <v/>
       </c>
       <c r="H28" s="144"/>
       <c r="I28" s="114" t="str">
         <f>IF(H28="","$",IF(G28="","$",(H28*G28)))</f>
         <v>$</v>
       </c>
       <c r="J28" s="122"/>
       <c r="K28" s="150" t="str">
         <f>IF(J28&gt;0,(H28-7)/2,"")</f>
         <v/>
       </c>
       <c r="L28" s="124" t="str">
         <f>IF(J28="","$",ROUNDUP(K28*J28,2))</f>
         <v>$</v>
       </c>
       <c r="M28" s="125"/>
       <c r="N28" s="117">
         <f>$N$17</f>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O28" s="118" t="str">
         <f>IF(M28="","$",ROUNDUP(N28*M28,2))</f>
         <v>$</v>
       </c>
       <c r="P28" s="119" t="str">
         <f>IF(SUM(I28,L28,O28)=0,"$",SUM(I28,L28,O28))</f>
         <v>$</v>
       </c>
     </row>
     <row r="29" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="107"/>
       <c r="B29" s="108"/>
       <c r="C29" s="109"/>
       <c r="D29" s="109"/>
       <c r="E29" s="110"/>
       <c r="F29" s="111"/>
       <c r="G29" s="146" t="str">
         <f t="shared" ref="G29:G32" si="12">IF(C29="","",((D29-C29)*24)-E29)</f>
         <v/>
       </c>
       <c r="H29" s="144"/>
       <c r="I29" s="114" t="str">
         <f t="shared" ref="I29:I32" si="13">IF(H29="","$",IF(G29="","$",(H29*G29)))</f>
         <v>$</v>
       </c>
       <c r="J29" s="122"/>
       <c r="K29" s="150" t="str">
         <f t="shared" ref="K29:K32" si="14">IF(J29&gt;0,(H29-7)/2,"")</f>
         <v/>
       </c>
       <c r="L29" s="124" t="str">
         <f t="shared" ref="L29:L32" si="15">IF(J29="","$",ROUNDUP(K29*J29,2))</f>
         <v>$</v>
       </c>
       <c r="M29" s="125"/>
       <c r="N29" s="117">
         <f t="shared" ref="N29:N32" si="16">$N$17</f>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O29" s="118" t="str">
         <f t="shared" ref="O29:O32" si="17">IF(M29="","$",ROUNDUP(N29*M29,2))</f>
         <v>$</v>
       </c>
       <c r="P29" s="119" t="str">
         <f t="shared" ref="P29:P32" si="18">IF(SUM(I29,L29,O29)=0,"$",SUM(I29,L29,O29))</f>
         <v>$</v>
       </c>
     </row>
     <row r="30" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="107"/>
       <c r="B30" s="108"/>
       <c r="C30" s="109"/>
       <c r="D30" s="109"/>
       <c r="E30" s="110"/>
       <c r="F30" s="111"/>
       <c r="G30" s="146" t="str">
         <f t="shared" si="12"/>
         <v/>
       </c>
       <c r="H30" s="144"/>
       <c r="I30" s="114" t="str">
         <f t="shared" si="13"/>
         <v>$</v>
       </c>
       <c r="J30" s="122"/>
       <c r="K30" s="150" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="L30" s="124" t="str">
         <f t="shared" si="15"/>
         <v>$</v>
       </c>
       <c r="M30" s="125"/>
       <c r="N30" s="117">
         <f t="shared" si="16"/>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O30" s="118" t="str">
         <f t="shared" si="17"/>
         <v>$</v>
       </c>
       <c r="P30" s="119" t="str">
         <f t="shared" si="18"/>
         <v>$</v>
       </c>
     </row>
     <row r="31" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="107"/>
       <c r="B31" s="108"/>
       <c r="C31" s="109"/>
       <c r="D31" s="109"/>
       <c r="E31" s="110"/>
       <c r="F31" s="111"/>
       <c r="G31" s="146" t="str">
         <f t="shared" si="12"/>
         <v/>
       </c>
       <c r="H31" s="144"/>
       <c r="I31" s="114" t="str">
         <f t="shared" si="13"/>
         <v>$</v>
       </c>
       <c r="J31" s="122"/>
       <c r="K31" s="150" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="L31" s="124" t="str">
         <f t="shared" si="15"/>
         <v>$</v>
       </c>
       <c r="M31" s="125"/>
       <c r="N31" s="117">
         <f t="shared" si="16"/>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O31" s="118" t="str">
         <f t="shared" si="17"/>
         <v>$</v>
       </c>
       <c r="P31" s="119" t="str">
         <f t="shared" si="18"/>
         <v>$</v>
       </c>
     </row>
     <row r="32" spans="1:16" s="34" customFormat="1" ht="28.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="107"/>
       <c r="B32" s="108"/>
       <c r="C32" s="109"/>
       <c r="D32" s="109"/>
       <c r="E32" s="110"/>
       <c r="F32" s="111"/>
       <c r="G32" s="147" t="str">
         <f t="shared" si="12"/>
         <v/>
       </c>
       <c r="H32" s="144"/>
       <c r="I32" s="114" t="str">
         <f t="shared" si="13"/>
         <v>$</v>
       </c>
       <c r="J32" s="122"/>
       <c r="K32" s="150" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="L32" s="124" t="str">
         <f t="shared" si="15"/>
         <v>$</v>
       </c>
       <c r="M32" s="125"/>
       <c r="N32" s="157">
         <f t="shared" si="16"/>
-        <v>0.63</v>
+        <v>0.65</v>
       </c>
       <c r="O32" s="158" t="str">
         <f t="shared" si="17"/>
         <v>$</v>
       </c>
       <c r="P32" s="119" t="str">
         <f t="shared" si="18"/>
         <v>$</v>
       </c>
     </row>
     <row r="33" spans="1:16" s="34" customFormat="1" ht="14.4" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="91" t="s">
         <v>270</v>
       </c>
       <c r="B33" s="77"/>
       <c r="C33" s="77"/>
       <c r="D33" s="77"/>
       <c r="E33" s="77"/>
       <c r="F33" s="77"/>
       <c r="G33" s="77"/>
       <c r="H33" s="77"/>
       <c r="I33" s="77"/>
       <c r="J33" s="77"/>
       <c r="K33" s="77"/>
       <c r="L33" s="77"/>
@@ -9015,54 +9015,56 @@
     </row>
     <row r="261" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A261" s="96" t="s">
         <v>410</v>
       </c>
       <c r="B261" s="97"/>
       <c r="C261" s="97"/>
       <c r="D261" s="97"/>
     </row>
     <row r="262" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A262" s="96" t="s">
         <v>397</v>
       </c>
       <c r="B262" s="97"/>
       <c r="C262" s="97"/>
       <c r="D262" s="97"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <sheetPr codeName="Sheet1"/>
+  <sheetPr codeName="Sheet1">
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:AU20"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRuler="0" view="pageLayout" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="90" workbookViewId="0">
+    <sheetView showGridLines="0" showRuler="0" view="pageLayout" topLeftCell="A2" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="90" workbookViewId="0">
       <selection activeCell="O9" sqref="O9:P11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.81640625" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.54296875" style="4" customWidth="1"/>
     <col min="3" max="3" width="13.1796875" style="4" customWidth="1"/>
     <col min="4" max="4" width="9.1796875" style="4" customWidth="1"/>
     <col min="5" max="5" width="9.453125" style="4" customWidth="1"/>
     <col min="6" max="6" width="10.81640625" style="4" customWidth="1"/>
     <col min="7" max="14" width="4.54296875" style="4" customWidth="1"/>
     <col min="15" max="15" width="10" style="4" customWidth="1"/>
     <col min="16" max="16" width="20.1796875" style="4" customWidth="1"/>
     <col min="17" max="16384" width="9.1796875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:47" s="2" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="243" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="243"/>
       <c r="C1" s="243"/>
       <c r="D1" s="243"/>
       <c r="E1" s="243"/>
@@ -11766,65 +11768,50 @@
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{80FCA386-C411-49F1-8B92-D124F60DBCFA}">
           <x14:formula1>
             <xm:f>'Drop down'!$A$166:$A$255</xm:f>
           </x14:formula1>
           <xm:sqref>B17:B24 B26:B31</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DD18D91077748D49982036F6AE91C2D7" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d4b1c84e7a63c44805ca0d4a92010052">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="1f722b8b-b79e-46fc-9027-bfa2438c9fff" xmlns:ns4="e84fa840-bded-4a06-93f6-482568f16b0f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b2c532a046f7d6e8cd92b63a607b1903" ns3:_="" ns4:_="">
     <xsd:import namespace="1f722b8b-b79e-46fc-9027-bfa2438c9fff"/>
     <xsd:import namespace="e84fa840-bded-4a06-93f6-482568f16b0f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -11989,90 +11976,105 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50A24467-721F-4F53-92CD-DEDE69A76A66}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1f722b8b-b79e-46fc-9027-bfa2438c9fff"/>
+    <ds:schemaRef ds:uri="e84fa840-bded-4a06-93f6-482568f16b0f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0069F3F2-D738-4EDD-9A07-FED348204847}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="e84fa840-bded-4a06-93f6-482568f16b0f"/>
     <ds:schemaRef ds:uri="1f722b8b-b79e-46fc-9027-bfa2438c9fff"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{022CF4C2-595E-44EE-A639-25ECBDC20857}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>