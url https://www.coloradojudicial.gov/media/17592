--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -153,109 +153,91 @@
       </w:r>
       <w:r w:rsidR="009745A4" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Janice M.</w:t>
       </w:r>
       <w:r w:rsidR="00FD53AF" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the team members include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="009DE25F" w14:textId="34B6794A" w:rsidR="00FD53AF" w:rsidRPr="00B93D78" w:rsidRDefault="00347A67" w:rsidP="007D10E2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Compensation</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00FD53AF" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00AE3E2A" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Classification team</w:t>
       </w:r>
       <w:r w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
       <w:r w:rsidR="00C27495" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">supervised </w:t>
       </w:r>
       <w:r w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">by </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">by Compensation </w:t>
       </w:r>
       <w:r w:rsidR="00FD53AF" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Supervisor, </w:t>
       </w:r>
       <w:r w:rsidR="005F1A2C" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Tony D</w:t>
       </w:r>
       <w:r w:rsidR="007F18E0" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007F18E0" w:rsidRPr="00B93D78">
         <w:rPr>
@@ -732,65 +714,56 @@
       </w:pPr>
       <w:r w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Career Services and Data Systems is managed by Tye M.</w:t>
       </w:r>
       <w:r w:rsidR="009124AB" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>, and the team members include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58EB5968" w14:textId="4FC7586B" w:rsidR="00725A4D" w:rsidRPr="00B93D78" w:rsidRDefault="00A569D3" w:rsidP="007D10E2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Services</w:t>
+      <w:r w:rsidRPr="00B93D78">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Career Services</w:t>
       </w:r>
       <w:r w:rsidR="004C5561" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> team is </w:t>
       </w:r>
       <w:r w:rsidR="00C27495" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00786422" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">upervised </w:t>
       </w:r>
       <w:r w:rsidR="000477E9" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
@@ -869,159 +842,216 @@
     </w:p>
     <w:p w14:paraId="1782CA84" w14:textId="34D0E488" w:rsidR="000477E9" w:rsidRPr="00B93D78" w:rsidRDefault="000477E9" w:rsidP="007D10E2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Talent Management Specialist, </w:t>
       </w:r>
       <w:r w:rsidR="00E744E1" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Ivonne CS.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3369A8A5" w14:textId="54BAD9CD" w:rsidR="00E744E1" w:rsidRPr="00B93D78" w:rsidRDefault="00E744E1" w:rsidP="007D10E2">
+    <w:p w14:paraId="3369A8A5" w14:textId="54BAD9CD" w:rsidR="00E744E1" w:rsidRDefault="00E744E1" w:rsidP="007D10E2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Talent Management Specialist, </w:t>
       </w:r>
       <w:r w:rsidR="00E65258" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Robert B.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A6A8878" w14:textId="334DCC24" w:rsidR="0061143F" w:rsidRPr="00B93D78" w:rsidRDefault="00E65258" w:rsidP="007D10E2">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="6157400E" w14:textId="304B46C8" w:rsidR="00793F3F" w:rsidRPr="00C527DB" w:rsidRDefault="00EC3E6C" w:rsidP="00C527DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C527DB">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C527DB">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Sytems</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C527DB">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Team Members include</w:t>
+      </w:r>
+      <w:r w:rsidR="00520815" w:rsidRPr="00C527DB">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6A8878" w14:textId="334DCC24" w:rsidR="0061143F" w:rsidRPr="00B93D78" w:rsidRDefault="00E65258" w:rsidP="00C527DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">HR </w:t>
       </w:r>
       <w:r w:rsidR="0061143F" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Systems and Data </w:t>
       </w:r>
       <w:r w:rsidR="00311974" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Own</w:t>
       </w:r>
       <w:r w:rsidR="00D44AA1" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>er,</w:t>
       </w:r>
       <w:r w:rsidR="0061143F" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> Matthew C.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10400BDC" w14:textId="1BD37059" w:rsidR="00E65258" w:rsidRPr="00B93D78" w:rsidRDefault="00224D33" w:rsidP="007D10E2">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="4C61ED42" w14:textId="31EAD5A5" w:rsidR="00520815" w:rsidRDefault="00224D33" w:rsidP="00C527DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">HR Systems </w:t>
       </w:r>
       <w:r w:rsidR="00C27495" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Support, Joshua</w:t>
       </w:r>
       <w:r w:rsidR="00CD3527" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> B.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73146E5C" w14:textId="0C1264ED" w:rsidR="00CD3527" w:rsidRPr="00B93D78" w:rsidRDefault="00CD3527" w:rsidP="007D10E2">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="030F7ED4" w14:textId="557E5D2B" w:rsidR="00520815" w:rsidRPr="00520815" w:rsidRDefault="00520815" w:rsidP="00C527DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00520815">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HR Systems Support, Brandon R. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73146E5C" w14:textId="0C1264ED" w:rsidR="00CD3527" w:rsidRPr="00B93D78" w:rsidRDefault="00CD3527" w:rsidP="00C527DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>HR Workforce Data Analyst, Charissa S.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14A76F78" w14:textId="77777777" w:rsidR="00B93D78" w:rsidRPr="00B93D78" w:rsidRDefault="00B93D78" w:rsidP="007D10E2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38FB4DC0" w14:textId="6F687041" w:rsidR="00FC59F3" w:rsidRPr="00B93D78" w:rsidRDefault="00FC59F3" w:rsidP="007D10E2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
@@ -1169,75 +1199,75 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00957C70" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Nick W. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EF0BACC" w14:textId="24221D76" w:rsidR="00D44AA1" w:rsidRPr="00B93D78" w:rsidRDefault="006469F5" w:rsidP="007D10E2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">HR Analyst, </w:t>
       </w:r>
       <w:r w:rsidR="00D44AA1" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Kira G.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E66403C" w14:textId="069C2E21" w:rsidR="006469F5" w:rsidRDefault="006469F5" w:rsidP="007D10E2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">HR </w:t>
       </w:r>
       <w:r w:rsidR="004640F2" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Analyst,</w:t>
       </w:r>
       <w:r w:rsidR="00D371C7" w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B93D78">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Henry H.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE87539" w14:textId="55A1A889" w:rsidR="00503CD7" w:rsidRDefault="001E4ABE" w:rsidP="00503CD7">
@@ -2106,131 +2136,139 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1924340088">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="870260328">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="390428133">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="217397387">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="78"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B20A60"/>
     <w:rsid w:val="000109CA"/>
+    <w:rsid w:val="00025206"/>
     <w:rsid w:val="000477E9"/>
     <w:rsid w:val="000A0F85"/>
     <w:rsid w:val="001162C1"/>
     <w:rsid w:val="00134886"/>
     <w:rsid w:val="00177AD6"/>
     <w:rsid w:val="001D6974"/>
     <w:rsid w:val="001E4ABE"/>
     <w:rsid w:val="00204F21"/>
     <w:rsid w:val="00207654"/>
     <w:rsid w:val="00224D33"/>
     <w:rsid w:val="00302F7C"/>
     <w:rsid w:val="00311974"/>
     <w:rsid w:val="0032771E"/>
     <w:rsid w:val="00347A67"/>
     <w:rsid w:val="00350375"/>
     <w:rsid w:val="00382678"/>
     <w:rsid w:val="004309D2"/>
     <w:rsid w:val="004640F2"/>
     <w:rsid w:val="004C5561"/>
     <w:rsid w:val="004D25FA"/>
     <w:rsid w:val="00503CD7"/>
+    <w:rsid w:val="00520815"/>
     <w:rsid w:val="00561451"/>
     <w:rsid w:val="005F1A2C"/>
     <w:rsid w:val="005F36A5"/>
     <w:rsid w:val="0061143F"/>
     <w:rsid w:val="006469F5"/>
+    <w:rsid w:val="00681650"/>
     <w:rsid w:val="007047A1"/>
     <w:rsid w:val="00725A4D"/>
     <w:rsid w:val="00726CD9"/>
     <w:rsid w:val="00786422"/>
     <w:rsid w:val="00787DB3"/>
+    <w:rsid w:val="00793F3F"/>
+    <w:rsid w:val="007B07A9"/>
     <w:rsid w:val="007D10E2"/>
     <w:rsid w:val="007F18E0"/>
     <w:rsid w:val="008274DB"/>
     <w:rsid w:val="008455C1"/>
     <w:rsid w:val="008474FF"/>
     <w:rsid w:val="00866447"/>
     <w:rsid w:val="008F1A19"/>
     <w:rsid w:val="009124AB"/>
     <w:rsid w:val="00946B25"/>
     <w:rsid w:val="0095390C"/>
     <w:rsid w:val="00957C70"/>
     <w:rsid w:val="009745A4"/>
     <w:rsid w:val="00983F54"/>
     <w:rsid w:val="00A569D3"/>
     <w:rsid w:val="00A76F60"/>
     <w:rsid w:val="00A77B22"/>
     <w:rsid w:val="00AA0663"/>
     <w:rsid w:val="00AE3E2A"/>
     <w:rsid w:val="00B20A60"/>
     <w:rsid w:val="00B45F22"/>
     <w:rsid w:val="00B93D78"/>
     <w:rsid w:val="00BD02CC"/>
     <w:rsid w:val="00C27495"/>
+    <w:rsid w:val="00C527DB"/>
     <w:rsid w:val="00C74E9B"/>
     <w:rsid w:val="00CA23B7"/>
     <w:rsid w:val="00CD1AAE"/>
     <w:rsid w:val="00CD3527"/>
     <w:rsid w:val="00CF66EA"/>
     <w:rsid w:val="00D371C7"/>
     <w:rsid w:val="00D44AA1"/>
     <w:rsid w:val="00E4740E"/>
     <w:rsid w:val="00E65258"/>
     <w:rsid w:val="00E744E1"/>
     <w:rsid w:val="00EA1D8D"/>
+    <w:rsid w:val="00EC3E6C"/>
     <w:rsid w:val="00EE36C2"/>
+    <w:rsid w:val="00F01539"/>
     <w:rsid w:val="00F320B8"/>
     <w:rsid w:val="00F54527"/>
     <w:rsid w:val="00FC59F3"/>
     <w:rsid w:val="00FD53AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -2649,51 +2687,50 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00B20A60"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B20A60"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
@@ -2866,51 +2903,50 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00B20A60"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:rsid w:val="00B20A60"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B20A60"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -3452,69 +3488,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>335</Words>
-  <Characters>1915</Characters>
+  <Words>346</Words>
+  <Characters>1974</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Colorado Judicial</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2246</CharactersWithSpaces>
+  <CharactersWithSpaces>2316</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>barnes, evelyn</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>