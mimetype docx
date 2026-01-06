--- v0 (2025-11-07)
+++ v1 (2026-01-06)
@@ -5,51 +5,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="584CBBF0" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Judicial_Application_2022"/>
       <w:bookmarkStart w:id="1" w:name="Judicial_Application_2022_-_PDF"/>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>JUDICIAL NOMINATING COMMISSION APPLICATION</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>FOR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
@@ -402,84 +402,99 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>initial:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C06239" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4084D6C2" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="432FB734" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
+    <w:p w14:paraId="432FB734" w14:textId="66750D7A" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="839"/>
         </w:tabs>
         <w:ind w:left="839" w:hanging="722"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Birth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>year:</w:t>
+        <w:t>year</w:t>
+      </w:r>
+      <w:r w:rsidR="00381B8C">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="189420DB" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05BD38AB" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4733BA0F" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
@@ -1310,57 +1325,63 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42F9962F" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9253D" w14:paraId="35598836" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="299D352E" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
+          <w:p w14:paraId="299D352E" w14:textId="2EB867C4" w:rsidR="00D9253D" w:rsidRDefault="005B3018">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Asked </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F0DF643" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2249" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25AD25EF" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2580,58 +2601,56 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>same</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>administrative</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>bodies</w:t>
@@ -3757,65 +3776,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>total practice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">your trial practice </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and the types of matters handled.</w:t>
+        <w:t>your trial practice constituted and the types of matters handled.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26255D75" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="027F2700" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6307E824" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
@@ -5787,60 +5792,52 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>elected</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>(include</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dates</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>served). Have you had any military or other public service?</w:t>
@@ -6106,51 +6103,59 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D9253D">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="940" w:right="1100" w:bottom="940" w:left="1320" w:header="0" w:footer="753" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7087CF67" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="67"/>
         <w:ind w:left="839" w:right="337"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="7-12"/>
       <w:bookmarkEnd w:id="4"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>nominating</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> commission members are ineligible for appointment as judges for as many as three years after service on a nominating commission.</w:t>
+        <w:t xml:space="preserve"> commission members are ineligible for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>appointment</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> as judges for as many as three years after service on a nominating commission.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Colo. Const. art. VI, § 24(4) (one year for judicial district commissioners; three years for statewide </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>commissioners))</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="252C8F24" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
@@ -9130,65 +9135,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="786F7775" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="837"/>
           <w:tab w:val="left" w:pos="839"/>
         </w:tabs>
         <w:spacing w:before="76" w:line="235" w:lineRule="auto"/>
         <w:ind w:left="839" w:right="337" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Do you know if any investigation of </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> is underway at any administrative agency or disciplinary entity?</w:t>
+        <w:t>Do you know if any investigation of you is underway at any administrative agency or disciplinary entity?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>If so, please give details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6746AD9A" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D7ECE94" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
@@ -11818,62 +11809,68 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="022723DD" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="329775BB" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3926E12A" wp14:editId="2398D057">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3926E12A" wp14:editId="4D859743">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3200336</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201372</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2972435" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="3" name="Graphic 3"/>
+                <wp:docPr id="3" name="Graphic 3">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2972435" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="2972435">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -11882,51 +11879,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6112">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="545DB12A" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:252pt;margin-top:15.85pt;width:234.05pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2972435,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCk/vLiEgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068re2MOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJdpJ1t2E+CJT4RD7yUV7eHjsrDgapBVfKxWwuhXEaqtbtSvl9c//u&#10;RgoKylXKgjOlfDEkb1dv3yx7X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUz8MaxswbsVOAt7rIKVc/R&#10;O5vl8/lV1gNWHkEbIj5dD065SvHr2ujwra7JBGFLydxCWjGt27hmq6Uqdqh80+qRhvoHFp1qHSc9&#10;hVqroMQe279Cda1GIKjDTEOXQV232qQauJrF/FU1z43yJtXCzSF/ahP9v7D68fDsnzBSJ/8A+idx&#10;R7LeU3HyxA2NmGONXcQycXFMXXw5ddEcg9B8mH+6zj+8/yiFZt8iv05NzlQx3dV7Cl8MpDjq8EBh&#10;0KCaLNVMlj66yURWMmpok4ZBCtYQpWANt4OGXoV4L5KLpujPROJZBwezgeQNr5gztbPXukvUUEou&#10;xVQlYwcEGzEN92owUmq2L4uzLrK4WizyNBoEtq3uW2sjC8Ld9s6iOKg4mOmLdXCEP2AeKawVNQMu&#10;uUaYdaNOgzRRpC1UL08oep7mUtKvvUIjhf3qeFzi6E8GTsZ2MjDYO0gPJDWIc26OPxR6EdOXMrCy&#10;jzANoyom0WLpJ2y86eDzPkDdRkXTDA2Mxg1PcCpwfG3xiVzuE+r8T1j9BgAA//8DAFBLAwQUAAYA&#10;CAAAACEApZdJHd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X6D9Yi9VacUAgl&#10;jYPaqtyqSEA/YIm3SSBeR7EJ6d/XnOA4O6PZN9l6NK0YqHeNZQXxNAJBXFrdcKXgZ795fgXhPLLG&#10;1jIp+CMH6/zxIcNU2wtvadj5SoQSdikqqL3vUildWZNBN7UdcfB+bW/QB9lXUvd4CeWmlbMoSqTB&#10;hsOHGjv6rKk87c5GAX1Ug5tzMnbJqaDF9rv4Om4KpZ4m4/sbCE+jv4Xhih/QIQ9MB3tm7USrYBHN&#10;wxav4CVeggiB1XIWgzhcDyuQeSbvF+T/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKT+&#10;8uISAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AKWXSR3eAAAACQEAAA8AAAAAAAAAAAAAAAAAbAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" path="m,l2972432,e" filled="f" strokeweight=".16978mm">
+              <v:shape w14:anchorId="4658DF42" id="Graphic 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:252pt;margin-top:15.85pt;width:234.05pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2972435,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCk/vLiEgIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L068re2MOMXQoMOA&#10;oivQDDsrshwbk0WNVOL070fJdpJ1t2E+CJT4RD7yUV7eHjsrDgapBVfKxWwuhXEaqtbtSvl9c//u&#10;RgoKylXKgjOlfDEkb1dv3yx7X5gcGrCVQcFBHBW9L2UTgi+yjHRjOkUz8MaxswbsVOAt7rIKVc/R&#10;O5vl8/lV1gNWHkEbIj5dD065SvHr2ujwra7JBGFLydxCWjGt27hmq6Uqdqh80+qRhvoHFp1qHSc9&#10;hVqroMQe279Cda1GIKjDTEOXQV232qQauJrF/FU1z43yJtXCzSF/ahP9v7D68fDsnzBSJ/8A+idx&#10;R7LeU3HyxA2NmGONXcQycXFMXXw5ddEcg9B8mH+6zj+8/yiFZt8iv05NzlQx3dV7Cl8MpDjq8EBh&#10;0KCaLNVMlj66yURWMmpok4ZBCtYQpWANt4OGXoV4L5KLpujPROJZBwezgeQNr5gztbPXukvUUEou&#10;xVQlYwcEGzEN92owUmq2L4uzLrK4WizyNBoEtq3uW2sjC8Ld9s6iOKg4mOmLdXCEP2AeKawVNQMu&#10;uUaYdaNOgzRRpC1UL08oep7mUtKvvUIjhf3qeFzi6E8GTsZ2MjDYO0gPJDWIc26OPxR6EdOXMrCy&#10;jzANoyom0WLpJ2y86eDzPkDdRkXTDA2Mxg1PcCpwfG3xiVzuE+r8T1j9BgAA//8DAFBLAwQUAAYA&#10;CAAAACEApZdJHd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X6D9Yi9VacUAgl&#10;jYPaqtyqSEA/YIm3SSBeR7EJ6d/XnOA4O6PZN9l6NK0YqHeNZQXxNAJBXFrdcKXgZ795fgXhPLLG&#10;1jIp+CMH6/zxIcNU2wtvadj5SoQSdikqqL3vUildWZNBN7UdcfB+bW/QB9lXUvd4CeWmlbMoSqTB&#10;hsOHGjv6rKk87c5GAX1Ug5tzMnbJqaDF9rv4Om4KpZ4m4/sbCE+jv4Xhih/QIQ9MB3tm7USrYBHN&#10;wxav4CVeggiB1XIWgzhcDyuQeSbvF+T/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKT+&#10;8uISAgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AKWXSR3eAAAACQEAAA8AAAAAAAAAAAAAAAAAbAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" path="m,l2972432,e" filled="f" strokeweight=".16978mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="778C535C" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="3711" w:right="3905"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
@@ -11953,62 +11950,68 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="506F245A" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52D27759" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588352" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="387D6968" wp14:editId="3E417F6A">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588352" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="387D6968" wp14:editId="62C05CD4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3200336</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>230663</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2896235" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="4" name="Graphic 4"/>
+                <wp:docPr id="4" name="Graphic 4">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2896235" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="2896235">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -12017,51 +12020,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6112">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="560CF010" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:252pt;margin-top:18.15pt;width:228.05pt;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2896235,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAD4H8XFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05cLGuNOMXQoMOA&#10;oivQDDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjh&#10;VgoKylXKgjOlPBqS98v37xa9L0wODdjKoOAgjorel7IJwRdZRroxnaIJeOPYWQN2KvAWt1mFqufo&#10;nc3y6XSe9YCVR9CGiE9Xg1MuU/y6Njp8q2syQdhSMreQVkzrJq7ZcqGKLSrftPpEQ/0Di061jpOe&#10;Q61UUGKH7V+hulYjENRhoqHLoK5bbVINXM1s+qaa10Z5k2rh5pA/t4n+X1j9vH/1Lxipk38C/ZO4&#10;I1nvqTh74oZOmEONXcQycXFIXTyeu2gOQWg+zG/v5vnNRyk0+2b5p9TkTBXjXb2j8MVAiqP2TxQG&#10;DarRUs1o6YMbTWQlo4Y2aRikYA1RCtZwM2joVYj3Irloiv5CJJ51sDdrSN7whjlTu3itu0bFUqb5&#10;jRRjlYwdEGzENNyrwUip2b4uzrrIYj6b5Wk0CGxbPbbWRhaE282DRbFXcTDTF+vgCH/APFJYKWoG&#10;XHKdYNaddBqkiSJtoDq+oOh5mktJv3YKjRT2q+NxiaM/Gjgam9HAYB8gPZDUIM65PvxQ6EVMX8rA&#10;yj7DOIyqGEWLpZ+x8aaDz7sAdRsVTTM0MDpteIJTgafXFp/I9T6hLv+E5W8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCWf0jM3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqF3a&#10;RjSNU0EEEjdoQTlv4m0c4Z8odtvw9rgnetzZ0cw3xXayhp1oDL13EuYzAYxc61XvOgnfX28PT8BC&#10;RKfQeEcSfinAtry9KTBX/ux2dNrHjqUQF3KUoGMccs5Dq8limPmBXPod/GgxpnPsuBrxnMKt4Y9C&#10;ZNxi71KDxoEqTe3P/mglvNaoPw4v7yKrKyOaalnvPpMu7++m5w2wSFP8N8MFP6FDmZgaf3QqMCNh&#10;JZZpS5SwyBbAkmGdiTmw5iKsgJcFv15Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAD&#10;4H8XFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCWf0jM3QAAAAkBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l2896023,e" filled="f" strokeweight=".16978mm">
+              <v:shape w14:anchorId="2E676D72" id="Graphic 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:252pt;margin-top:18.15pt;width:228.05pt;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2896235,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAD4H8XFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05cLGuNOMXQoMOA&#10;oivQDDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjh&#10;VgoKylXKgjOlPBqS98v37xa9L0wODdjKoOAgjorel7IJwRdZRroxnaIJeOPYWQN2KvAWt1mFqufo&#10;nc3y6XSe9YCVR9CGiE9Xg1MuU/y6Njp8q2syQdhSMreQVkzrJq7ZcqGKLSrftPpEQ/0Di061jpOe&#10;Q61UUGKH7V+hulYjENRhoqHLoK5bbVINXM1s+qaa10Z5k2rh5pA/t4n+X1j9vH/1Lxipk38C/ZO4&#10;I1nvqTh74oZOmEONXcQycXFIXTyeu2gOQWg+zG/v5vnNRyk0+2b5p9TkTBXjXb2j8MVAiqP2TxQG&#10;DarRUs1o6YMbTWQlo4Y2aRikYA1RCtZwM2joVYj3Irloiv5CJJ51sDdrSN7whjlTu3itu0bFUqb5&#10;jRRjlYwdEGzENNyrwUip2b4uzrrIYj6b5Wk0CGxbPbbWRhaE282DRbFXcTDTF+vgCH/APFJYKWoG&#10;XHKdYNaddBqkiSJtoDq+oOh5mktJv3YKjRT2q+NxiaM/Gjgam9HAYB8gPZDUIM65PvxQ6EVMX8rA&#10;yj7DOIyqGEWLpZ+x8aaDz7sAdRsVTTM0MDpteIJTgafXFp/I9T6hLv+E5W8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCWf0jM3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqF3a&#10;RjSNU0EEEjdoQTlv4m0c4Z8odtvw9rgnetzZ0cw3xXayhp1oDL13EuYzAYxc61XvOgnfX28PT8BC&#10;RKfQeEcSfinAtry9KTBX/ux2dNrHjqUQF3KUoGMccs5Dq8limPmBXPod/GgxpnPsuBrxnMKt4Y9C&#10;ZNxi71KDxoEqTe3P/mglvNaoPw4v7yKrKyOaalnvPpMu7++m5w2wSFP8N8MFP6FDmZgaf3QqMCNh&#10;JZZpS5SwyBbAkmGdiTmw5iKsgJcFv15Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAD&#10;4H8XFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCWf0jM3QAAAAkBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l2896023,e" filled="f" strokeweight=".16978mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F396553" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1842" w:right="2308"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Print</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
@@ -12191,62 +12194,68 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="11FB7F72" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7854FF4B" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71C1EE08" wp14:editId="37D591A8">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71C1EE08" wp14:editId="660728B2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3200336</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201936</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2896235" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="5" name="Graphic 5"/>
+                <wp:docPr id="5" name="Graphic 5">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2896235" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="2896235">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -12255,51 +12264,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6112">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7123468D" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:252pt;margin-top:15.9pt;width:228.05pt;height:.1pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2896235,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAD4H8XFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05cLGuNOMXQoMOA&#10;oivQDDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjh&#10;VgoKylXKgjOlPBqS98v37xa9L0wODdjKoOAgjorel7IJwRdZRroxnaIJeOPYWQN2KvAWt1mFqufo&#10;nc3y6XSe9YCVR9CGiE9Xg1MuU/y6Njp8q2syQdhSMreQVkzrJq7ZcqGKLSrftPpEQ/0Di061jpOe&#10;Q61UUGKH7V+hulYjENRhoqHLoK5bbVINXM1s+qaa10Z5k2rh5pA/t4n+X1j9vH/1Lxipk38C/ZO4&#10;I1nvqTh74oZOmEONXcQycXFIXTyeu2gOQWg+zG/v5vnNRyk0+2b5p9TkTBXjXb2j8MVAiqP2TxQG&#10;DarRUs1o6YMbTWQlo4Y2aRikYA1RCtZwM2joVYj3Irloiv5CJJ51sDdrSN7whjlTu3itu0bFUqb5&#10;jRRjlYwdEGzENNyrwUip2b4uzrrIYj6b5Wk0CGxbPbbWRhaE282DRbFXcTDTF+vgCH/APFJYKWoG&#10;XHKdYNaddBqkiSJtoDq+oOh5mktJv3YKjRT2q+NxiaM/Gjgam9HAYB8gPZDUIM65PvxQ6EVMX8rA&#10;yj7DOIyqGEWLpZ+x8aaDz7sAdRsVTTM0MDpteIJTgafXFp/I9T6hLv+E5W8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQB6ul2c3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJ1S&#10;IprGqSACiRu0oJw3sRtH+CeK3Ta8PcuJHnd2NDNfuZ2dZSc9xSF4CdlCANO+C2rwvYSvz9e7R2Ax&#10;oVdog9cSfnSEbXV9VWKhwtnv9GmfekYhPhYowaQ0FpzHzmiHcRFG7el3CJPDROfUczXhmcKd5Ush&#10;cu5w8NRgcNS10d33/ugkvDRo3g/PbyJvaivaetXsPkiXtzfz0wZY0nP6N8PffJoOFW1qw9GryKyE&#10;B7EiliThPiMEMqxzkQFrSVgK4FXJLwmqXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAD&#10;4H8XFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQB6ul2c3QAAAAkBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l2896023,e" filled="f" strokeweight=".16978mm">
+              <v:shape w14:anchorId="21E045A0" id="Graphic 5" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:252pt;margin-top:15.9pt;width:228.05pt;height:.1pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2896235,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAD4H8XFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L05cLGuNOMXQoMOA&#10;oivQDDsrshwbk0WNVOLk70fJcZJ1t2E+CJT4RD7yUV7cHzor9gapBVfK2WQqhXEaqtZtS/l9/fjh&#10;VgoKylXKgjOlPBqS98v37xa9L0wODdjKoOAgjorel7IJwRdZRroxnaIJeOPYWQN2KvAWt1mFqufo&#10;nc3y6XSe9YCVR9CGiE9Xg1MuU/y6Njp8q2syQdhSMreQVkzrJq7ZcqGKLSrftPpEQ/0Di061jpOe&#10;Q61UUGKH7V+hulYjENRhoqHLoK5bbVINXM1s+qaa10Z5k2rh5pA/t4n+X1j9vH/1Lxipk38C/ZO4&#10;I1nvqTh74oZOmEONXcQycXFIXTyeu2gOQWg+zG/v5vnNRyk0+2b5p9TkTBXjXb2j8MVAiqP2TxQG&#10;DarRUs1o6YMbTWQlo4Y2aRikYA1RCtZwM2joVYj3Irloiv5CJJ51sDdrSN7whjlTu3itu0bFUqb5&#10;jRRjlYwdEGzENNyrwUip2b4uzrrIYj6b5Wk0CGxbPbbWRhaE282DRbFXcTDTF+vgCH/APFJYKWoG&#10;XHKdYNaddBqkiSJtoDq+oOh5mktJv3YKjRT2q+NxiaM/Gjgam9HAYB8gPZDUIM65PvxQ6EVMX8rA&#10;yj7DOIyqGEWLpZ+x8aaDz7sAdRsVTTM0MDpteIJTgafXFp/I9T6hLv+E5W8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQB6ul2c3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJ1S&#10;IprGqSACiRu0oJw3sRtH+CeK3Ta8PcuJHnd2NDNfuZ2dZSc9xSF4CdlCANO+C2rwvYSvz9e7R2Ax&#10;oVdog9cSfnSEbXV9VWKhwtnv9GmfekYhPhYowaQ0FpzHzmiHcRFG7el3CJPDROfUczXhmcKd5Ush&#10;cu5w8NRgcNS10d33/ugkvDRo3g/PbyJvaivaetXsPkiXtzfz0wZY0nP6N8PffJoOFW1qw9GryKyE&#10;B7EiliThPiMEMqxzkQFrSVgK4FXJLwmqXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAD&#10;4H8XFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQB6ul2c3QAAAAkBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l2896023,e" filled="f" strokeweight=".16978mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FD2DA01" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="3711" w:right="3905"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
@@ -12326,62 +12335,68 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B43FB83" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A14CE2B" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589376" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1741B17A" wp14:editId="4E4247D2">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589376" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1741B17A" wp14:editId="166E8F88">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3200336</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>230663</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2896235" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="6" name="Graphic 6"/>
+                <wp:docPr id="6" name="Graphic 6">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2896235" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="2896235">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
@@ -12390,51 +12405,51 @@
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6112">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4BBF73DD" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:252pt;margin-top:18.15pt;width:228.05pt;height:.1pt;z-index:-15727104;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2896235,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDf5oZHFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxx7W9YZcYqhQYcB&#10;RVegGXZWZDk2JksaqcTOvx8lfyTtbsN8ECjxiXzko7y+7VvNTgqwsabg6WLJmTLSlo05FPzH7v7d&#10;DWfohSmFtkYV/KyQ327evll3LleZra0uFTAKYjDvXMFr712eJChr1QpcWKcMOSsLrfC0hUNSgugo&#10;equTbLlcJZ2F0oGVCpFOt4OTb2L8qlLSf68qVJ7pghM3H1eI6z6syWYt8gMIVzdypCH+gUUrGkNJ&#10;51Bb4QU7QvNXqLaRYNFWfiFtm9iqaqSKNVA16fJVNc+1cCrWQs1BN7cJ/19Y+Xh6dk8QqKN7sPIX&#10;UkeSzmE+e8IGR0xfQRuwRJz1sYvnuYuq90zSYXbzeZW9/8iZJF+afYpNTkQ+3ZVH9F+VjXHE6QH9&#10;oEE5WaKeLNmbyQRSMmioo4aeM9IQOCMN94OGTvhwL5ALJusuRMJZa09qZ6PXv2JO1C5eba5RoZR0&#10;9YGzqUrCDggyQhrq1WDE1GRfF6dNYLFK0yyOBlrdlPeN1oEFwmF/p4GdRBjM+IU6KMILmAP0W4H1&#10;gIuuEabNqNMgTRBpb8vzE7COprng+PsoQHGmvxkalzD6kwGTsZ8M8PrOxgcSG0Q5d/1PAY6F9AX3&#10;pOyjnYZR5JNoofQZG24a++XobdUEReMMDYzGDU1wLHB8beGJXO8j6vJP2PwBAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCWf0jM3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqF3a&#10;RjSNU0EEEjdoQTlv4m0c4Z8odtvw9rgnetzZ0cw3xXayhp1oDL13EuYzAYxc61XvOgnfX28PT8BC&#10;RKfQeEcSfinAtry9KTBX/ux2dNrHjqUQF3KUoGMccs5Dq8limPmBXPod/GgxpnPsuBrxnMKt4Y9C&#10;ZNxi71KDxoEqTe3P/mglvNaoPw4v7yKrKyOaalnvPpMu7++m5w2wSFP8N8MFP6FDmZgaf3QqMCNh&#10;JZZpS5SwyBbAkmGdiTmw5iKsgJcFv15Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDf&#10;5oZHFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCWf0jM3QAAAAkBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l2896164,e" filled="f" strokeweight=".16978mm">
+              <v:shape w14:anchorId="1FCAB3E8" id="Graphic 6" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:252pt;margin-top:18.15pt;width:228.05pt;height:.1pt;z-index:-15727104;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2896235,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDf5oZHFAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxx7W9YZcYqhQYcB&#10;RVegGXZWZDk2JksaqcTOvx8lfyTtbsN8ECjxiXzko7y+7VvNTgqwsabg6WLJmTLSlo05FPzH7v7d&#10;DWfohSmFtkYV/KyQ327evll3LleZra0uFTAKYjDvXMFr712eJChr1QpcWKcMOSsLrfC0hUNSgugo&#10;equTbLlcJZ2F0oGVCpFOt4OTb2L8qlLSf68qVJ7pghM3H1eI6z6syWYt8gMIVzdypCH+gUUrGkNJ&#10;51Bb4QU7QvNXqLaRYNFWfiFtm9iqaqSKNVA16fJVNc+1cCrWQs1BN7cJ/19Y+Xh6dk8QqKN7sPIX&#10;UkeSzmE+e8IGR0xfQRuwRJz1sYvnuYuq90zSYXbzeZW9/8iZJF+afYpNTkQ+3ZVH9F+VjXHE6QH9&#10;oEE5WaKeLNmbyQRSMmioo4aeM9IQOCMN94OGTvhwL5ALJusuRMJZa09qZ6PXv2JO1C5eba5RoZR0&#10;9YGzqUrCDggyQhrq1WDE1GRfF6dNYLFK0yyOBlrdlPeN1oEFwmF/p4GdRBjM+IU6KMILmAP0W4H1&#10;gIuuEabNqNMgTRBpb8vzE7COprng+PsoQHGmvxkalzD6kwGTsZ8M8PrOxgcSG0Q5d/1PAY6F9AX3&#10;pOyjnYZR5JNoofQZG24a++XobdUEReMMDYzGDU1wLHB8beGJXO8j6vJP2PwBAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCWf0jM3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqF3a&#10;RjSNU0EEEjdoQTlv4m0c4Z8odtvw9rgnetzZ0cw3xXayhp1oDL13EuYzAYxc61XvOgnfX28PT8BC&#10;RKfQeEcSfinAtry9KTBX/ux2dNrHjqUQF3KUoGMccs5Dq8limPmBXPod/GgxpnPsuBrxnMKt4Y9C&#10;ZNxi71KDxoEqTe3P/mglvNaoPw4v7yKrKyOaalnvPpMu7++m5w2wSFP8N8MFP6FDmZgaf3QqMCNh&#10;JZZpS5SwyBbAkmGdiTmw5iKsgJcFv15Q/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDf&#10;5oZHFAIAAFsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCWf0jM3QAAAAkBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" path="m,l2896164,e" filled="f" strokeweight=".16978mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3631F3" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1842" w:right="2308"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Print</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or</w:t>
@@ -12449,212 +12464,215 @@
         <w:t>Type</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D9253D">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="940" w:right="1100" w:bottom="980" w:left="1320" w:header="0" w:footer="753" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D60223C" w14:textId="77777777" w:rsidR="005F50C8" w:rsidRDefault="005F50C8">
+    <w:p w14:paraId="07F788DE" w14:textId="77777777" w:rsidR="00AB085B" w:rsidRDefault="00AB085B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47A16B3D" w14:textId="77777777" w:rsidR="005F50C8" w:rsidRDefault="005F50C8">
+    <w:p w14:paraId="474AD24E" w14:textId="77777777" w:rsidR="00AB085B" w:rsidRDefault="00AB085B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7714FCAA" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487252480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D44C93F" wp14:editId="02E97A10">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487252480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D44C93F" wp14:editId="7CD348DD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>900239</wp:posOffset>
+                <wp:posOffset>647700</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>9419166</wp:posOffset>
+                <wp:posOffset>9534525</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="979169" cy="194310"/>
+              <wp:extent cx="1771650" cy="194310"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Textbox 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="979169" cy="194310"/>
+                        <a:ext cx="1771650" cy="194310"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="60C033CC" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
+                        <w:p w14:paraId="60C033CC" w14:textId="2989D163" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
                           <w:pPr>
                             <w:pStyle w:val="BodyText"/>
                             <w:spacing w:before="10"/>
                             <w:ind w:left="20"/>
                           </w:pPr>
                           <w:r>
                             <w:t>Revised</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-6"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="005B3018">
                             <w:rPr>
-                              <w:spacing w:val="-2"/>
+                              <w:spacing w:val="-6"/>
                             </w:rPr>
-                            <w:t>3/2023</w:t>
+                            <w:t>12/2025</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6D44C93F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textbox 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:70.9pt;margin-top:741.65pt;width:77.1pt;height:15.3pt;z-index:-16064000;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDinx5tlAEAABoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSP1HyzfG2dbVMgqmwpagZAq&#10;QCp8gOO1syvWHjPjZDd/z9jdJAhuiMt4bI/fvPfG6/vJD+JgkXoIjawWSylsMND2YdfI798+XL+V&#10;gpIOrR4g2EYeLcn7zdWr9RhrewMdDK1FwSCB6jE2sksp1kqR6azXtIBoA186QK8Tb3GnWtQjo/tB&#10;3SyXd2oEbCOCsUR8+vhyKTcF3zlr0hfnyCYxNJK5pRKxxG2OarPW9Q517Hoz09D/wMLrPnDTM9Sj&#10;Tlrssf8LyvcGgcClhQGvwLne2KKB1VTLP9Q8dzraooXNoXi2if4frPl8eI5fUaTpPUw8wCKC4hOY&#10;H8TeqDFSPddkT6kmrs5CJ4c+ryxB8EP29nj2005JGD5cvVlVdyspDF9Vq9e3VfFbXR5HpPTRghc5&#10;aSTyuAoBfXiilNvr+lQyc3lpn4mkaTtxSU630B5Zw8hjbCT93Gu0UgyfAvuUZ35K8JRsTwmm4QHK&#10;z8hSArzbJ3B96XzBnTvzAAqh+bPkCf++L1WXL735BQAA//8DAFBLAwQUAAYACAAAACEAIBgnN+EA&#10;AAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaNOGoiaEKeqEJyQEGk4cHRi&#10;N7Ear0PstuHv2Z7KbWd3NPum2M52YGc9eeNQQLyKgGlsnTLYCfiq3x42wHyQqOTgUAv41R625eKu&#10;kLlyF6z0eR86RiHocymgD2HMOfdtr630KzdqpNvBTVYGklPH1SQvFG4Hvo6ilFtpkD70ctQvvW6P&#10;+5MVsPvG6tX8fDSf1aEydZ1F+J4ehbhfzrtnYEHP4WaGKz6hQ0lMjTuh8mwg/RgTergOmyQBRpZ1&#10;llK9hlZPcZIBLwv+v0X5BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOKfHm2UAQAAGgMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACAYJzfhAAAA&#10;DQEAAA8AAAAAAAAAAAAAAAAA7gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Textbox 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:51pt;margin-top:750.75pt;width:139.5pt;height:15.3pt;z-index:-16064000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhflIxlAEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUlFv0zAQfkfiP1h+p24GbCNqOgETCGli&#10;kwY/wHXsJlrsM3duk/57zl7aInhDe7mcc+fvvu87r24mP4i9ReohNLJaLKWwwUDbh20jf/748uZa&#10;Cko6tHqAYBt5sCRv1q9frcZY2wvoYGgtCgYJVI+xkV1KsVaKTGe9pgVEG7joAL1OfMStalGPjO4H&#10;dbFcXqoRsI0IxhLx39vnolwXfOesSffOkU1iaCRzSyViiZsc1Xql6y3q2PVmpqH/g4XXfeChJ6hb&#10;nbTYYf8PlO8NAoFLCwNegXO9sUUDq6mWf6l57HS0RQubQ/FkE70crPm+f4wPKNL0CSZeYBFB8Q7M&#10;E7E3aoxUzz3ZU6qJu7PQyaHPX5Yg+CJ7ezj5aackTEa7uqou33PJcK368O5tVQxX59sRKX214EVO&#10;Gom8r8JA7+8o5fm6PrbMZJ7nZyZp2kzcktMNtAcWMfIeG0m/dhqtFMO3wEblpR8TPCabY4Jp+Azl&#10;aWQtAT7uEri+TD7jzpN5A4XQ/Fryiv88l67zm17/BgAA//8DAFBLAwQUAAYACAAAACEAzQesYN8A&#10;AAANAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxo3ZStSohTlUhOCEh0nDg6CTb&#10;xGq8DrHbhr9ne4LbzkOzM/l2doM44xSsJw3JQoFAanxrqdPwWb0+bECEaKg1gyfU8IMBtsXtTW6y&#10;1l+oxPM+doJDKGRGQx/jmEkZmh6dCQs/IrF28JMzkeHUyXYyFw53g0yVWktnLPGH3oz43GNz3J+c&#10;ht0XlS/2+73+KA+lrapHRW/ro9b3d/PuCUTEOf6Z4Vqfq0PBnWp/ojaIgbFKeUvkY6WSFQi2LDcJ&#10;U/WVWqYJyCKX/1cUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAhflIxlAEAABsDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDNB6xg3wAAAA0B&#10;AAAPAAAAAAAAAAAAAAAAAO4DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA+gQAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="60C033CC" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
+                  <w:p w14:paraId="60C033CC" w14:textId="2989D163" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:before="10"/>
                       <w:ind w:left="20"/>
                     </w:pPr>
                     <w:r>
                       <w:t>Revised</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-6"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="005B3018">
                       <w:rPr>
-                        <w:spacing w:val="-2"/>
+                        <w:spacing w:val="-6"/>
                       </w:rPr>
-                      <w:t>3/2023</w:t>
+                      <w:t>12/2025</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487252992" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51FC7B2C" wp14:editId="5E0E2C23">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3791699</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9419166</wp:posOffset>
               </wp:positionV>
@@ -12763,70 +12781,89 @@
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:t>10</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A3EF077" w14:textId="77777777" w:rsidR="005F50C8" w:rsidRDefault="005F50C8">
+    <w:p w14:paraId="43AC2BDB" w14:textId="77777777" w:rsidR="00AB085B" w:rsidRDefault="00AB085B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7910E172" w14:textId="77777777" w:rsidR="005F50C8" w:rsidRDefault="005F50C8">
+    <w:p w14:paraId="12DCF56E" w14:textId="77777777" w:rsidR="00AB085B" w:rsidRDefault="00AB085B">
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="23530373" w14:textId="4EDB8211" w:rsidR="00381B8C" w:rsidRDefault="00381B8C">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001869E5" w:rsidRPr="001869E5">
+        <w:t>Used for aggregate data tracking and to ensure compliance with Colo. Const. Art. VI., §23(1), which requires a judge or justice to retire upon attaining the age of 72.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02E4031E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A26EE70C"/>
     <w:lvl w:ilvl="0" w:tplc="3528CC3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="839" w:hanging="663"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="-1"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -13185,108 +13222,124 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8206" w:hanging="214"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="771239553">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1238518360">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1809129266">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D9253D"/>
+    <w:rsid w:val="001869E5"/>
+    <w:rsid w:val="00381B8C"/>
+    <w:rsid w:val="00503791"/>
+    <w:rsid w:val="005B3018"/>
     <w:rsid w:val="005F50C8"/>
+    <w:rsid w:val="00674699"/>
+    <w:rsid w:val="00AB085B"/>
+    <w:rsid w:val="00B64C7F"/>
+    <w:rsid w:val="00BE0F1D"/>
+    <w:rsid w:val="00C405F0"/>
     <w:rsid w:val="00D9253D"/>
     <w:rsid w:val="00DF3F25"/>
+    <w:rsid w:val="00DF47C6"/>
+    <w:rsid w:val="00FE66CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="01DB6A87"/>
   <w15:docId w15:val="{EC697512-68F1-4101-93C5-AAC01470EF0B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13752,55 +13805,140 @@
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005F50C8"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005F50C8"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00381B8C"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00381B8C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00381B8C"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005B3018"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005B3018"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005B3018"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005B3018"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/pages/responsepage.aspx?id=_A6cO2uhUU2AiG4p3PKgdxwGeZsCj7xMoEd1QRTNlulUM0JJRFk0OThQTEg1NjdBV0IyREhBWk5aQi4u" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/pages/responsepage.aspx?id=_A6cO2uhUU2AiG4p3PKgdxwGeZsCj7xMoEd1QRTNlulUM0JJRFk0OThQTEg1NjdBV0IyREhBWk5aQi4u" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -14059,50 +14197,67 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="7c52968b-b389-49de-ba5b-d097b683408a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100050BAD97AF213D489E3F2566800A6166" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e420aa538d5168e7c6c2f5459b93b806">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="7c52968b-b389-49de-ba5b-d097b683408a" xmlns:ns4="c1dea5e8-b6ca-4bc5-851c-88fce0d901e4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="59849529ba9fdcb3f9f3698559834477" ns3:_="" ns4:_="">
     <xsd:import namespace="7c52968b-b389-49de-ba5b-d097b683408a"/>
     <xsd:import namespace="c1dea5e8-b6ca-4bc5-851c-88fce0d901e4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
@@ -14291,130 +14446,122 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB54B8E7-8A22-4975-93A5-5E1D1048C80A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7c52968b-b389-49de-ba5b-d097b683408a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{596B3158-F86B-4F3E-AE4F-C92E2287EF38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4270BA68-085E-4AA6-9A00-51916F97D732}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7c52968b-b389-49de-ba5b-d097b683408a"/>
     <ds:schemaRef ds:uri="c1dea5e8-b6ca-4bc5-851c-88fce0d901e4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>1616</Words>
-  <Characters>9214</Characters>
+  <Words>1617</Words>
+  <Characters>9220</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>76</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Judicial Application</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10809</CharactersWithSpaces>
+  <CharactersWithSpaces>10816</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Judicial Application</dc:title>
+  <dc:creator>morrison, terri</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2024-03-04T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2024-07-03T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
     <vt:lpwstr>0x010100050BAD97AF213D489E3F2566800A6166</vt:lpwstr>
   </property>
 </Properties>
 </file>