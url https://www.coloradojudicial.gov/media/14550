--- v1 (2026-01-06)
+++ v2 (2026-02-24)
@@ -6728,51 +6728,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>function?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3057BEDD" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3141E4F3" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="00D9253D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47F90EC0" w14:textId="77777777" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
+    <w:p w14:paraId="47F90EC0" w14:textId="0D8200A7" w:rsidR="00D9253D" w:rsidRDefault="005F50C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="839"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="235" w:lineRule="auto"/>
         <w:ind w:left="839" w:right="339" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-16"/>
           <w:sz w:val="24"/>
@@ -6826,51 +6826,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-17"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>requi8-12red</w:t>
+        <w:t>required</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -13252,58 +13252,60 @@
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D9253D"/>
     <w:rsid w:val="001869E5"/>
+    <w:rsid w:val="002F3BBD"/>
     <w:rsid w:val="00381B8C"/>
     <w:rsid w:val="00503791"/>
     <w:rsid w:val="005B3018"/>
     <w:rsid w:val="005F50C8"/>
     <w:rsid w:val="00674699"/>
     <w:rsid w:val="00AB085B"/>
     <w:rsid w:val="00B64C7F"/>
     <w:rsid w:val="00BE0F1D"/>
+    <w:rsid w:val="00C04E35"/>
     <w:rsid w:val="00C405F0"/>
     <w:rsid w:val="00D9253D"/>
     <w:rsid w:val="00DF3F25"/>
     <w:rsid w:val="00DF47C6"/>
     <w:rsid w:val="00FE66CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -14197,67 +14199,50 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100050BAD97AF213D489E3F2566800A6166" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e420aa538d5168e7c6c2f5459b93b806">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="7c52968b-b389-49de-ba5b-d097b683408a" xmlns:ns4="c1dea5e8-b6ca-4bc5-851c-88fce0d901e4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="59849529ba9fdcb3f9f3698559834477" ns3:_="" ns4:_="">
     <xsd:import namespace="7c52968b-b389-49de-ba5b-d097b683408a"/>
     <xsd:import namespace="c1dea5e8-b6ca-4bc5-851c-88fce0d901e4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
@@ -14446,117 +14431,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="7c52968b-b389-49de-ba5b-d097b683408a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4270BA68-085E-4AA6-9A00-51916F97D732}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7c52968b-b389-49de-ba5b-d097b683408a"/>
     <ds:schemaRef ds:uri="c1dea5e8-b6ca-4bc5-851c-88fce0d901e4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{596B3158-F86B-4F3E-AE4F-C92E2287EF38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB54B8E7-8A22-4975-93A5-5E1D1048C80A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7c52968b-b389-49de-ba5b-d097b683408a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>1617</Words>
-  <Characters>9220</Characters>
+  <Words>1616</Words>
+  <Characters>9217</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>76</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Judicial Application</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10816</CharactersWithSpaces>
+  <CharactersWithSpaces>10812</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Judicial Application</dc:title>
   <dc:creator>morrison, terri</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2024-03-04T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2024-07-03T00:00:00Z</vt:filetime>
   </property>